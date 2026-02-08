--- v0 (2025-12-19)
+++ v1 (2026-02-08)
@@ -15,201 +15,196 @@
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\My Drive\Rulebook\TAS TAM BTIC\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{56CE50DB-7DD5-49C1-B788-735EE2E22D14}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E476F674-8F43-478C-A544-244E981075AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="0" windowWidth="29010" windowHeight="23385" tabRatio="737" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28680" yWindow="165" windowWidth="24825" windowHeight="15315" tabRatio="737" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cryptocurrency TAS" sheetId="13" r:id="rId1"/>
     <sheet name="Energy TAS" sheetId="4" r:id="rId2"/>
     <sheet name=" Grain and Oilseed TAS" sheetId="5" r:id="rId3"/>
     <sheet name="Livestock TAS" sheetId="6" r:id="rId4"/>
     <sheet name="Metals TAS" sheetId="10" r:id="rId5"/>
     <sheet name="Treasury TAS" sheetId="12" r:id="rId6"/>
     <sheet name="Energy TAM" sheetId="7" r:id="rId7"/>
     <sheet name="Metals TAM" sheetId="9" r:id="rId8"/>
     <sheet name="Cryptocurrency BTIC" sheetId="15" r:id="rId9"/>
     <sheet name="FX BTIC" sheetId="14" r:id="rId10"/>
     <sheet name="Equity BTIC" sheetId="8" r:id="rId11"/>
     <sheet name="Interest Rate BTIC" sheetId="16" r:id="rId12"/>
     <sheet name="Equity TACO" sheetId="11" r:id="rId13"/>
     <sheet name="Equity TMAC" sheetId="17" r:id="rId14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">' Grain and Oilseed TAS'!$A$1:$O$142</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Livestock TAS'!$A$1:$O$46</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5941" uniqueCount="567">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5927" uniqueCount="565">
   <si>
     <t>Trading at Settlement (TAS) Outright and Calendar Spread Availability - CME Cryptocurrency Futures</t>
   </si>
   <si>
     <t>JAN</t>
   </si>
   <si>
     <t>FEB</t>
   </si>
   <si>
     <t>MAR</t>
   </si>
   <si>
     <t>APR</t>
   </si>
   <si>
     <t>MAY</t>
   </si>
   <si>
     <t>JUN</t>
   </si>
   <si>
     <t>JUL</t>
   </si>
   <si>
     <t>AUG</t>
   </si>
   <si>
     <t>SEP</t>
   </si>
   <si>
     <t>OCT</t>
   </si>
   <si>
     <t>NOV</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
-    <t>Micro Bitcoin (TBM)</t>
-[...1 lines deleted...]
-  <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Dec</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bitcoin (TBT)</t>
   </si>
   <si>
     <t>Jan-Feb</t>
   </si>
   <si>
     <t>Feb-Mar</t>
   </si>
   <si>
     <t>Mar-Apr</t>
   </si>
   <si>
     <t>Apr-May</t>
   </si>
   <si>
     <t>May-Jun</t>
   </si>
   <si>
     <t>Jun-Jul</t>
   </si>
   <si>
     <t>Jul-Aug</t>
   </si>
   <si>
     <t>Aug-Sep</t>
   </si>
@@ -2134,62 +2129,64 @@
         <i/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">italic </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>indicates contract months.</t>
     </r>
   </si>
   <si>
     <t>The column headings represent the first day of the month.  The cells display the TAS eligible contract months and spreads as of the first day of the month.</t>
   </si>
   <si>
     <t xml:space="preserve">TMAC eligibility terminates on the business day prior to the underlying futures' last trade date. A new month becomes TMAC eligible on the last day of trading of the preceding contract month. </t>
   </si>
   <si>
-    <t>Micro XRP (TMX)</t>
-[...4 lines deleted...]
-  <si>
     <t>Micro Ether (TEM)
 Ether (TET)</t>
   </si>
   <si>
     <t>Micro SOL (TMS)
 SOL (TSL)</t>
+  </si>
+  <si>
+    <t>Micro Bitcoin (TBM)
+Bitcoin (TBT)</t>
+  </si>
+  <si>
+    <t>Micro XRP (TMX)
+XRP (TXP)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="35" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2452,51 +2449,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD8D8D8"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD8D8D8"/>
         <bgColor rgb="FFD8D8D8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="96">
+  <borders count="97">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
@@ -3220,82 +3217,56 @@
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
-        <color rgb="FF000000"/>
-[...9 lines deleted...]
-      <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...13 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
@@ -3699,56 +3670,93 @@
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="532">
+  <cellXfs count="536">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -4207,56 +4215,50 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="4" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -4309,139 +4311,134 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -4517,350 +4514,350 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="10" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="10" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="10" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="30" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="11" fillId="6" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="8" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="8" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="7" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="8" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="8" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="8" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="8" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="7" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="7" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="6" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="6" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="11" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="29" fillId="6" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="6" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="6" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="11" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="6" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="11" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="6" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="8" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="6" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="8" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="11" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="6" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="28" fillId="6" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="28" fillId="6" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="30" fillId="6" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="15" fillId="6" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="11" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="6" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="11" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="6" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="10" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="10" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="10" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
@@ -4937,66 +4934,140 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="32" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="34" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -5010,119 +5081,72 @@
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
-[...45 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{3E114BD0-96ED-4D17-83D5-D3A52240E481}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
@@ -6238,50 +6262,54 @@
           <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
             <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
@@ -6581,25149 +6609,25136 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{52AB3F65-051E-4370-899C-79D4BFFDB33C}">
-  <dimension ref="A1:Z38"/>
+  <dimension ref="A1:Z37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="T14" sqref="T14"/>
+      <selection activeCell="E23" sqref="E23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="32.28515625" customWidth="1"/>
-    <col min="2" max="13" width="9.7109375" customWidth="1"/>
+    <col min="1" max="1" width="32.26953125" customWidth="1"/>
+    <col min="2" max="13" width="9.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
     </row>
-    <row r="2" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
     </row>
-    <row r="4" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
-      <c r="O4" s="290"/>
-[...21 lines deleted...]
-      <c r="A6" s="290"/>
+      <c r="O4" s="283"/>
+      <c r="P4" s="283"/>
+    </row>
+    <row r="5" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="283"/>
+      <c r="B5" s="283"/>
+      <c r="C5" s="283"/>
+      <c r="D5" s="283"/>
+      <c r="E5" s="283"/>
+      <c r="F5" s="283"/>
+      <c r="G5" s="283"/>
+      <c r="H5" s="283"/>
+      <c r="I5" s="283"/>
+      <c r="J5" s="283"/>
+      <c r="K5" s="283"/>
+      <c r="L5" s="283"/>
+      <c r="M5" s="283"/>
+      <c r="N5" s="283"/>
+      <c r="O5" s="283"/>
+      <c r="P5" s="283"/>
+    </row>
+    <row r="6" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="283"/>
       <c r="B6" s="207" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="208" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="208" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="208" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="208" t="s">
         <v>5</v>
       </c>
       <c r="G6" s="208" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="208" t="s">
         <v>7</v>
       </c>
       <c r="I6" s="208" t="s">
         <v>8</v>
       </c>
       <c r="J6" s="208" t="s">
         <v>9</v>
       </c>
       <c r="K6" s="208" t="s">
         <v>10</v>
       </c>
       <c r="L6" s="208" t="s">
         <v>11</v>
       </c>
       <c r="M6" s="209" t="s">
         <v>12</v>
       </c>
-      <c r="N6" s="290"/>
-[...4 lines deleted...]
-      <c r="A7" s="255" t="s">
+      <c r="N6" s="283"/>
+      <c r="O6" s="283"/>
+      <c r="P6" s="283"/>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A7" s="508" t="s">
+        <v>563</v>
+      </c>
+      <c r="B7" s="153" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="210" t="s">
+      <c r="C7" s="76" t="s">
         <v>14</v>
       </c>
-      <c r="C7" s="210" t="s">
+      <c r="D7" s="76" t="s">
         <v>15</v>
       </c>
-      <c r="D7" s="210" t="s">
+      <c r="E7" s="76" t="s">
         <v>16</v>
       </c>
-      <c r="E7" s="210" t="s">
+      <c r="F7" s="76" t="s">
         <v>17</v>
       </c>
-      <c r="F7" s="210" t="s">
+      <c r="G7" s="76" t="s">
         <v>18</v>
       </c>
-      <c r="G7" s="210" t="s">
+      <c r="H7" s="76" t="s">
         <v>19</v>
       </c>
-      <c r="H7" s="210" t="s">
+      <c r="I7" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="I7" s="210" t="s">
+      <c r="J7" s="76" t="s">
         <v>21</v>
       </c>
-      <c r="J7" s="210" t="s">
+      <c r="K7" s="76" t="s">
         <v>22</v>
       </c>
-      <c r="K7" s="210" t="s">
+      <c r="L7" s="76" t="s">
         <v>23</v>
       </c>
-      <c r="L7" s="210" t="s">
+      <c r="M7" s="154" t="s">
         <v>24</v>
       </c>
-      <c r="M7" s="211" t="s">
-[...10 lines deleted...]
-      <c r="B8" s="173" t="s">
+      <c r="N7" s="283"/>
+      <c r="O7" s="283"/>
+      <c r="P7" s="283"/>
+    </row>
+    <row r="8" spans="1:16" s="494" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="506"/>
+      <c r="B8" s="490" t="s">
         <v>14</v>
       </c>
-      <c r="C8" s="174" t="s">
+      <c r="C8" s="491" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="174" t="s">
+      <c r="D8" s="491" t="s">
         <v>16</v>
       </c>
-      <c r="E8" s="174" t="s">
+      <c r="E8" s="491" t="s">
         <v>17</v>
       </c>
-      <c r="F8" s="174" t="s">
+      <c r="F8" s="491" t="s">
         <v>18</v>
       </c>
-      <c r="G8" s="174" t="s">
+      <c r="G8" s="491" t="s">
         <v>19</v>
       </c>
-      <c r="H8" s="174" t="s">
+      <c r="H8" s="491" t="s">
         <v>20</v>
       </c>
-      <c r="I8" s="174" t="s">
+      <c r="I8" s="491" t="s">
         <v>21</v>
       </c>
-      <c r="J8" s="174" t="s">
+      <c r="J8" s="491" t="s">
         <v>22</v>
       </c>
-      <c r="K8" s="174" t="s">
+      <c r="K8" s="491" t="s">
         <v>23</v>
       </c>
-      <c r="L8" s="174" t="s">
+      <c r="L8" s="491" t="s">
         <v>24</v>
       </c>
-      <c r="M8" s="175" t="s">
-[...7 lines deleted...]
-      <c r="A9" s="489"/>
+      <c r="M8" s="492" t="s">
+        <v>13</v>
+      </c>
+      <c r="N8" s="493"/>
+      <c r="O8" s="493"/>
+      <c r="P8" s="493"/>
+    </row>
+    <row r="9" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A9" s="506"/>
       <c r="B9" s="107" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="80" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="80" t="s">
         <v>17</v>
       </c>
       <c r="E9" s="80" t="s">
         <v>18</v>
       </c>
       <c r="F9" s="80" t="s">
         <v>19</v>
       </c>
       <c r="G9" s="80" t="s">
         <v>20</v>
       </c>
       <c r="H9" s="80" t="s">
         <v>21</v>
       </c>
       <c r="I9" s="80" t="s">
         <v>22</v>
       </c>
       <c r="J9" s="80" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="80" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="80" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="M9" s="96" t="s">
         <v>14</v>
       </c>
-      <c r="N9" s="291"/>
-[...5 lines deleted...]
-      <c r="B10" s="106" t="s">
+      <c r="N9" s="283"/>
+      <c r="O9" s="283"/>
+      <c r="P9" s="283"/>
+    </row>
+    <row r="10" spans="1:16" s="494" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="506"/>
+      <c r="B10" s="490" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" s="491" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" s="491" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" s="491" t="s">
+        <v>28</v>
+      </c>
+      <c r="F10" s="491" t="s">
+        <v>29</v>
+      </c>
+      <c r="G10" s="491" t="s">
+        <v>30</v>
+      </c>
+      <c r="H10" s="491" t="s">
+        <v>31</v>
+      </c>
+      <c r="I10" s="491" t="s">
+        <v>32</v>
+      </c>
+      <c r="J10" s="491" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" s="491" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" s="491" t="s">
+        <v>35</v>
+      </c>
+      <c r="M10" s="492" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" s="493"/>
+      <c r="O10" s="493"/>
+      <c r="P10" s="493"/>
+    </row>
+    <row r="11" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A11" s="506"/>
+      <c r="B11" s="107" t="s">
+        <v>37</v>
+      </c>
+      <c r="C11" s="80" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" s="80" t="s">
+        <v>39</v>
+      </c>
+      <c r="E11" s="80" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" s="80" t="s">
+        <v>41</v>
+      </c>
+      <c r="G11" s="80" t="s">
+        <v>42</v>
+      </c>
+      <c r="H11" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="I11" s="80" t="s">
+        <v>44</v>
+      </c>
+      <c r="J11" s="80" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" s="80" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11" s="80" t="s">
+        <v>47</v>
+      </c>
+      <c r="M11" s="96" t="s">
+        <v>48</v>
+      </c>
+      <c r="N11" s="283"/>
+      <c r="O11" s="283"/>
+      <c r="P11" s="283"/>
+    </row>
+    <row r="12" spans="1:16" s="494" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="507"/>
+      <c r="B12" s="495" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12" s="496" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" s="496" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" s="496" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" s="496" t="s">
+        <v>30</v>
+      </c>
+      <c r="G12" s="496" t="s">
+        <v>31</v>
+      </c>
+      <c r="H12" s="496" t="s">
+        <v>32</v>
+      </c>
+      <c r="I12" s="496" t="s">
+        <v>33</v>
+      </c>
+      <c r="J12" s="496" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" s="496" t="s">
+        <v>35</v>
+      </c>
+      <c r="L12" s="496" t="s">
+        <v>36</v>
+      </c>
+      <c r="M12" s="497" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" s="493"/>
+      <c r="O12" s="493"/>
+      <c r="P12" s="493"/>
+    </row>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A13" s="505" t="s">
+        <v>561</v>
+      </c>
+      <c r="B13" s="120" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="121" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" s="121" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="121" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="79" t="s">
+      <c r="F13" s="121" t="s">
         <v>17</v>
       </c>
-      <c r="D10" s="79" t="s">
+      <c r="G13" s="121" t="s">
         <v>18</v>
       </c>
-      <c r="E10" s="79" t="s">
+      <c r="H13" s="121" t="s">
         <v>19</v>
       </c>
-      <c r="F10" s="79" t="s">
+      <c r="I13" s="121" t="s">
         <v>20</v>
       </c>
-      <c r="G10" s="79" t="s">
+      <c r="J13" s="121" t="s">
         <v>21</v>
       </c>
-      <c r="H10" s="79" t="s">
+      <c r="K13" s="121" t="s">
         <v>22</v>
       </c>
-      <c r="I10" s="79" t="s">
+      <c r="L13" s="121" t="s">
         <v>23</v>
       </c>
-      <c r="J10" s="79" t="s">
+      <c r="M13" s="143" t="s">
         <v>24</v>
       </c>
-      <c r="K10" s="79" t="s">
-[...2 lines deleted...]
-      <c r="L10" s="79" t="s">
+      <c r="N13" s="283"/>
+      <c r="O13" s="283"/>
+      <c r="P13" s="283"/>
+    </row>
+    <row r="14" spans="1:16" s="494" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="506"/>
+      <c r="B14" s="490" t="s">
         <v>14</v>
       </c>
-      <c r="M10" s="95" t="s">
+      <c r="C14" s="491" t="s">
         <v>15</v>
       </c>
-      <c r="N10" s="290"/>
-[...139 lines deleted...]
-      <c r="D14" s="174" t="s">
+      <c r="D14" s="491" t="s">
         <v>16</v>
       </c>
-      <c r="E14" s="174" t="s">
+      <c r="E14" s="491" t="s">
         <v>17</v>
       </c>
-      <c r="F14" s="174" t="s">
+      <c r="F14" s="491" t="s">
         <v>18</v>
       </c>
-      <c r="G14" s="174" t="s">
+      <c r="G14" s="491" t="s">
         <v>19</v>
       </c>
-      <c r="H14" s="174" t="s">
+      <c r="H14" s="491" t="s">
         <v>20</v>
       </c>
-      <c r="I14" s="174" t="s">
+      <c r="I14" s="491" t="s">
         <v>21</v>
       </c>
-      <c r="J14" s="174" t="s">
+      <c r="J14" s="491" t="s">
         <v>22</v>
       </c>
-      <c r="K14" s="174" t="s">
+      <c r="K14" s="491" t="s">
         <v>23</v>
       </c>
-      <c r="L14" s="174" t="s">
+      <c r="L14" s="491" t="s">
         <v>24</v>
       </c>
-      <c r="M14" s="175" t="s">
-[...7 lines deleted...]
-      <c r="A15" s="489"/>
+      <c r="M14" s="492" t="s">
+        <v>13</v>
+      </c>
+      <c r="N14" s="493"/>
+      <c r="O14" s="493"/>
+      <c r="P14" s="493"/>
+    </row>
+    <row r="15" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A15" s="506"/>
       <c r="B15" s="107" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="80" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="80" t="s">
         <v>17</v>
       </c>
       <c r="E15" s="80" t="s">
         <v>18</v>
       </c>
       <c r="F15" s="80" t="s">
         <v>19</v>
       </c>
       <c r="G15" s="80" t="s">
         <v>20</v>
       </c>
       <c r="H15" s="80" t="s">
         <v>21</v>
       </c>
       <c r="I15" s="80" t="s">
         <v>22</v>
       </c>
       <c r="J15" s="80" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="80" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="80" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="M15" s="96" t="s">
         <v>14</v>
       </c>
-      <c r="N15" s="290"/>
-[...5 lines deleted...]
-      <c r="B16" s="106" t="s">
+      <c r="N15" s="283"/>
+      <c r="O15" s="283"/>
+      <c r="P15" s="283"/>
+    </row>
+    <row r="16" spans="1:16" s="494" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="506"/>
+      <c r="B16" s="490" t="s">
+        <v>25</v>
+      </c>
+      <c r="C16" s="491" t="s">
+        <v>26</v>
+      </c>
+      <c r="D16" s="491" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="491" t="s">
+        <v>28</v>
+      </c>
+      <c r="F16" s="491" t="s">
+        <v>29</v>
+      </c>
+      <c r="G16" s="491" t="s">
+        <v>30</v>
+      </c>
+      <c r="H16" s="491" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="491" t="s">
+        <v>32</v>
+      </c>
+      <c r="J16" s="491" t="s">
+        <v>33</v>
+      </c>
+      <c r="K16" s="491" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" s="491" t="s">
+        <v>35</v>
+      </c>
+      <c r="M16" s="492" t="s">
+        <v>36</v>
+      </c>
+      <c r="N16" s="493"/>
+      <c r="O16" s="493"/>
+      <c r="P16" s="493"/>
+    </row>
+    <row r="17" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A17" s="506"/>
+      <c r="B17" s="107" t="s">
+        <v>37</v>
+      </c>
+      <c r="C17" s="80" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" s="80" t="s">
+        <v>39</v>
+      </c>
+      <c r="E17" s="80" t="s">
+        <v>40</v>
+      </c>
+      <c r="F17" s="80" t="s">
+        <v>41</v>
+      </c>
+      <c r="G17" s="80" t="s">
+        <v>42</v>
+      </c>
+      <c r="H17" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="I17" s="80" t="s">
+        <v>44</v>
+      </c>
+      <c r="J17" s="80" t="s">
+        <v>45</v>
+      </c>
+      <c r="K17" s="80" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17" s="80" t="s">
+        <v>47</v>
+      </c>
+      <c r="M17" s="96" t="s">
+        <v>48</v>
+      </c>
+      <c r="N17" s="283"/>
+      <c r="O17" s="283"/>
+      <c r="P17" s="283"/>
+    </row>
+    <row r="18" spans="1:26" s="494" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A18" s="507"/>
+      <c r="B18" s="495" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18" s="496" t="s">
+        <v>27</v>
+      </c>
+      <c r="D18" s="496" t="s">
+        <v>28</v>
+      </c>
+      <c r="E18" s="496" t="s">
+        <v>29</v>
+      </c>
+      <c r="F18" s="496" t="s">
+        <v>30</v>
+      </c>
+      <c r="G18" s="496" t="s">
+        <v>31</v>
+      </c>
+      <c r="H18" s="496" t="s">
+        <v>32</v>
+      </c>
+      <c r="I18" s="496" t="s">
+        <v>33</v>
+      </c>
+      <c r="J18" s="496" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" s="496" t="s">
+        <v>35</v>
+      </c>
+      <c r="L18" s="496" t="s">
+        <v>36</v>
+      </c>
+      <c r="M18" s="497" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" s="493"/>
+      <c r="O18" s="493"/>
+      <c r="P18" s="493"/>
+    </row>
+    <row r="19" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A19" s="511" t="s">
+        <v>564</v>
+      </c>
+      <c r="B19" s="120" t="s">
+        <v>13</v>
+      </c>
+      <c r="C19" s="121" t="s">
+        <v>14</v>
+      </c>
+      <c r="D19" s="121" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="121" t="s">
         <v>16</v>
       </c>
-      <c r="C16" s="79" t="s">
+      <c r="F19" s="121" t="s">
         <v>17</v>
       </c>
-      <c r="D16" s="79" t="s">
+      <c r="G19" s="121" t="s">
         <v>18</v>
       </c>
-      <c r="E16" s="79" t="s">
+      <c r="H19" s="121" t="s">
         <v>19</v>
       </c>
-      <c r="F16" s="79" t="s">
+      <c r="I19" s="121" t="s">
         <v>20</v>
       </c>
-      <c r="G16" s="79" t="s">
+      <c r="J19" s="121" t="s">
         <v>21</v>
       </c>
-      <c r="H16" s="79" t="s">
+      <c r="K19" s="121" t="s">
         <v>22</v>
       </c>
-      <c r="I16" s="79" t="s">
+      <c r="L19" s="121" t="s">
         <v>23</v>
       </c>
-      <c r="J16" s="79" t="s">
+      <c r="M19" s="143" t="s">
         <v>24</v>
       </c>
-      <c r="K16" s="79" t="s">
-[...2 lines deleted...]
-      <c r="L16" s="79" t="s">
+      <c r="N19" s="283"/>
+      <c r="O19" s="283"/>
+      <c r="P19" s="283"/>
+    </row>
+    <row r="20" spans="1:26" s="494" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="512"/>
+      <c r="B20" s="490" t="s">
         <v>14</v>
       </c>
-      <c r="M16" s="95" t="s">
+      <c r="C20" s="491" t="s">
         <v>15</v>
       </c>
-      <c r="N16" s="290"/>
-[...137 lines deleted...]
-      <c r="D20" s="174" t="s">
+      <c r="D20" s="491" t="s">
         <v>16</v>
       </c>
-      <c r="E20" s="174" t="s">
+      <c r="E20" s="491" t="s">
         <v>17</v>
       </c>
-      <c r="F20" s="174" t="s">
+      <c r="F20" s="491" t="s">
         <v>18</v>
       </c>
-      <c r="G20" s="174" t="s">
+      <c r="G20" s="491" t="s">
         <v>19</v>
       </c>
-      <c r="H20" s="174" t="s">
+      <c r="H20" s="491" t="s">
         <v>20</v>
       </c>
-      <c r="I20" s="174" t="s">
+      <c r="I20" s="491" t="s">
         <v>21</v>
       </c>
-      <c r="J20" s="174" t="s">
+      <c r="J20" s="491" t="s">
         <v>22</v>
       </c>
-      <c r="K20" s="174" t="s">
+      <c r="K20" s="491" t="s">
         <v>23</v>
       </c>
-      <c r="L20" s="174" t="s">
+      <c r="L20" s="491" t="s">
         <v>24</v>
       </c>
-      <c r="M20" s="175" t="s">
-[...7 lines deleted...]
-      <c r="A21" s="265"/>
+      <c r="M20" s="492" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A21" s="512"/>
       <c r="B21" s="107" t="s">
         <v>15</v>
       </c>
       <c r="C21" s="80" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="80" t="s">
         <v>17</v>
       </c>
       <c r="E21" s="80" t="s">
         <v>18</v>
       </c>
       <c r="F21" s="80" t="s">
         <v>19</v>
       </c>
       <c r="G21" s="80" t="s">
         <v>20</v>
       </c>
       <c r="H21" s="80" t="s">
         <v>21</v>
       </c>
       <c r="I21" s="80" t="s">
         <v>22</v>
       </c>
       <c r="J21" s="80" t="s">
         <v>23</v>
       </c>
       <c r="K21" s="80" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="80" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="M21" s="96" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="22" spans="1:26" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B22" s="106" t="s">
+    <row r="22" spans="1:26" s="494" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="512"/>
+      <c r="B22" s="490" t="s">
+        <v>25</v>
+      </c>
+      <c r="C22" s="491" t="s">
+        <v>26</v>
+      </c>
+      <c r="D22" s="491" t="s">
+        <v>27</v>
+      </c>
+      <c r="E22" s="491" t="s">
+        <v>28</v>
+      </c>
+      <c r="F22" s="491" t="s">
+        <v>29</v>
+      </c>
+      <c r="G22" s="491" t="s">
+        <v>30</v>
+      </c>
+      <c r="H22" s="491" t="s">
+        <v>31</v>
+      </c>
+      <c r="I22" s="491" t="s">
+        <v>32</v>
+      </c>
+      <c r="J22" s="491" t="s">
+        <v>33</v>
+      </c>
+      <c r="K22" s="491" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" s="491" t="s">
+        <v>35</v>
+      </c>
+      <c r="M22" s="492" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A23" s="512"/>
+      <c r="B23" s="107" t="s">
+        <v>37</v>
+      </c>
+      <c r="C23" s="80" t="s">
+        <v>38</v>
+      </c>
+      <c r="D23" s="80" t="s">
+        <v>39</v>
+      </c>
+      <c r="E23" s="80" t="s">
+        <v>40</v>
+      </c>
+      <c r="F23" s="80" t="s">
+        <v>41</v>
+      </c>
+      <c r="G23" s="80" t="s">
+        <v>42</v>
+      </c>
+      <c r="H23" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="I23" s="80" t="s">
+        <v>44</v>
+      </c>
+      <c r="J23" s="80" t="s">
+        <v>45</v>
+      </c>
+      <c r="K23" s="80" t="s">
+        <v>46</v>
+      </c>
+      <c r="L23" s="80" t="s">
+        <v>47</v>
+      </c>
+      <c r="M23" s="96" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" s="494" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A24" s="513"/>
+      <c r="B24" s="495" t="s">
+        <v>26</v>
+      </c>
+      <c r="C24" s="496" t="s">
+        <v>27</v>
+      </c>
+      <c r="D24" s="496" t="s">
+        <v>28</v>
+      </c>
+      <c r="E24" s="496" t="s">
+        <v>29</v>
+      </c>
+      <c r="F24" s="496" t="s">
+        <v>30</v>
+      </c>
+      <c r="G24" s="496" t="s">
+        <v>31</v>
+      </c>
+      <c r="H24" s="496" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="496" t="s">
+        <v>33</v>
+      </c>
+      <c r="J24" s="496" t="s">
+        <v>34</v>
+      </c>
+      <c r="K24" s="496" t="s">
+        <v>35</v>
+      </c>
+      <c r="L24" s="496" t="s">
+        <v>36</v>
+      </c>
+      <c r="M24" s="497" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="505" t="s">
+        <v>562</v>
+      </c>
+      <c r="B25" s="484" t="s">
+        <v>13</v>
+      </c>
+      <c r="C25" s="485" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="485" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="485" t="s">
         <v>16</v>
       </c>
-      <c r="C22" s="79" t="s">
+      <c r="F25" s="485" t="s">
         <v>17</v>
       </c>
-      <c r="D22" s="79" t="s">
+      <c r="G25" s="485" t="s">
         <v>18</v>
       </c>
-      <c r="E22" s="79" t="s">
+      <c r="H25" s="485" t="s">
         <v>19</v>
       </c>
-      <c r="F22" s="79" t="s">
+      <c r="I25" s="485" t="s">
         <v>20</v>
       </c>
-      <c r="G22" s="79" t="s">
+      <c r="J25" s="485" t="s">
         <v>21</v>
       </c>
-      <c r="H22" s="79" t="s">
+      <c r="K25" s="485" t="s">
         <v>22</v>
       </c>
-      <c r="I22" s="79" t="s">
+      <c r="L25" s="485" t="s">
         <v>23</v>
       </c>
-      <c r="J22" s="79" t="s">
+      <c r="M25" s="486" t="s">
         <v>24</v>
       </c>
-      <c r="K22" s="79" t="s">
+      <c r="N25" s="481"/>
+      <c r="O25" s="481"/>
+      <c r="P25" s="481"/>
+    </row>
+    <row r="26" spans="1:26" s="494" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="509"/>
+      <c r="B26" s="498" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="499" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="499" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="499" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" s="499" t="s">
+        <v>18</v>
+      </c>
+      <c r="G26" s="499" t="s">
+        <v>19</v>
+      </c>
+      <c r="H26" s="499" t="s">
+        <v>20</v>
+      </c>
+      <c r="I26" s="499" t="s">
+        <v>21</v>
+      </c>
+      <c r="J26" s="499" t="s">
+        <v>22</v>
+      </c>
+      <c r="K26" s="499" t="s">
+        <v>23</v>
+      </c>
+      <c r="L26" s="499" t="s">
+        <v>24</v>
+      </c>
+      <c r="M26" s="500" t="s">
+        <v>13</v>
+      </c>
+      <c r="N26" s="501"/>
+      <c r="O26" s="501"/>
+      <c r="P26" s="501"/>
+    </row>
+    <row r="27" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="509"/>
+      <c r="B27" s="487" t="s">
+        <v>15</v>
+      </c>
+      <c r="C27" s="488" t="s">
+        <v>16</v>
+      </c>
+      <c r="D27" s="488" t="s">
+        <v>17</v>
+      </c>
+      <c r="E27" s="488" t="s">
+        <v>18</v>
+      </c>
+      <c r="F27" s="488" t="s">
+        <v>19</v>
+      </c>
+      <c r="G27" s="488" t="s">
+        <v>20</v>
+      </c>
+      <c r="H27" s="488" t="s">
+        <v>21</v>
+      </c>
+      <c r="I27" s="488" t="s">
+        <v>22</v>
+      </c>
+      <c r="J27" s="488" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" s="488" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" s="488" t="s">
+        <v>13</v>
+      </c>
+      <c r="M27" s="489" t="s">
+        <v>14</v>
+      </c>
+      <c r="N27" s="482"/>
+      <c r="O27" s="482"/>
+      <c r="P27" s="482"/>
+      <c r="Q27" s="483"/>
+      <c r="R27" s="483"/>
+      <c r="S27" s="483"/>
+      <c r="T27" s="483"/>
+      <c r="U27" s="483"/>
+      <c r="V27" s="483"/>
+      <c r="W27" s="483"/>
+      <c r="X27" s="483"/>
+      <c r="Y27" s="483"/>
+      <c r="Z27" s="483"/>
+    </row>
+    <row r="28" spans="1:26" s="494" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="509"/>
+      <c r="B28" s="498" t="s">
         <v>25</v>
       </c>
-      <c r="L22" s="79" t="s">
-[...10 lines deleted...]
-      <c r="B23" s="107" t="s">
+      <c r="C28" s="499" t="s">
+        <v>26</v>
+      </c>
+      <c r="D28" s="499" t="s">
         <v>27</v>
       </c>
-      <c r="C23" s="80" t="s">
+      <c r="E28" s="499" t="s">
         <v>28</v>
       </c>
-      <c r="D23" s="80" t="s">
+      <c r="F28" s="499" t="s">
         <v>29</v>
       </c>
-      <c r="E23" s="80" t="s">
+      <c r="G28" s="499" t="s">
         <v>30</v>
       </c>
-      <c r="F23" s="80" t="s">
+      <c r="H28" s="499" t="s">
         <v>31</v>
       </c>
-      <c r="G23" s="80" t="s">
+      <c r="I28" s="499" t="s">
         <v>32</v>
       </c>
-      <c r="H23" s="80" t="s">
+      <c r="J28" s="499" t="s">
         <v>33</v>
       </c>
-      <c r="I23" s="80" t="s">
+      <c r="K28" s="499" t="s">
         <v>34</v>
       </c>
-      <c r="J23" s="80" t="s">
+      <c r="L28" s="499" t="s">
         <v>35</v>
       </c>
-      <c r="K23" s="80" t="s">
+      <c r="M28" s="500" t="s">
         <v>36</v>
       </c>
-      <c r="L23" s="80" t="s">
+      <c r="N28" s="501"/>
+      <c r="O28" s="501"/>
+      <c r="P28" s="501"/>
+    </row>
+    <row r="29" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="509"/>
+      <c r="B29" s="487" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29" s="488" t="s">
+        <v>27</v>
+      </c>
+      <c r="D29" s="488" t="s">
+        <v>28</v>
+      </c>
+      <c r="E29" s="488" t="s">
+        <v>29</v>
+      </c>
+      <c r="F29" s="488" t="s">
+        <v>30</v>
+      </c>
+      <c r="G29" s="488" t="s">
+        <v>31</v>
+      </c>
+      <c r="H29" s="488" t="s">
+        <v>32</v>
+      </c>
+      <c r="I29" s="488" t="s">
+        <v>33</v>
+      </c>
+      <c r="J29" s="488" t="s">
+        <v>34</v>
+      </c>
+      <c r="K29" s="488" t="s">
+        <v>35</v>
+      </c>
+      <c r="L29" s="488" t="s">
+        <v>36</v>
+      </c>
+      <c r="M29" s="489" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" s="482"/>
+      <c r="O29" s="482"/>
+      <c r="P29" s="482"/>
+      <c r="Q29" s="483"/>
+      <c r="R29" s="483"/>
+      <c r="S29" s="483"/>
+      <c r="T29" s="483"/>
+      <c r="U29" s="483"/>
+      <c r="V29" s="483"/>
+      <c r="W29" s="483"/>
+      <c r="X29" s="483"/>
+      <c r="Y29" s="483"/>
+      <c r="Z29" s="483"/>
+    </row>
+    <row r="30" spans="1:26" s="494" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A30" s="510"/>
+      <c r="B30" s="502" t="s">
         <v>37</v>
       </c>
-      <c r="M23" s="96" t="s">
+      <c r="C30" s="503" t="s">
         <v>38</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B24" s="106" t="s">
+      <c r="D30" s="503" t="s">
         <v>39</v>
       </c>
-      <c r="C24" s="79" t="s">
+      <c r="E30" s="503" t="s">
         <v>40</v>
       </c>
-      <c r="D24" s="79" t="s">
+      <c r="F30" s="503" t="s">
         <v>41</v>
       </c>
-      <c r="E24" s="79" t="s">
+      <c r="G30" s="503" t="s">
         <v>42</v>
       </c>
-      <c r="F24" s="79" t="s">
+      <c r="H30" s="503" t="s">
         <v>43</v>
       </c>
-      <c r="G24" s="79" t="s">
+      <c r="I30" s="503" t="s">
         <v>44</v>
       </c>
-      <c r="H24" s="79" t="s">
+      <c r="J30" s="503" t="s">
         <v>45</v>
       </c>
-      <c r="I24" s="79" t="s">
+      <c r="K30" s="503" t="s">
         <v>46</v>
       </c>
-      <c r="J24" s="79" t="s">
+      <c r="L30" s="503" t="s">
         <v>47</v>
       </c>
-      <c r="K24" s="79" t="s">
+      <c r="M30" s="504" t="s">
         <v>48</v>
       </c>
-      <c r="L24" s="79" t="s">
+      <c r="N30" s="501"/>
+      <c r="O30" s="501"/>
+      <c r="P30" s="501"/>
+    </row>
+    <row r="31" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A31" s="283"/>
+      <c r="B31" s="283"/>
+      <c r="C31" s="283"/>
+      <c r="D31" s="283"/>
+      <c r="E31" s="283"/>
+      <c r="F31" s="283"/>
+      <c r="G31" s="283"/>
+      <c r="H31" s="283"/>
+      <c r="I31" s="283"/>
+      <c r="J31" s="283"/>
+      <c r="K31" s="283"/>
+      <c r="L31" s="283"/>
+      <c r="M31" s="283"/>
+    </row>
+    <row r="32" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A32" s="195" t="s">
         <v>49</v>
       </c>
-      <c r="M24" s="95" t="s">
+      <c r="B32" s="283"/>
+      <c r="C32" s="283"/>
+      <c r="D32" s="283"/>
+      <c r="E32" s="283"/>
+      <c r="F32" s="283"/>
+      <c r="G32" s="283"/>
+      <c r="H32" s="283"/>
+      <c r="I32" s="283"/>
+      <c r="J32" s="283"/>
+      <c r="K32" s="283"/>
+      <c r="L32" s="283"/>
+      <c r="M32" s="283"/>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A33" s="283"/>
+      <c r="B33" s="283"/>
+      <c r="C33" s="283"/>
+      <c r="D33" s="283"/>
+      <c r="E33" s="283"/>
+      <c r="F33" s="283"/>
+      <c r="G33" s="283"/>
+      <c r="H33" s="283"/>
+      <c r="I33" s="283"/>
+      <c r="J33" s="283"/>
+      <c r="K33" s="283"/>
+      <c r="L33" s="283"/>
+      <c r="M33" s="283"/>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A34" s="1" t="s">
         <v>50</v>
       </c>
-    </row>
-[...329 lines deleted...]
-      <c r="A33" s="195" t="s">
+      <c r="B34" s="283"/>
+      <c r="C34" s="283"/>
+      <c r="D34" s="283"/>
+      <c r="E34" s="283"/>
+      <c r="F34" s="283"/>
+      <c r="G34" s="283"/>
+      <c r="H34" s="283"/>
+      <c r="I34" s="283"/>
+      <c r="J34" s="283"/>
+      <c r="K34" s="283"/>
+      <c r="L34" s="283"/>
+      <c r="M34" s="283"/>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A35" s="1"/>
+      <c r="B35" s="283"/>
+      <c r="C35" s="283"/>
+      <c r="D35" s="283"/>
+      <c r="E35" s="283"/>
+      <c r="F35" s="283"/>
+      <c r="G35" s="283"/>
+      <c r="H35" s="283"/>
+      <c r="I35" s="283"/>
+      <c r="J35" s="283"/>
+      <c r="K35" s="283"/>
+      <c r="L35" s="283"/>
+      <c r="M35" s="283"/>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A36" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B33" s="290"/>
-[...89 lines deleted...]
-      <c r="M38" s="290"/>
+      <c r="B36" s="283"/>
+      <c r="C36" s="283"/>
+      <c r="D36" s="283"/>
+      <c r="E36" s="283"/>
+      <c r="F36" s="283"/>
+      <c r="G36" s="283"/>
+      <c r="H36" s="283"/>
+      <c r="I36" s="283"/>
+      <c r="J36" s="283"/>
+      <c r="K36" s="283"/>
+      <c r="L36" s="283"/>
+      <c r="M36" s="283"/>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A37" s="283"/>
+      <c r="B37" s="283"/>
+      <c r="C37" s="283"/>
+      <c r="D37" s="283"/>
+      <c r="E37" s="283"/>
+      <c r="F37" s="283"/>
+      <c r="G37" s="283"/>
+      <c r="H37" s="283"/>
+      <c r="I37" s="283"/>
+      <c r="J37" s="283"/>
+      <c r="K37" s="283"/>
+      <c r="L37" s="283"/>
+      <c r="M37" s="283"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...2 lines deleted...]
-    <mergeCell ref="A26:A31"/>
+  <mergeCells count="4">
+    <mergeCell ref="A13:A18"/>
+    <mergeCell ref="A7:A12"/>
+    <mergeCell ref="A25:A30"/>
+    <mergeCell ref="A19:A24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0A767464-C515-4398-92A4-FC3169076FB2}">
   <dimension ref="A1:C35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="D25" sqref="D25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="73.7109375" customWidth="1"/>
-    <col min="3" max="3" width="10.5703125" customWidth="1"/>
+    <col min="1" max="1" width="73.7265625" customWidth="1"/>
+    <col min="3" max="3" width="10.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25"/>
-[...2 lines deleted...]
-      <c r="A3" s="290" t="s">
+    <row r="1" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="3" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="283" t="s">
+        <v>328</v>
+      </c>
+      <c r="B3" s="283"/>
+      <c r="C3" s="283"/>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A4" s="283"/>
+      <c r="B4" s="283"/>
+      <c r="C4" s="283"/>
+    </row>
+    <row r="5" spans="1:3" ht="26.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="198" t="s">
+        <v>329</v>
+      </c>
+      <c r="B5" s="199" t="s">
+        <v>287</v>
+      </c>
+      <c r="C5" s="199" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="200" t="s">
         <v>330</v>
       </c>
-      <c r="B3" s="290"/>
-[...8 lines deleted...]
-      <c r="A5" s="198" t="s">
+      <c r="B6" s="195" t="s">
         <v>331</v>
       </c>
-      <c r="B5" s="199" t="s">
-[...7 lines deleted...]
-      <c r="A6" s="200" t="s">
+      <c r="C6" s="195" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A7" s="201" t="s">
         <v>332</v>
       </c>
-      <c r="B6" s="195" t="s">
+      <c r="B7" s="202" t="s">
         <v>333</v>
-      </c>
-[...9 lines deleted...]
-        <v>335</v>
       </c>
       <c r="C7" s="203">
         <v>261</v>
       </c>
     </row>
-    <row r="8" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="204" t="s">
+        <v>334</v>
+      </c>
+      <c r="B8" s="205" t="s">
+        <v>335</v>
+      </c>
+      <c r="C8" s="206" t="s">
         <v>336</v>
       </c>
-      <c r="B8" s="205" t="s">
-[...139 lines deleted...]
-      <c r="C35" s="290"/>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A9" s="283"/>
+      <c r="B9" s="283"/>
+      <c r="C9" s="283"/>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A10" s="283"/>
+      <c r="B10" s="283"/>
+      <c r="C10" s="283"/>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A11" s="283"/>
+      <c r="B11" s="283"/>
+      <c r="C11" s="283"/>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A12" s="283"/>
+      <c r="B12" s="283"/>
+      <c r="C12" s="283"/>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A13" s="283"/>
+      <c r="B13" s="283"/>
+      <c r="C13" s="283"/>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A14" s="283"/>
+      <c r="B14" s="283"/>
+      <c r="C14" s="283"/>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A15" s="283"/>
+      <c r="B15" s="283"/>
+      <c r="C15" s="283"/>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A16" s="283"/>
+      <c r="B16" s="283"/>
+      <c r="C16" s="283"/>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A17" s="283"/>
+      <c r="B17" s="283"/>
+      <c r="C17" s="283"/>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A18" s="283"/>
+      <c r="B18" s="283"/>
+      <c r="C18" s="283"/>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A19" s="283"/>
+      <c r="B19" s="283"/>
+      <c r="C19" s="283"/>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A20" s="283"/>
+      <c r="B20" s="283"/>
+      <c r="C20" s="283"/>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A21" s="283"/>
+      <c r="B21" s="283"/>
+      <c r="C21" s="283"/>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A22" s="283"/>
+      <c r="B22" s="283"/>
+      <c r="C22" s="283"/>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A23" s="283"/>
+      <c r="B23" s="283"/>
+      <c r="C23" s="283"/>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A24" s="283"/>
+      <c r="B24" s="283"/>
+      <c r="C24" s="283"/>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A25" s="283"/>
+      <c r="B25" s="283"/>
+      <c r="C25" s="283"/>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A26" s="283"/>
+      <c r="B26" s="283"/>
+      <c r="C26" s="283"/>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A27" s="283"/>
+      <c r="B27" s="283"/>
+      <c r="C27" s="283"/>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A28" s="283"/>
+      <c r="B28" s="283"/>
+      <c r="C28" s="283"/>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A29" s="283"/>
+      <c r="B29" s="283"/>
+      <c r="C29" s="283"/>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A30" s="283"/>
+      <c r="B30" s="283"/>
+      <c r="C30" s="283"/>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A31" s="283"/>
+      <c r="B31" s="283"/>
+      <c r="C31" s="283"/>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A32" s="283"/>
+      <c r="B32" s="283"/>
+      <c r="C32" s="283"/>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A33" s="283"/>
+      <c r="B33" s="283"/>
+      <c r="C33" s="283"/>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A34" s="283"/>
+      <c r="B34" s="283"/>
+      <c r="C34" s="283"/>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A35" s="283"/>
+      <c r="B35" s="283"/>
+      <c r="C35" s="283"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A3:Q84"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="E28" sqref="E28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="18.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="79.85546875" style="1" customWidth="1"/>
-    <col min="2" max="2" width="10.28515625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="79.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="10.26953125" style="1" customWidth="1"/>
     <col min="3" max="3" width="10" style="22" customWidth="1"/>
-    <col min="5" max="5" width="27.28515625" style="1" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="18" max="16384" width="8.85546875" style="1"/>
+    <col min="5" max="5" width="27.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="17" width="13.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="18" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
-        <v>339</v>
-[...4 lines deleted...]
-        <v>340</v>
+        <v>337</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="316" t="s">
+        <v>338</v>
       </c>
       <c r="B5" s="54" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C5" s="52" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:17" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="21" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B6" s="22"/>
       <c r="D6" s="1"/>
     </row>
-    <row r="7" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="485" t="s">
+    <row r="7" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="478" t="s">
+        <v>339</v>
+      </c>
+      <c r="B7" s="479" t="s">
+        <v>340</v>
+      </c>
+      <c r="C7" s="480">
+        <v>394</v>
+      </c>
+      <c r="E7" s="532" t="s">
         <v>341</v>
       </c>
-      <c r="B7" s="486" t="s">
+      <c r="F7" s="532"/>
+      <c r="G7" s="532"/>
+      <c r="H7" s="532"/>
+      <c r="I7" s="532"/>
+      <c r="J7" s="532"/>
+      <c r="K7" s="532"/>
+      <c r="L7" s="532"/>
+      <c r="M7" s="532"/>
+      <c r="N7" s="532"/>
+      <c r="O7" s="532"/>
+      <c r="P7" s="532"/>
+    </row>
+    <row r="8" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="296" t="s">
         <v>342</v>
       </c>
-      <c r="C7" s="487">
-[...2 lines deleted...]
-      <c r="E7" s="509" t="s">
+      <c r="B8" s="297" t="s">
         <v>343</v>
       </c>
-      <c r="F7" s="509"/>
-[...12 lines deleted...]
-      <c r="A8" s="303" t="s">
+      <c r="C8" s="298">
+        <v>395</v>
+      </c>
+      <c r="E8" s="533" t="s">
         <v>344</v>
       </c>
-      <c r="B8" s="304" t="s">
+      <c r="F8" s="533"/>
+      <c r="G8" s="533"/>
+      <c r="H8" s="533"/>
+      <c r="I8" s="533"/>
+      <c r="J8" s="533"/>
+      <c r="K8" s="533"/>
+      <c r="L8" s="533"/>
+      <c r="M8" s="533"/>
+      <c r="N8" s="533"/>
+      <c r="O8" s="533"/>
+      <c r="P8" s="533"/>
+    </row>
+    <row r="9" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="301" t="s">
         <v>345</v>
       </c>
-      <c r="C8" s="305">
-[...2 lines deleted...]
-      <c r="E8" s="510" t="s">
+      <c r="B9" s="302" t="s">
         <v>346</v>
       </c>
-      <c r="F8" s="510"/>
-[...18 lines deleted...]
-      <c r="C9" s="310">
+      <c r="C9" s="303">
         <v>373</v>
       </c>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
     </row>
-    <row r="10" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="303" t="s">
+    <row r="10" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="296" t="s">
+        <v>347</v>
+      </c>
+      <c r="B10" s="297" t="s">
+        <v>348</v>
+      </c>
+      <c r="C10" s="298">
+        <v>374</v>
+      </c>
+      <c r="E10" s="534" t="s">
         <v>349</v>
       </c>
-      <c r="B10" s="304" t="s">
+      <c r="F10" s="534"/>
+      <c r="G10" s="534"/>
+      <c r="H10" s="534"/>
+      <c r="I10" s="534"/>
+      <c r="J10" s="534"/>
+      <c r="K10" s="534"/>
+      <c r="L10" s="534"/>
+      <c r="M10" s="534"/>
+      <c r="N10" s="534"/>
+      <c r="O10" s="534"/>
+      <c r="P10" s="534"/>
+      <c r="Q10" s="534"/>
+    </row>
+    <row r="11" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="301" t="s">
         <v>350</v>
       </c>
-      <c r="C10" s="305">
+      <c r="B11" s="302" t="s">
+        <v>351</v>
+      </c>
+      <c r="C11" s="303">
+        <v>372</v>
+      </c>
+      <c r="D11" s="25"/>
+      <c r="E11" s="331" t="s">
+        <v>352</v>
+      </c>
+      <c r="F11" s="328" t="s">
+        <v>1</v>
+      </c>
+      <c r="G11" s="329" t="s">
+        <v>2</v>
+      </c>
+      <c r="H11" s="329" t="s">
+        <v>3</v>
+      </c>
+      <c r="I11" s="329" t="s">
+        <v>4</v>
+      </c>
+      <c r="J11" s="329" t="s">
+        <v>5</v>
+      </c>
+      <c r="K11" s="329" t="s">
+        <v>6</v>
+      </c>
+      <c r="L11" s="329" t="s">
+        <v>7</v>
+      </c>
+      <c r="M11" s="329" t="s">
+        <v>8</v>
+      </c>
+      <c r="N11" s="329" t="s">
+        <v>9</v>
+      </c>
+      <c r="O11" s="329" t="s">
+        <v>10</v>
+      </c>
+      <c r="P11" s="329" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q11" s="330" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="296" t="s">
+        <v>353</v>
+      </c>
+      <c r="B12" s="297" t="s">
+        <v>354</v>
+      </c>
+      <c r="C12" s="298" t="s">
+        <v>355</v>
+      </c>
+      <c r="F12" s="325" t="s">
+        <v>25</v>
+      </c>
+      <c r="G12" s="326" t="s">
+        <v>26</v>
+      </c>
+      <c r="H12" s="326" t="s">
+        <v>27</v>
+      </c>
+      <c r="I12" s="326" t="s">
+        <v>28</v>
+      </c>
+      <c r="J12" s="326" t="s">
+        <v>29</v>
+      </c>
+      <c r="K12" s="326" t="s">
+        <v>30</v>
+      </c>
+      <c r="L12" s="326" t="s">
+        <v>31</v>
+      </c>
+      <c r="M12" s="326" t="s">
+        <v>32</v>
+      </c>
+      <c r="N12" s="326" t="s">
+        <v>33</v>
+      </c>
+      <c r="O12" s="326" t="s">
+        <v>34</v>
+      </c>
+      <c r="P12" s="326" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q12" s="327" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="301" t="s">
+        <v>357</v>
+      </c>
+      <c r="B13" s="302" t="s">
+        <v>358</v>
+      </c>
+      <c r="C13" s="303" t="s">
+        <v>359</v>
+      </c>
+      <c r="F13" s="322" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13" s="297" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13" s="297" t="s">
+        <v>39</v>
+      </c>
+      <c r="I13" s="297" t="s">
+        <v>40</v>
+      </c>
+      <c r="J13" s="297" t="s">
+        <v>41</v>
+      </c>
+      <c r="K13" s="297" t="s">
+        <v>42</v>
+      </c>
+      <c r="L13" s="297" t="s">
+        <v>43</v>
+      </c>
+      <c r="M13" s="297" t="s">
+        <v>44</v>
+      </c>
+      <c r="N13" s="297" t="s">
+        <v>45</v>
+      </c>
+      <c r="O13" s="297" t="s">
+        <v>46</v>
+      </c>
+      <c r="P13" s="318" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q13" s="298" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="296" t="s">
+        <v>361</v>
+      </c>
+      <c r="B14" s="297" t="s">
+        <v>362</v>
+      </c>
+      <c r="C14" s="298">
+        <v>360</v>
+      </c>
+      <c r="E14" s="23"/>
+      <c r="F14" s="323" t="s">
+        <v>71</v>
+      </c>
+      <c r="G14" s="82" t="s">
+        <v>72</v>
+      </c>
+      <c r="H14" s="317" t="s">
+        <v>61</v>
+      </c>
+      <c r="I14" s="82" t="s">
+        <v>62</v>
+      </c>
+      <c r="J14" s="82" t="s">
+        <v>63</v>
+      </c>
+      <c r="K14" s="317" t="s">
+        <v>64</v>
+      </c>
+      <c r="L14" s="82" t="s">
+        <v>65</v>
+      </c>
+      <c r="M14" s="82" t="s">
+        <v>66</v>
+      </c>
+      <c r="N14" s="317" t="s">
+        <v>363</v>
+      </c>
+      <c r="O14" s="317" t="s">
+        <v>68</v>
+      </c>
+      <c r="P14" s="82" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q14" s="321" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="306" t="s">
+        <v>365</v>
+      </c>
+      <c r="B15" s="302" t="s">
+        <v>366</v>
+      </c>
+      <c r="C15" s="303">
+        <v>369</v>
+      </c>
+      <c r="F15" s="322" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15" s="297" t="s">
+        <v>160</v>
+      </c>
+      <c r="H15" s="297" t="s">
+        <v>367</v>
+      </c>
+      <c r="I15" s="297" t="s">
+        <v>139</v>
+      </c>
+      <c r="J15" s="297" t="s">
+        <v>129</v>
+      </c>
+      <c r="K15" s="297" t="s">
+        <v>368</v>
+      </c>
+      <c r="L15" s="297" t="s">
+        <v>109</v>
+      </c>
+      <c r="M15" s="297" t="s">
+        <v>90</v>
+      </c>
+      <c r="N15" s="297" t="s">
+        <v>79</v>
+      </c>
+      <c r="O15" s="318" t="s">
+        <v>364</v>
+      </c>
+      <c r="P15" s="318" t="s">
+        <v>364</v>
+      </c>
+      <c r="Q15" s="298" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="350" t="s">
+        <v>370</v>
+      </c>
+      <c r="B16" s="351" t="s">
+        <v>371</v>
+      </c>
+      <c r="C16" s="352">
+        <v>414</v>
+      </c>
+      <c r="E16" s="319" t="s">
+        <v>372</v>
+      </c>
+      <c r="F16" s="323" t="s">
+        <v>367</v>
+      </c>
+      <c r="G16" s="82" t="s">
+        <v>61</v>
+      </c>
+      <c r="H16" s="82" t="s">
+        <v>149</v>
+      </c>
+      <c r="I16" s="82" t="s">
+        <v>64</v>
+      </c>
+      <c r="J16" s="82" t="s">
+        <v>64</v>
+      </c>
+      <c r="K16" s="82" t="s">
+        <v>119</v>
+      </c>
+      <c r="L16" s="317" t="s">
+        <v>363</v>
+      </c>
+      <c r="M16" s="317" t="s">
+        <v>363</v>
+      </c>
+      <c r="N16" s="82" t="s">
+        <v>373</v>
+      </c>
+      <c r="O16" s="82" t="s">
+        <v>369</v>
+      </c>
+      <c r="P16" s="82" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q16" s="300" t="s">
         <v>374</v>
       </c>
-      <c r="E10" s="511" t="s">
-[...164 lines deleted...]
-      <c r="B14" s="304" t="s">
+    </row>
+    <row r="17" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="299" t="s">
+        <v>375</v>
+      </c>
+      <c r="B17" s="82" t="s">
+        <v>376</v>
+      </c>
+      <c r="C17" s="300">
+        <v>390</v>
+      </c>
+      <c r="E17" s="320" t="s">
+        <v>377</v>
+      </c>
+      <c r="F17" s="322" t="s">
+        <v>378</v>
+      </c>
+      <c r="G17" s="297" t="s">
+        <v>367</v>
+      </c>
+      <c r="H17" s="297" t="s">
+        <v>378</v>
+      </c>
+      <c r="I17" s="297" t="s">
+        <v>368</v>
+      </c>
+      <c r="J17" s="297" t="s">
+        <v>368</v>
+      </c>
+      <c r="K17" s="297" t="s">
+        <v>379</v>
+      </c>
+      <c r="L17" s="297" t="s">
+        <v>373</v>
+      </c>
+      <c r="M17" s="297" t="s">
+        <v>373</v>
+      </c>
+      <c r="N17" s="297" t="s">
+        <v>380</v>
+      </c>
+      <c r="O17" s="297" t="s">
+        <v>374</v>
+      </c>
+      <c r="P17" s="297" t="s">
+        <v>374</v>
+      </c>
+      <c r="Q17" s="298" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="296" t="s">
+        <v>382</v>
+      </c>
+      <c r="B18" s="297" t="s">
+        <v>383</v>
+      </c>
+      <c r="C18" s="298">
+        <v>367</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="F18" s="323" t="s">
+        <v>385</v>
+      </c>
+      <c r="G18" s="82" t="s">
+        <v>378</v>
+      </c>
+      <c r="H18" s="82" t="s">
+        <v>385</v>
+      </c>
+      <c r="I18" s="82" t="s">
+        <v>379</v>
+      </c>
+      <c r="J18" s="82" t="s">
+        <v>379</v>
+      </c>
+      <c r="K18" s="82" t="s">
+        <v>386</v>
+      </c>
+      <c r="L18" s="82" t="s">
+        <v>380</v>
+      </c>
+      <c r="M18" s="82" t="s">
+        <v>380</v>
+      </c>
+      <c r="N18" s="82" t="s">
+        <v>387</v>
+      </c>
+      <c r="O18" s="82" t="s">
+        <v>381</v>
+      </c>
+      <c r="P18" s="82" t="s">
+        <v>381</v>
+      </c>
+      <c r="Q18" s="300" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="299" t="s">
+        <v>389</v>
+      </c>
+      <c r="B19" s="82" t="s">
+        <v>390</v>
+      </c>
+      <c r="C19" s="300">
         <v>364</v>
       </c>
-      <c r="C14" s="305">
-[...191 lines deleted...]
-      <c r="B18" s="304" t="s">
+      <c r="E19" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="F19" s="322" t="s">
+        <v>392</v>
+      </c>
+      <c r="G19" s="297" t="s">
         <v>385</v>
       </c>
-      <c r="C18" s="305">
-[...2 lines deleted...]
-      <c r="E18" s="1" t="s">
+      <c r="H19" s="297" t="s">
+        <v>392</v>
+      </c>
+      <c r="I19" s="297" t="s">
         <v>386</v>
       </c>
-      <c r="F18" s="330" t="s">
+      <c r="J19" s="297" t="s">
+        <v>386</v>
+      </c>
+      <c r="K19" s="297" t="s">
+        <v>393</v>
+      </c>
+      <c r="L19" s="297" t="s">
         <v>387</v>
       </c>
-      <c r="G18" s="82" t="s">
-[...2 lines deleted...]
-      <c r="H18" s="82" t="s">
+      <c r="M19" s="297" t="s">
         <v>387</v>
       </c>
-      <c r="I18" s="82" t="s">
-[...5 lines deleted...]
-      <c r="K18" s="82" t="s">
+      <c r="N19" s="297" t="s">
+        <v>394</v>
+      </c>
+      <c r="O19" s="297" t="s">
         <v>388</v>
       </c>
-      <c r="L18" s="82" t="s">
-[...40 lines deleted...]
-      <c r="I19" s="304" t="s">
+      <c r="P19" s="297" t="s">
         <v>388</v>
       </c>
-      <c r="J19" s="304" t="s">
-[...2 lines deleted...]
-      <c r="K19" s="304" t="s">
+      <c r="Q19" s="298" t="s">
         <v>395</v>
       </c>
-      <c r="L19" s="304" t="s">
-[...5 lines deleted...]
-      <c r="N19" s="304" t="s">
+    </row>
+    <row r="20" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="296" t="s">
         <v>396</v>
       </c>
-      <c r="O19" s="304" t="s">
-[...5 lines deleted...]
-      <c r="Q19" s="305" t="s">
+      <c r="B20" s="297" t="s">
         <v>397</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C20" s="305">
+      <c r="C20" s="298">
         <v>391</v>
       </c>
       <c r="D20" s="25"/>
       <c r="E20" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="F20" s="323" t="s">
+        <v>399</v>
+      </c>
+      <c r="G20" s="82" t="s">
+        <v>392</v>
+      </c>
+      <c r="H20" s="82" t="s">
+        <v>399</v>
+      </c>
+      <c r="I20" s="82" t="s">
+        <v>393</v>
+      </c>
+      <c r="J20" s="82" t="s">
+        <v>393</v>
+      </c>
+      <c r="K20" s="82" t="s">
         <v>400</v>
       </c>
-      <c r="F20" s="330" t="s">
+      <c r="L20" s="82" t="s">
+        <v>394</v>
+      </c>
+      <c r="M20" s="82" t="s">
+        <v>394</v>
+      </c>
+      <c r="N20" s="82" t="s">
+        <v>369</v>
+      </c>
+      <c r="O20" s="82" t="s">
+        <v>395</v>
+      </c>
+      <c r="P20" s="82" t="s">
+        <v>395</v>
+      </c>
+      <c r="Q20" s="300" t="s">
         <v>401</v>
       </c>
-      <c r="G20" s="82" t="s">
-[...2 lines deleted...]
-      <c r="H20" s="82" t="s">
+    </row>
+    <row r="21" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="299" t="s">
+        <v>402</v>
+      </c>
+      <c r="B21" s="82" t="s">
+        <v>403</v>
+      </c>
+      <c r="C21" s="300">
+        <v>362</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="F21" s="322" t="s">
+        <v>369</v>
+      </c>
+      <c r="G21" s="297" t="s">
+        <v>399</v>
+      </c>
+      <c r="H21" s="297" t="s">
+        <v>369</v>
+      </c>
+      <c r="I21" s="297" t="s">
+        <v>400</v>
+      </c>
+      <c r="J21" s="297" t="s">
+        <v>400</v>
+      </c>
+      <c r="K21" s="297" t="s">
+        <v>369</v>
+      </c>
+      <c r="L21" s="297" t="s">
+        <v>369</v>
+      </c>
+      <c r="M21" s="297" t="s">
+        <v>369</v>
+      </c>
+      <c r="N21" s="297" t="s">
+        <v>374</v>
+      </c>
+      <c r="O21" s="297" t="s">
         <v>401</v>
       </c>
-      <c r="I20" s="82" t="s">
-[...31 lines deleted...]
-      <c r="B21" s="82" t="s">
+      <c r="P21" s="297" t="s">
+        <v>401</v>
+      </c>
+      <c r="Q21" s="298" t="s">
         <v>405</v>
       </c>
-      <c r="C21" s="307">
-[...2 lines deleted...]
-      <c r="E21" s="1" t="s">
+    </row>
+    <row r="22" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="296" t="s">
         <v>406</v>
       </c>
-      <c r="F21" s="329" t="s">
-[...32 lines deleted...]
-      <c r="Q21" s="305" t="s">
+      <c r="B22" s="297" t="s">
         <v>407</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" s="303" t="s">
+      <c r="C22" s="298">
+        <v>358</v>
+      </c>
+      <c r="E22" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="B22" s="304" t="s">
+      <c r="F22" s="323" t="s">
+        <v>374</v>
+      </c>
+      <c r="G22" s="82" t="s">
+        <v>369</v>
+      </c>
+      <c r="H22" s="82" t="s">
+        <v>374</v>
+      </c>
+      <c r="I22" s="82" t="s">
+        <v>369</v>
+      </c>
+      <c r="J22" s="82" t="s">
+        <v>369</v>
+      </c>
+      <c r="K22" s="82" t="s">
+        <v>374</v>
+      </c>
+      <c r="L22" s="82" t="s">
+        <v>374</v>
+      </c>
+      <c r="M22" s="82" t="s">
+        <v>374</v>
+      </c>
+      <c r="N22" s="82" t="s">
+        <v>381</v>
+      </c>
+      <c r="O22" s="82" t="s">
+        <v>405</v>
+      </c>
+      <c r="P22" s="82" t="s">
+        <v>405</v>
+      </c>
+      <c r="Q22" s="300" t="s">
         <v>409</v>
       </c>
-      <c r="C22" s="305">
-[...2 lines deleted...]
-      <c r="E22" s="1" t="s">
+    </row>
+    <row r="23" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="349" t="s">
         <v>410</v>
       </c>
-      <c r="F22" s="330" t="s">
-[...32 lines deleted...]
-      <c r="Q22" s="307" t="s">
+      <c r="B23" s="82" t="s">
         <v>411</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C23" s="307">
+      <c r="C23" s="300">
         <v>378</v>
       </c>
       <c r="D23" s="62"/>
       <c r="E23" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="F23" s="322" t="s">
+        <v>381</v>
+      </c>
+      <c r="G23" s="297" t="s">
+        <v>374</v>
+      </c>
+      <c r="H23" s="297" t="s">
+        <v>381</v>
+      </c>
+      <c r="I23" s="297" t="s">
+        <v>374</v>
+      </c>
+      <c r="J23" s="297" t="s">
+        <v>374</v>
+      </c>
+      <c r="K23" s="297" t="s">
+        <v>381</v>
+      </c>
+      <c r="L23" s="297" t="s">
+        <v>381</v>
+      </c>
+      <c r="M23" s="297" t="s">
+        <v>381</v>
+      </c>
+      <c r="N23" s="297" t="s">
+        <v>388</v>
+      </c>
+      <c r="O23" s="297" t="s">
+        <v>409</v>
+      </c>
+      <c r="P23" s="297" t="s">
+        <v>409</v>
+      </c>
+      <c r="Q23" s="298" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="296" t="s">
         <v>414</v>
       </c>
-      <c r="F23" s="329" t="s">
-[...32 lines deleted...]
-      <c r="Q23" s="305" t="s">
+      <c r="B24" s="297" t="s">
         <v>415</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="303" t="s">
+      <c r="C24" s="298">
+        <v>388</v>
+      </c>
+      <c r="D24" s="25"/>
+      <c r="F24" s="323" t="s">
+        <v>388</v>
+      </c>
+      <c r="G24" s="82" t="s">
+        <v>381</v>
+      </c>
+      <c r="H24" s="82" t="s">
+        <v>388</v>
+      </c>
+      <c r="I24" s="82" t="s">
+        <v>381</v>
+      </c>
+      <c r="J24" s="82" t="s">
+        <v>381</v>
+      </c>
+      <c r="K24" s="82" t="s">
+        <v>388</v>
+      </c>
+      <c r="L24" s="82" t="s">
+        <v>388</v>
+      </c>
+      <c r="M24" s="82" t="s">
+        <v>388</v>
+      </c>
+      <c r="N24" s="82" t="s">
+        <v>395</v>
+      </c>
+      <c r="O24" s="82" t="s">
+        <v>413</v>
+      </c>
+      <c r="P24" s="82" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q24" s="300" t="s">
         <v>416</v>
       </c>
-      <c r="B24" s="304" t="s">
+    </row>
+    <row r="25" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="304" t="s">
         <v>417</v>
       </c>
-      <c r="C24" s="305">
+      <c r="B25" s="302" t="s">
+        <v>418</v>
+      </c>
+      <c r="C25" s="303">
+        <v>401</v>
+      </c>
+      <c r="F25" s="322" t="s">
+        <v>395</v>
+      </c>
+      <c r="G25" s="297" t="s">
         <v>388</v>
       </c>
-      <c r="D24" s="25"/>
-[...27 lines deleted...]
-      <c r="O24" s="82" t="s">
+      <c r="H25" s="297" t="s">
+        <v>395</v>
+      </c>
+      <c r="I25" s="297" t="s">
+        <v>388</v>
+      </c>
+      <c r="J25" s="297" t="s">
+        <v>388</v>
+      </c>
+      <c r="K25" s="297" t="s">
+        <v>395</v>
+      </c>
+      <c r="L25" s="297" t="s">
+        <v>395</v>
+      </c>
+      <c r="M25" s="297" t="s">
+        <v>395</v>
+      </c>
+      <c r="N25" s="297" t="s">
+        <v>401</v>
+      </c>
+      <c r="O25" s="297" t="s">
+        <v>416</v>
+      </c>
+      <c r="P25" s="297" t="s">
+        <v>416</v>
+      </c>
+      <c r="Q25" s="298"/>
+    </row>
+    <row r="26" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="305" t="s">
+        <v>419</v>
+      </c>
+      <c r="B26" s="297" t="s">
+        <v>420</v>
+      </c>
+      <c r="C26" s="298">
         <v>415</v>
       </c>
-      <c r="P24" s="82" t="s">
-[...13 lines deleted...]
-      <c r="C25" s="310">
+      <c r="E26" s="23"/>
+      <c r="F26" s="323" t="s">
         <v>401</v>
       </c>
-      <c r="F25" s="329" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="G26" s="82" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="H26" s="82" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="I26" s="82" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="J26" s="82" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="K26" s="82" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="L26" s="82" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="M26" s="82" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="N26" s="82" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="O26" s="82"/>
       <c r="P26" s="82"/>
-      <c r="Q26" s="307"/>
-[...2 lines deleted...]
-      <c r="A27" s="308" t="s">
+      <c r="Q26" s="300"/>
+    </row>
+    <row r="27" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="301" t="s">
+        <v>421</v>
+      </c>
+      <c r="B27" s="302" t="s">
+        <v>422</v>
+      </c>
+      <c r="C27" s="303">
+        <v>354</v>
+      </c>
+      <c r="F27" s="322" t="s">
+        <v>405</v>
+      </c>
+      <c r="G27" s="297" t="s">
+        <v>401</v>
+      </c>
+      <c r="H27" s="297" t="s">
+        <v>405</v>
+      </c>
+      <c r="I27" s="297" t="s">
+        <v>401</v>
+      </c>
+      <c r="J27" s="297" t="s">
+        <v>401</v>
+      </c>
+      <c r="K27" s="297" t="s">
+        <v>405</v>
+      </c>
+      <c r="L27" s="297" t="s">
+        <v>405</v>
+      </c>
+      <c r="M27" s="297" t="s">
+        <v>405</v>
+      </c>
+      <c r="N27" s="297" t="s">
+        <v>409</v>
+      </c>
+      <c r="O27" s="297"/>
+      <c r="P27" s="297"/>
+      <c r="Q27" s="298"/>
+    </row>
+    <row r="28" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="296" t="s">
         <v>423</v>
       </c>
-      <c r="B27" s="309" t="s">
+      <c r="B28" s="297" t="s">
         <v>424</v>
       </c>
-      <c r="C27" s="310">
-[...40 lines deleted...]
-      <c r="C28" s="305">
+      <c r="C28" s="298">
         <v>392</v>
       </c>
       <c r="E28" s="23"/>
-      <c r="F28" s="330" t="s">
-        <v>411</v>
+      <c r="F28" s="323" t="s">
+        <v>409</v>
       </c>
       <c r="G28" s="82" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="H28" s="82" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="I28" s="82" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="J28" s="82" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="K28" s="82" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="L28" s="82" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="M28" s="82" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="N28" s="82" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="O28" s="82"/>
       <c r="P28" s="82"/>
-      <c r="Q28" s="307"/>
-[...2 lines deleted...]
-      <c r="A29" s="313" t="s">
+      <c r="Q28" s="300"/>
+    </row>
+    <row r="29" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="306" t="s">
+        <v>425</v>
+      </c>
+      <c r="B29" s="302" t="s">
+        <v>426</v>
+      </c>
+      <c r="C29" s="303">
+        <v>369</v>
+      </c>
+      <c r="F29" s="322" t="s">
+        <v>413</v>
+      </c>
+      <c r="G29" s="297" t="s">
+        <v>409</v>
+      </c>
+      <c r="H29" s="297" t="s">
+        <v>413</v>
+      </c>
+      <c r="I29" s="297" t="s">
+        <v>409</v>
+      </c>
+      <c r="J29" s="297" t="s">
+        <v>409</v>
+      </c>
+      <c r="K29" s="297" t="s">
+        <v>413</v>
+      </c>
+      <c r="L29" s="297" t="s">
+        <v>413</v>
+      </c>
+      <c r="M29" s="297" t="s">
+        <v>413</v>
+      </c>
+      <c r="N29" s="297" t="s">
+        <v>416</v>
+      </c>
+      <c r="O29" s="297"/>
+      <c r="P29" s="297"/>
+      <c r="Q29" s="298"/>
+    </row>
+    <row r="30" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="296" t="s">
         <v>427</v>
       </c>
-      <c r="B29" s="309" t="s">
+      <c r="B30" s="297" t="s">
         <v>428</v>
       </c>
-      <c r="C29" s="310">
-[...40 lines deleted...]
-      <c r="C30" s="305">
+      <c r="C30" s="298">
         <v>396</v>
       </c>
       <c r="E30" s="23"/>
-      <c r="F30" s="330" t="s">
-        <v>418</v>
+      <c r="F30" s="323" t="s">
+        <v>416</v>
       </c>
       <c r="G30" s="82" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="H30" s="82" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="I30" s="82" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="J30" s="82" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="K30" s="82" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="L30" s="82" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="M30" s="82" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N30" s="82"/>
       <c r="O30" s="82"/>
       <c r="P30" s="82"/>
-      <c r="Q30" s="307"/>
-[...2 lines deleted...]
-      <c r="A31" s="308" t="s">
+      <c r="Q30" s="300"/>
+    </row>
+    <row r="31" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="301" t="s">
+        <v>429</v>
+      </c>
+      <c r="B31" s="302" t="s">
+        <v>430</v>
+      </c>
+      <c r="C31" s="303" t="s">
         <v>431</v>
       </c>
-      <c r="B31" s="309" t="s">
+      <c r="F31" s="324"/>
+      <c r="G31" s="307" t="s">
+        <v>416</v>
+      </c>
+      <c r="H31" s="307"/>
+      <c r="I31" s="307" t="s">
+        <v>416</v>
+      </c>
+      <c r="J31" s="307" t="s">
+        <v>416</v>
+      </c>
+      <c r="K31" s="307"/>
+      <c r="L31" s="307"/>
+      <c r="M31" s="307"/>
+      <c r="N31" s="307"/>
+      <c r="O31" s="307"/>
+      <c r="P31" s="307"/>
+      <c r="Q31" s="308"/>
+    </row>
+    <row r="32" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="296" t="s">
         <v>432</v>
       </c>
-      <c r="C31" s="310" t="s">
+      <c r="B32" s="297" t="s">
         <v>433</v>
       </c>
-      <c r="F31" s="331"/>
-[...19 lines deleted...]
-      <c r="A32" s="303" t="s">
+      <c r="C32" s="298">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="301" t="s">
         <v>434</v>
       </c>
-      <c r="B32" s="304" t="s">
+      <c r="B33" s="302" t="s">
         <v>435</v>
       </c>
-      <c r="C32" s="305">
-[...10 lines deleted...]
-      <c r="C33" s="310">
+      <c r="C33" s="303">
         <v>359</v>
       </c>
       <c r="D33" s="25"/>
       <c r="E33" s="61"/>
       <c r="F33" s="61"/>
       <c r="G33" s="61"/>
       <c r="H33" s="61"/>
       <c r="I33" s="61"/>
       <c r="J33" s="61"/>
       <c r="K33" s="61"/>
       <c r="L33" s="61"/>
       <c r="M33" s="61"/>
       <c r="N33" s="61"/>
       <c r="O33" s="61"/>
       <c r="P33" s="61"/>
       <c r="Q33" s="61"/>
     </row>
-    <row r="34" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C34" s="305">
+    <row r="34" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="296" t="s">
+        <v>436</v>
+      </c>
+      <c r="B34" s="297" t="s">
+        <v>437</v>
+      </c>
+      <c r="C34" s="298">
         <v>397</v>
       </c>
       <c r="E34" s="23"/>
       <c r="F34" s="23"/>
       <c r="G34" s="23"/>
       <c r="H34" s="23"/>
       <c r="I34" s="23"/>
       <c r="J34" s="23"/>
       <c r="K34" s="23"/>
       <c r="L34" s="23"/>
       <c r="M34" s="23"/>
       <c r="N34" s="23"/>
       <c r="O34" s="23"/>
       <c r="P34" s="23"/>
       <c r="Q34" s="23"/>
     </row>
-    <row r="35" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C35" s="310">
+    <row r="35" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="301" t="s">
+        <v>438</v>
+      </c>
+      <c r="B35" s="302" t="s">
+        <v>439</v>
+      </c>
+      <c r="C35" s="303">
         <v>383</v>
       </c>
       <c r="E35" s="61"/>
       <c r="F35" s="61"/>
       <c r="G35" s="61"/>
       <c r="H35" s="61"/>
       <c r="I35" s="61"/>
       <c r="J35" s="61"/>
       <c r="K35" s="61"/>
       <c r="L35" s="61"/>
       <c r="M35" s="61"/>
       <c r="N35" s="61"/>
       <c r="O35" s="61"/>
       <c r="P35" s="61"/>
       <c r="Q35" s="61"/>
     </row>
-    <row r="36" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C36" s="305">
+    <row r="36" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="296" t="s">
+        <v>440</v>
+      </c>
+      <c r="B36" s="297" t="s">
+        <v>441</v>
+      </c>
+      <c r="C36" s="298">
         <v>398</v>
       </c>
       <c r="D36" s="62"/>
       <c r="E36" s="23"/>
       <c r="F36" s="23"/>
       <c r="G36" s="23"/>
       <c r="H36" s="23"/>
       <c r="I36" s="23"/>
       <c r="J36" s="23"/>
       <c r="K36" s="23"/>
       <c r="L36" s="23"/>
       <c r="M36" s="23"/>
       <c r="N36" s="23"/>
       <c r="O36" s="23"/>
       <c r="P36" s="23"/>
       <c r="Q36" s="23"/>
     </row>
-    <row r="37" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C37" s="310">
+    <row r="37" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="306" t="s">
+        <v>442</v>
+      </c>
+      <c r="B37" s="302" t="s">
+        <v>443</v>
+      </c>
+      <c r="C37" s="303">
         <v>369</v>
       </c>
       <c r="E37" s="61"/>
       <c r="F37" s="61"/>
       <c r="G37" s="61"/>
       <c r="H37" s="61"/>
       <c r="I37" s="61"/>
       <c r="J37" s="61"/>
       <c r="K37" s="61"/>
       <c r="L37" s="61"/>
       <c r="M37" s="61"/>
       <c r="N37" s="61"/>
       <c r="O37" s="61"/>
       <c r="P37" s="61"/>
       <c r="Q37" s="61"/>
     </row>
-    <row r="38" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C38" s="305">
+    <row r="38" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="296" t="s">
+        <v>444</v>
+      </c>
+      <c r="B38" s="297" t="s">
+        <v>445</v>
+      </c>
+      <c r="C38" s="298">
         <v>384</v>
       </c>
       <c r="E38" s="23"/>
       <c r="F38" s="23"/>
       <c r="G38" s="23"/>
       <c r="H38" s="23"/>
       <c r="I38" s="23"/>
       <c r="J38" s="23"/>
       <c r="K38" s="23"/>
       <c r="L38" s="23"/>
       <c r="M38" s="23"/>
       <c r="N38" s="23"/>
       <c r="O38" s="23"/>
       <c r="P38" s="23"/>
       <c r="Q38" s="23"/>
     </row>
-    <row r="39" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C39" s="310">
+    <row r="39" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="306" t="s">
+        <v>446</v>
+      </c>
+      <c r="B39" s="302" t="s">
+        <v>447</v>
+      </c>
+      <c r="C39" s="303">
         <v>369</v>
       </c>
       <c r="E39" s="61"/>
       <c r="F39" s="61"/>
       <c r="G39" s="61"/>
       <c r="H39" s="61"/>
       <c r="I39" s="61"/>
       <c r="J39" s="61"/>
       <c r="K39" s="61"/>
       <c r="L39" s="61"/>
       <c r="M39" s="61"/>
       <c r="N39" s="61"/>
       <c r="O39" s="61"/>
       <c r="P39" s="61"/>
       <c r="Q39" s="61"/>
     </row>
-    <row r="40" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C40" s="305">
+    <row r="40" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="296" t="s">
+        <v>448</v>
+      </c>
+      <c r="B40" s="297" t="s">
+        <v>449</v>
+      </c>
+      <c r="C40" s="298">
         <v>393</v>
       </c>
       <c r="E40" s="23"/>
       <c r="F40" s="23"/>
       <c r="G40" s="23"/>
       <c r="H40" s="23"/>
       <c r="I40" s="23"/>
       <c r="J40" s="23"/>
       <c r="K40" s="23"/>
       <c r="L40" s="23"/>
       <c r="M40" s="23"/>
       <c r="N40" s="23"/>
       <c r="O40" s="23"/>
       <c r="P40" s="23"/>
       <c r="Q40" s="23"/>
     </row>
-    <row r="41" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C41" s="310">
+    <row r="41" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="301" t="s">
+        <v>450</v>
+      </c>
+      <c r="B41" s="302" t="s">
+        <v>451</v>
+      </c>
+      <c r="C41" s="303">
         <v>385</v>
       </c>
       <c r="E41" s="61"/>
       <c r="F41" s="61"/>
       <c r="G41" s="61"/>
       <c r="H41" s="61"/>
       <c r="I41" s="61"/>
       <c r="J41" s="61"/>
       <c r="K41" s="61"/>
       <c r="L41" s="61"/>
       <c r="M41" s="61"/>
       <c r="N41" s="61"/>
       <c r="O41" s="61"/>
       <c r="P41" s="61"/>
       <c r="Q41" s="61"/>
     </row>
-    <row r="42" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C42" s="305">
+    <row r="42" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="296" t="s">
+        <v>452</v>
+      </c>
+      <c r="B42" s="297" t="s">
+        <v>453</v>
+      </c>
+      <c r="C42" s="298">
         <v>355</v>
       </c>
       <c r="E42" s="23"/>
       <c r="F42" s="23"/>
       <c r="G42" s="23"/>
       <c r="H42" s="23"/>
       <c r="I42" s="23"/>
       <c r="J42" s="23"/>
       <c r="K42" s="23"/>
       <c r="L42" s="23"/>
       <c r="M42" s="23"/>
       <c r="N42" s="23"/>
       <c r="O42" s="23"/>
       <c r="P42" s="23"/>
       <c r="Q42" s="23"/>
     </row>
-    <row r="43" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C43" s="310">
+    <row r="43" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="301" t="s">
+        <v>454</v>
+      </c>
+      <c r="B43" s="302" t="s">
+        <v>455</v>
+      </c>
+      <c r="C43" s="303">
         <v>398</v>
       </c>
       <c r="E43" s="61"/>
       <c r="F43" s="61"/>
       <c r="G43" s="61"/>
       <c r="H43" s="61"/>
       <c r="I43" s="61"/>
       <c r="J43" s="61"/>
       <c r="K43" s="61"/>
       <c r="L43" s="61"/>
       <c r="M43" s="61"/>
       <c r="N43" s="61"/>
       <c r="O43" s="61"/>
       <c r="P43" s="61"/>
       <c r="Q43" s="61"/>
     </row>
-    <row r="44" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C44" s="305">
+    <row r="44" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="296" t="s">
+        <v>456</v>
+      </c>
+      <c r="B44" s="297" t="s">
+        <v>457</v>
+      </c>
+      <c r="C44" s="298">
         <v>368</v>
       </c>
       <c r="E44" s="23"/>
       <c r="F44" s="23"/>
       <c r="G44" s="23"/>
       <c r="H44" s="23"/>
       <c r="I44" s="23"/>
       <c r="J44" s="23"/>
       <c r="K44" s="23"/>
       <c r="L44" s="23"/>
       <c r="M44" s="23"/>
       <c r="N44" s="23"/>
       <c r="O44" s="23"/>
       <c r="P44" s="23"/>
       <c r="Q44" s="23"/>
     </row>
-    <row r="45" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C45" s="310">
+    <row r="45" spans="1:17" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="306" t="s">
+        <v>458</v>
+      </c>
+      <c r="B45" s="302" t="s">
+        <v>459</v>
+      </c>
+      <c r="C45" s="303">
         <v>369</v>
       </c>
       <c r="E45" s="61"/>
       <c r="F45" s="61"/>
       <c r="G45" s="61"/>
       <c r="H45" s="61"/>
       <c r="I45" s="61"/>
       <c r="J45" s="61"/>
       <c r="K45" s="61"/>
       <c r="L45" s="61"/>
       <c r="M45" s="61"/>
       <c r="N45" s="61"/>
       <c r="O45" s="61"/>
       <c r="P45" s="61"/>
       <c r="Q45" s="61"/>
     </row>
-    <row r="46" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="303" t="s">
+    <row r="46" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="296" t="s">
+        <v>460</v>
+      </c>
+      <c r="B46" s="297" t="s">
+        <v>461</v>
+      </c>
+      <c r="C46" s="298">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="306" t="s">
         <v>462</v>
       </c>
-      <c r="B46" s="304" t="s">
+      <c r="B47" s="302" t="s">
         <v>463</v>
       </c>
-      <c r="C46" s="305">
-[...10 lines deleted...]
-      <c r="C47" s="310">
+      <c r="C47" s="303">
         <v>369</v>
       </c>
       <c r="E47" s="23"/>
       <c r="F47" s="23"/>
       <c r="G47" s="23"/>
       <c r="H47" s="23"/>
       <c r="I47" s="23"/>
       <c r="J47" s="23"/>
       <c r="K47" s="23"/>
       <c r="L47" s="23"/>
       <c r="M47" s="23"/>
       <c r="N47" s="23"/>
       <c r="O47" s="23"/>
       <c r="P47" s="23"/>
       <c r="Q47" s="23"/>
     </row>
-    <row r="48" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="303" t="s">
+    <row r="48" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="296" t="s">
+        <v>464</v>
+      </c>
+      <c r="B48" s="297" t="s">
+        <v>465</v>
+      </c>
+      <c r="C48" s="298">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="306" t="s">
         <v>466</v>
       </c>
-      <c r="B48" s="304" t="s">
+      <c r="B49" s="302" t="s">
         <v>467</v>
       </c>
-      <c r="C48" s="305">
-[...10 lines deleted...]
-      <c r="C49" s="310">
+      <c r="C49" s="303">
         <v>376</v>
       </c>
       <c r="E49" s="23"/>
       <c r="F49" s="23"/>
       <c r="G49" s="23"/>
       <c r="H49" s="23"/>
       <c r="I49" s="23"/>
       <c r="J49" s="23"/>
       <c r="K49" s="23"/>
       <c r="L49" s="23"/>
       <c r="M49" s="23"/>
       <c r="N49" s="23"/>
       <c r="O49" s="23"/>
       <c r="P49" s="23"/>
       <c r="Q49" s="23"/>
     </row>
-    <row r="50" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="303" t="s">
+    <row r="50" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="296" t="s">
+        <v>468</v>
+      </c>
+      <c r="B50" s="297" t="s">
+        <v>469</v>
+      </c>
+      <c r="C50" s="298">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="301" t="s">
         <v>470</v>
       </c>
-      <c r="B50" s="304" t="s">
+      <c r="B51" s="302" t="s">
         <v>471</v>
       </c>
-      <c r="C50" s="305">
-[...10 lines deleted...]
-      <c r="C51" s="310">
+      <c r="C51" s="303">
         <v>369</v>
       </c>
       <c r="E51" s="23"/>
       <c r="F51" s="23"/>
       <c r="G51" s="23"/>
       <c r="H51" s="23"/>
       <c r="I51" s="23"/>
       <c r="J51" s="23"/>
       <c r="K51" s="23"/>
       <c r="L51" s="23"/>
       <c r="M51" s="23"/>
       <c r="N51" s="23"/>
       <c r="O51" s="23"/>
       <c r="P51" s="23"/>
       <c r="Q51" s="23"/>
     </row>
-    <row r="52" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="303" t="s">
+    <row r="52" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="296" t="s">
+        <v>472</v>
+      </c>
+      <c r="B52" s="297" t="s">
+        <v>473</v>
+      </c>
+      <c r="C52" s="298">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="301" t="s">
         <v>474</v>
       </c>
-      <c r="B52" s="304" t="s">
+      <c r="B53" s="302" t="s">
         <v>475</v>
       </c>
-      <c r="C52" s="305">
-[...10 lines deleted...]
-      <c r="C53" s="310">
+      <c r="C53" s="303">
         <v>369</v>
       </c>
       <c r="E53" s="23"/>
       <c r="F53" s="23"/>
       <c r="G53" s="23"/>
       <c r="H53" s="23"/>
       <c r="I53" s="23"/>
       <c r="J53" s="23"/>
       <c r="K53" s="23"/>
       <c r="L53" s="23"/>
       <c r="M53" s="23"/>
       <c r="N53" s="23"/>
       <c r="O53" s="23"/>
       <c r="P53" s="23"/>
       <c r="Q53" s="23"/>
     </row>
-    <row r="54" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="303" t="s">
+    <row r="54" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="296" t="s">
+        <v>476</v>
+      </c>
+      <c r="B54" s="297" t="s">
+        <v>477</v>
+      </c>
+      <c r="C54" s="298">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="301" t="s">
         <v>478</v>
       </c>
-      <c r="B54" s="304" t="s">
+      <c r="B55" s="302" t="s">
         <v>479</v>
       </c>
-      <c r="C54" s="305">
-[...10 lines deleted...]
-      <c r="C55" s="310">
+      <c r="C55" s="303">
         <v>369</v>
       </c>
       <c r="E55" s="23"/>
       <c r="F55" s="23"/>
       <c r="G55" s="23"/>
       <c r="H55" s="23"/>
       <c r="I55" s="23"/>
       <c r="J55" s="23"/>
       <c r="K55" s="23"/>
       <c r="L55" s="23"/>
       <c r="M55" s="23"/>
       <c r="N55" s="23"/>
       <c r="O55" s="23"/>
       <c r="P55" s="23"/>
       <c r="Q55" s="23"/>
     </row>
-    <row r="56" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="303" t="s">
+    <row r="56" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="296" t="s">
+        <v>480</v>
+      </c>
+      <c r="B56" s="297" t="s">
+        <v>481</v>
+      </c>
+      <c r="C56" s="298">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="301" t="s">
         <v>482</v>
       </c>
-      <c r="B56" s="304" t="s">
+      <c r="B57" s="302" t="s">
         <v>483</v>
       </c>
-      <c r="C56" s="305">
-[...10 lines deleted...]
-      <c r="C57" s="310">
+      <c r="C57" s="303">
         <v>369</v>
       </c>
       <c r="E57" s="23"/>
       <c r="F57" s="23"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
     </row>
-    <row r="58" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="303" t="s">
+    <row r="58" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="296" t="s">
+        <v>484</v>
+      </c>
+      <c r="B58" s="297" t="s">
+        <v>485</v>
+      </c>
+      <c r="C58" s="298">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="301" t="s">
         <v>486</v>
       </c>
-      <c r="B58" s="304" t="s">
+      <c r="B59" s="302" t="s">
         <v>487</v>
       </c>
-      <c r="C58" s="305">
-[...10 lines deleted...]
-      <c r="C59" s="310">
+      <c r="C59" s="303">
         <v>369</v>
       </c>
       <c r="E59" s="23"/>
       <c r="F59" s="23"/>
       <c r="G59" s="23"/>
       <c r="H59" s="23"/>
       <c r="I59" s="23"/>
       <c r="J59" s="23"/>
       <c r="K59" s="23"/>
       <c r="L59" s="23"/>
       <c r="M59" s="23"/>
       <c r="N59" s="23"/>
       <c r="O59" s="23"/>
       <c r="P59" s="23"/>
       <c r="Q59" s="23"/>
     </row>
-    <row r="60" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="303" t="s">
+    <row r="60" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="296" t="s">
+        <v>488</v>
+      </c>
+      <c r="B60" s="297" t="s">
+        <v>489</v>
+      </c>
+      <c r="C60" s="298">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="467" t="s">
         <v>490</v>
       </c>
-      <c r="B60" s="304" t="s">
+      <c r="B61" s="468" t="s">
         <v>491</v>
       </c>
-      <c r="C60" s="305">
-[...10 lines deleted...]
-      <c r="C61" s="476">
+      <c r="C61" s="469">
         <v>369</v>
       </c>
       <c r="E61" s="23"/>
       <c r="F61" s="23"/>
       <c r="G61" s="23"/>
       <c r="H61" s="23"/>
       <c r="I61" s="23"/>
       <c r="J61" s="23"/>
       <c r="K61" s="23"/>
       <c r="L61" s="23"/>
       <c r="M61" s="23"/>
       <c r="N61" s="23"/>
       <c r="O61" s="23"/>
       <c r="P61" s="23"/>
       <c r="Q61" s="23"/>
     </row>
-    <row r="62" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="63" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="63" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E63" s="23"/>
       <c r="F63" s="23"/>
       <c r="G63" s="23"/>
       <c r="H63" s="23"/>
       <c r="I63" s="23"/>
       <c r="J63" s="23"/>
       <c r="K63" s="23"/>
       <c r="L63" s="23"/>
       <c r="M63" s="23"/>
       <c r="N63" s="23"/>
       <c r="O63" s="23"/>
       <c r="P63" s="23"/>
       <c r="Q63" s="23"/>
     </row>
-    <row r="64" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:17" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E64" s="63"/>
       <c r="F64" s="63"/>
       <c r="G64" s="63"/>
       <c r="H64" s="63"/>
       <c r="I64" s="63"/>
       <c r="J64" s="63"/>
       <c r="K64" s="63"/>
       <c r="L64" s="63"/>
       <c r="M64" s="63"/>
       <c r="N64" s="63"/>
       <c r="O64" s="63"/>
       <c r="P64" s="63"/>
       <c r="Q64" s="63"/>
     </row>
-    <row r="65" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="57" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="B65" s="22"/>
       <c r="D65" s="1"/>
       <c r="E65" s="63"/>
       <c r="F65" s="63"/>
       <c r="G65" s="63"/>
       <c r="H65" s="63"/>
       <c r="I65" s="63"/>
       <c r="J65" s="63"/>
       <c r="K65" s="63"/>
       <c r="L65" s="63"/>
       <c r="M65" s="63"/>
       <c r="N65" s="63"/>
       <c r="O65" s="63"/>
       <c r="P65" s="63"/>
       <c r="Q65" s="63"/>
     </row>
-    <row r="66" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="477" t="s">
+    <row r="66" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="470" t="s">
+        <v>493</v>
+      </c>
+      <c r="B66" s="471" t="s">
+        <v>494</v>
+      </c>
+      <c r="C66" s="472">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="304" t="s">
         <v>495</v>
       </c>
-      <c r="B66" s="478" t="s">
+      <c r="B67" s="309" t="s">
         <v>496</v>
       </c>
-      <c r="C66" s="479">
-[...4 lines deleted...]
-      <c r="A67" s="311" t="s">
+      <c r="C67" s="310">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="296" t="s">
         <v>497</v>
       </c>
-      <c r="B67" s="316" t="s">
+      <c r="B68" s="297" t="s">
         <v>498</v>
       </c>
-      <c r="C67" s="317">
-[...4 lines deleted...]
-      <c r="A68" s="303" t="s">
+      <c r="C68" s="298" t="s">
         <v>499</v>
       </c>
-      <c r="B68" s="304" t="s">
+    </row>
+    <row r="69" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="301" t="s">
         <v>500</v>
       </c>
-      <c r="C68" s="305" t="s">
+      <c r="B69" s="302" t="s">
         <v>501</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A69" s="308" t="s">
+      <c r="C69" s="303" t="s">
         <v>502</v>
       </c>
-      <c r="B69" s="309" t="s">
+    </row>
+    <row r="70" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="296" t="s">
         <v>503</v>
       </c>
-      <c r="C69" s="310" t="s">
+      <c r="B70" s="297" t="s">
         <v>504</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A70" s="303" t="s">
+      <c r="C70" s="298" t="s">
         <v>505</v>
       </c>
-      <c r="B70" s="304" t="s">
+    </row>
+    <row r="71" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="301" t="s">
         <v>506</v>
       </c>
-      <c r="C70" s="305" t="s">
+      <c r="B71" s="302" t="s">
         <v>507</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A71" s="308" t="s">
+      <c r="C71" s="303" t="s">
         <v>508</v>
       </c>
-      <c r="B71" s="309" t="s">
+    </row>
+    <row r="72" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="296" t="s">
         <v>509</v>
       </c>
-      <c r="C71" s="310" t="s">
+      <c r="B72" s="297" t="s">
         <v>510</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A72" s="303" t="s">
+      <c r="C72" s="298" t="s">
         <v>511</v>
       </c>
-      <c r="B72" s="304" t="s">
+    </row>
+    <row r="73" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="301" t="s">
         <v>512</v>
       </c>
-      <c r="C72" s="305" t="s">
+      <c r="B73" s="302" t="s">
         <v>513</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A73" s="308" t="s">
+      <c r="C73" s="303" t="s">
         <v>514</v>
       </c>
-      <c r="B73" s="309" t="s">
+    </row>
+    <row r="74" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="296" t="s">
         <v>515</v>
       </c>
-      <c r="C73" s="310" t="s">
+      <c r="B74" s="297" t="s">
         <v>516</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A74" s="303" t="s">
+      <c r="C74" s="298" t="s">
         <v>517</v>
-      </c>
-[...4 lines deleted...]
-        <v>519</v>
       </c>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
     </row>
-    <row r="75" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A75" s="311" t="s">
+    <row r="75" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="304" t="s">
+        <v>518</v>
+      </c>
+      <c r="B75" s="309" t="s">
+        <v>519</v>
+      </c>
+      <c r="C75" s="310" t="s">
         <v>520</v>
       </c>
-      <c r="B75" s="316" t="s">
+    </row>
+    <row r="76" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="305" t="s">
         <v>521</v>
       </c>
-      <c r="C75" s="317" t="s">
+      <c r="B76" s="311" t="s">
         <v>522</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C76" s="319">
+      <c r="C76" s="312">
         <v>31</v>
       </c>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
     </row>
-    <row r="77" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A77" s="311" t="s">
+    <row r="77" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="304" t="s">
+        <v>523</v>
+      </c>
+      <c r="B77" s="309" t="s">
+        <v>524</v>
+      </c>
+      <c r="C77" s="310">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="473" t="s">
         <v>525</v>
       </c>
-      <c r="B77" s="316" t="s">
+      <c r="B78" s="474" t="s">
         <v>526</v>
       </c>
-      <c r="C77" s="317">
-[...10 lines deleted...]
-      <c r="C78" s="482">
+      <c r="C78" s="475">
         <v>27</v>
       </c>
     </row>
-    <row r="79" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B79" s="178"/>
       <c r="C79" s="178"/>
       <c r="E79" s="1"/>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
       <c r="I79" s="1"/>
       <c r="J79" s="1"/>
       <c r="K79" s="1"/>
       <c r="L79" s="1"/>
       <c r="M79" s="1"/>
       <c r="N79" s="1"/>
       <c r="O79" s="1"/>
       <c r="P79" s="1"/>
       <c r="Q79" s="1"/>
     </row>
-    <row r="80" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="50" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="B80" s="53"/>
       <c r="C80" s="58"/>
       <c r="D80" s="1"/>
     </row>
-    <row r="81" spans="1:17" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:17" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A81" s="57" t="s">
-        <v>494</v>
-[...3 lines deleted...]
-      <c r="A82" s="320" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A82" s="313" t="s">
+        <v>528</v>
+      </c>
+      <c r="B82" s="476" t="s">
+        <v>529</v>
+      </c>
+      <c r="C82" s="477" t="s">
         <v>530</v>
       </c>
-      <c r="B82" s="483" t="s">
-[...7 lines deleted...]
-    <row r="83" spans="1:17" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D82" s="212"/>
+    </row>
+    <row r="83" spans="1:17" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A83" s="57" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="E83" s="63"/>
       <c r="F83" s="63"/>
       <c r="G83" s="63"/>
       <c r="H83" s="63"/>
       <c r="I83" s="63"/>
       <c r="J83" s="63"/>
       <c r="K83" s="63"/>
       <c r="L83" s="63"/>
       <c r="M83" s="63"/>
       <c r="N83" s="63"/>
       <c r="O83" s="63"/>
       <c r="P83" s="63"/>
       <c r="Q83" s="63"/>
     </row>
-    <row r="84" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A84" s="320" t="s">
+    <row r="84" spans="1:17" s="63" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A84" s="313" t="s">
+        <v>531</v>
+      </c>
+      <c r="B84" s="314" t="s">
+        <v>532</v>
+      </c>
+      <c r="C84" s="315" t="s">
         <v>533</v>
       </c>
-      <c r="B84" s="321" t="s">
-[...5 lines deleted...]
-      <c r="D84" s="214"/>
+      <c r="D84" s="212"/>
       <c r="E84" s="1"/>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
       <c r="I84" s="1"/>
       <c r="J84" s="1"/>
       <c r="K84" s="1"/>
       <c r="L84" s="1"/>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
       <c r="P84" s="1"/>
       <c r="Q84" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="E7:P7"/>
     <mergeCell ref="E8:P8"/>
     <mergeCell ref="E10:Q10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0BEF924D-F202-4207-AA5F-AC276B6C8EBA}">
   <dimension ref="A1:C10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A51" sqref="A51"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="82" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="10.5703125" customWidth="1"/>
-    <col min="3" max="3" width="14.7109375" customWidth="1"/>
+    <col min="2" max="2" width="10.54296875" customWidth="1"/>
+    <col min="3" max="3" width="14.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" ht="44.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="22"/>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="22"/>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="22"/>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="22"/>
     </row>
-    <row r="5" spans="1:3" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:3" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="51" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="B5" s="54" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C5" s="52" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="21" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="B6" s="22"/>
       <c r="C6" s="22"/>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A7" s="248" t="s">
+    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A7" s="246" t="s">
+        <v>535</v>
+      </c>
+      <c r="B7" s="247" t="s">
+        <v>536</v>
+      </c>
+      <c r="C7" s="248">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A8" s="258" t="s">
         <v>537</v>
       </c>
-      <c r="B7" s="249" t="s">
+      <c r="B8" s="257" t="s">
         <v>538</v>
       </c>
-      <c r="C7" s="250">
-[...4 lines deleted...]
-      <c r="A8" s="261" t="s">
+      <c r="C8" s="259">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A9" s="185" t="s">
         <v>539</v>
       </c>
-      <c r="B8" s="260" t="s">
+      <c r="B9" s="60" t="s">
         <v>540</v>
-      </c>
-[...9 lines deleted...]
-        <v>542</v>
       </c>
       <c r="C9" s="186">
         <v>91</v>
       </c>
     </row>
-    <row r="10" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>543</v>
+    <row r="10" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="260" t="s">
+        <v>541</v>
       </c>
       <c r="B10" s="188" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="C10" s="189">
         <v>90</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F384ED3F-E15F-4DE3-B9B4-A70423C1CD67}">
   <dimension ref="A1:G38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G32" sqref="G32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="67.42578125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="9.5703125" customWidth="1"/>
+    <col min="1" max="1" width="67.453125" customWidth="1"/>
+    <col min="2" max="2" width="10.54296875" customWidth="1"/>
+    <col min="3" max="3" width="9.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C1" s="22"/>
       <c r="D1"/>
     </row>
-    <row r="2" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C2" s="22"/>
       <c r="D2"/>
     </row>
-    <row r="3" spans="1:4" s="1" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" s="1" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="C3" s="22"/>
       <c r="D3"/>
     </row>
-    <row r="4" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C4" s="22"/>
       <c r="D4"/>
     </row>
-    <row r="5" spans="1:4" s="1" customFormat="1" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" s="1" customFormat="1" ht="26.5" x14ac:dyDescent="0.35">
       <c r="A5" s="55" t="s">
+        <v>544</v>
+      </c>
+      <c r="B5" s="56" t="s">
+        <v>545</v>
+      </c>
+      <c r="C5" s="56" t="s">
         <v>546</v>
       </c>
-      <c r="B5" s="56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D5"/>
     </row>
-    <row r="6" spans="1:4" s="1" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" s="1" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="187" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B6" s="22"/>
       <c r="C6" s="22"/>
     </row>
-    <row r="7" spans="1:4" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:4" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="182" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="B7" s="183" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="C7" s="184">
         <v>358</v>
       </c>
     </row>
-    <row r="8" spans="1:4" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:4" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="185" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="B8" s="60" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="C8" s="186">
         <v>359</v>
       </c>
     </row>
-    <row r="9" spans="1:4" s="23" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" s="23" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="117" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="B9" s="188" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="C9" s="189">
         <v>393</v>
       </c>
     </row>
-    <row r="10" spans="1:4" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:4" s="23" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A10" s="1"/>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
     </row>
-    <row r="38" spans="7:7" x14ac:dyDescent="0.25">
+    <row r="38" spans="7:7" x14ac:dyDescent="0.35">
       <c r="G38" s="169"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D8BB5F4B-6E14-42ED-B1CC-08E4F704B666}">
   <dimension ref="A1:M21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="M52" sqref="M52"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="68.42578125" customWidth="1"/>
+    <col min="1" max="1" width="68.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
-      <c r="B1" s="251"/>
-[...91 lines deleted...]
-      <c r="B7" s="254" t="s">
+      <c r="B1" s="249"/>
+      <c r="C1" s="249"/>
+      <c r="D1" s="249"/>
+      <c r="E1" s="249"/>
+      <c r="F1" s="249"/>
+      <c r="G1" s="249"/>
+      <c r="H1" s="249"/>
+      <c r="I1" s="249"/>
+      <c r="J1" s="249"/>
+      <c r="K1" s="249"/>
+      <c r="L1" s="249"/>
+      <c r="M1" s="249"/>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A2" s="249"/>
+      <c r="B2" s="249"/>
+      <c r="C2" s="249"/>
+      <c r="D2" s="249"/>
+      <c r="E2" s="249"/>
+      <c r="F2" s="249"/>
+      <c r="G2" s="249"/>
+      <c r="H2" s="249"/>
+      <c r="I2" s="249"/>
+      <c r="J2" s="249"/>
+      <c r="K2" s="249"/>
+      <c r="L2" s="249"/>
+      <c r="M2" s="249"/>
+    </row>
+    <row r="3" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A3" s="249"/>
+      <c r="B3" s="249"/>
+      <c r="C3" s="249"/>
+      <c r="D3" s="249"/>
+      <c r="E3" s="249"/>
+      <c r="F3" s="249"/>
+      <c r="G3" s="249"/>
+      <c r="H3" s="249"/>
+      <c r="I3" s="249"/>
+      <c r="J3" s="249"/>
+      <c r="K3" s="249"/>
+      <c r="L3" s="249"/>
+      <c r="M3" s="249"/>
+    </row>
+    <row r="4" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A4" s="249"/>
+      <c r="B4" s="249"/>
+      <c r="C4" s="249"/>
+      <c r="D4" s="249"/>
+      <c r="E4" s="249"/>
+      <c r="F4" s="249"/>
+      <c r="G4" s="249"/>
+      <c r="H4" s="249"/>
+      <c r="I4" s="249"/>
+      <c r="J4" s="249"/>
+      <c r="K4" s="249"/>
+      <c r="L4" s="249"/>
+      <c r="M4" s="249"/>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A5" s="250" t="s">
+        <v>553</v>
+      </c>
+      <c r="B5" s="249"/>
+      <c r="C5" s="249"/>
+      <c r="D5" s="249"/>
+      <c r="E5" s="249"/>
+      <c r="F5" s="249"/>
+      <c r="G5" s="249"/>
+      <c r="H5" s="249"/>
+      <c r="I5" s="249"/>
+      <c r="J5" s="249"/>
+      <c r="K5" s="249"/>
+      <c r="L5" s="249"/>
+      <c r="M5" s="249"/>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A6" s="249"/>
+      <c r="B6" s="249"/>
+      <c r="C6" s="249"/>
+      <c r="D6" s="249"/>
+      <c r="E6" s="249"/>
+      <c r="F6" s="249"/>
+      <c r="G6" s="249"/>
+      <c r="H6" s="249"/>
+      <c r="I6" s="249"/>
+      <c r="J6" s="249"/>
+      <c r="K6" s="249"/>
+      <c r="L6" s="249"/>
+      <c r="M6" s="249"/>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A7" s="251"/>
+      <c r="B7" s="252" t="s">
         <v>1</v>
       </c>
-      <c r="C7" s="254" t="s">
+      <c r="C7" s="252" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="254" t="s">
+      <c r="D7" s="252" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="254" t="s">
+      <c r="E7" s="252" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="254" t="s">
+      <c r="F7" s="252" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="254" t="s">
+      <c r="G7" s="252" t="s">
         <v>6</v>
       </c>
-      <c r="H7" s="254" t="s">
+      <c r="H7" s="252" t="s">
         <v>7</v>
       </c>
-      <c r="I7" s="254" t="s">
+      <c r="I7" s="252" t="s">
         <v>8</v>
       </c>
-      <c r="J7" s="254" t="s">
+      <c r="J7" s="252" t="s">
         <v>9</v>
       </c>
-      <c r="K7" s="254" t="s">
+      <c r="K7" s="252" t="s">
         <v>10</v>
       </c>
-      <c r="L7" s="254" t="s">
+      <c r="L7" s="252" t="s">
         <v>11</v>
       </c>
-      <c r="M7" s="254" t="s">
+      <c r="M7" s="252" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>556</v>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A8" s="535" t="s">
+        <v>554</v>
       </c>
       <c r="B8" s="69" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C8" s="69" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D8" s="69" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E8" s="69" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F8" s="69" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G8" s="69" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="H8" s="69" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I8" s="69" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J8" s="69" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K8" s="69" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L8" s="69" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M8" s="69" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A9" s="512"/>
+        <v>24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A9" s="535"/>
       <c r="B9" s="70"/>
       <c r="C9" s="70"/>
       <c r="D9" s="70" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E9" s="70"/>
       <c r="F9" s="70"/>
       <c r="G9" s="70" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H9" s="70"/>
       <c r="I9" s="70"/>
       <c r="J9" s="70" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K9" s="70"/>
       <c r="L9" s="70"/>
       <c r="M9" s="70" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        <v>557</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A10" s="535" t="s">
+        <v>555</v>
       </c>
       <c r="B10" s="69" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C10" s="69" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D10" s="69" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E10" s="69" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F10" s="69" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G10" s="69" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="H10" s="69" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I10" s="69" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J10" s="69" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K10" s="69" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L10" s="69" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M10" s="69" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A11" s="512"/>
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A11" s="535"/>
       <c r="B11" s="70"/>
       <c r="C11" s="70"/>
       <c r="D11" s="70" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E11" s="70"/>
       <c r="F11" s="70"/>
       <c r="G11" s="70" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H11" s="70"/>
       <c r="I11" s="70"/>
       <c r="J11" s="70" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K11" s="70"/>
       <c r="L11" s="70"/>
       <c r="M11" s="70" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        <v>558</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A12" s="535" t="s">
+        <v>556</v>
       </c>
       <c r="B12" s="69" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C12" s="69" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D12" s="69" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E12" s="69" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F12" s="69" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G12" s="69" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="H12" s="69" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I12" s="69" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J12" s="69" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K12" s="69" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L12" s="69" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M12" s="69" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A13" s="512"/>
+        <v>24</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A13" s="535"/>
       <c r="B13" s="70"/>
       <c r="C13" s="70"/>
       <c r="D13" s="70" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E13" s="70"/>
       <c r="F13" s="70"/>
       <c r="G13" s="70" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H13" s="70"/>
       <c r="I13" s="70"/>
       <c r="J13" s="70" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K13" s="70"/>
       <c r="L13" s="70"/>
       <c r="M13" s="70" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        <v>559</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A14" s="535" t="s">
+        <v>557</v>
       </c>
       <c r="B14" s="69" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C14" s="69" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D14" s="69" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E14" s="69" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F14" s="69" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G14" s="69" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="H14" s="69" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I14" s="69" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J14" s="69" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K14" s="69" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L14" s="69" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M14" s="69" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A15" s="512"/>
+        <v>24</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A15" s="535"/>
       <c r="B15" s="70"/>
       <c r="C15" s="70"/>
       <c r="D15" s="70" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E15" s="70"/>
       <c r="F15" s="70"/>
       <c r="G15" s="70" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H15" s="70"/>
       <c r="I15" s="70"/>
       <c r="J15" s="70" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K15" s="70"/>
       <c r="L15" s="70"/>
       <c r="M15" s="70" t="s">
-        <v>16</v>
-[...17 lines deleted...]
-    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A16" s="249"/>
+      <c r="B16" s="249"/>
+      <c r="C16" s="249"/>
+      <c r="D16" s="249"/>
+      <c r="E16" s="249"/>
+      <c r="F16" s="249"/>
+      <c r="G16" s="249"/>
+      <c r="H16" s="249"/>
+      <c r="I16" s="249"/>
+      <c r="J16" s="249"/>
+      <c r="K16" s="249"/>
+      <c r="L16" s="249"/>
+      <c r="M16" s="249"/>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A17" s="45" t="s">
-        <v>560</v>
-[...14 lines deleted...]
-    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
+        <v>558</v>
+      </c>
+      <c r="B17" s="249"/>
+      <c r="C17" s="249"/>
+      <c r="D17" s="249"/>
+      <c r="E17" s="249"/>
+      <c r="F17" s="249"/>
+      <c r="G17" s="249"/>
+      <c r="H17" s="249"/>
+      <c r="I17" s="249"/>
+      <c r="J17" s="249"/>
+      <c r="K17" s="249"/>
+      <c r="L17" s="249"/>
+      <c r="M17" s="249"/>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A18" s="45"/>
-      <c r="B18" s="251"/>
-[...12 lines deleted...]
-    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B18" s="249"/>
+      <c r="C18" s="249"/>
+      <c r="D18" s="249"/>
+      <c r="E18" s="249"/>
+      <c r="F18" s="249"/>
+      <c r="G18" s="249"/>
+      <c r="H18" s="249"/>
+      <c r="I18" s="249"/>
+      <c r="J18" s="249"/>
+      <c r="K18" s="249"/>
+      <c r="L18" s="249"/>
+      <c r="M18" s="249"/>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A19" s="195" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="B19" s="195"/>
       <c r="C19" s="195"/>
       <c r="D19" s="195"/>
       <c r="E19" s="195"/>
       <c r="F19" s="195"/>
       <c r="G19" s="195"/>
       <c r="H19" s="195"/>
       <c r="I19" s="195"/>
       <c r="J19" s="195"/>
-      <c r="K19" s="251"/>
-[...3 lines deleted...]
-    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="K19" s="249"/>
+      <c r="L19" s="249"/>
+      <c r="M19" s="249"/>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A20" s="195"/>
-      <c r="B20" s="251"/>
-[...12 lines deleted...]
-    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B20" s="249"/>
+      <c r="C20" s="249"/>
+      <c r="D20" s="249"/>
+      <c r="E20" s="249"/>
+      <c r="F20" s="249"/>
+      <c r="G20" s="249"/>
+      <c r="H20" s="249"/>
+      <c r="I20" s="249"/>
+      <c r="J20" s="249"/>
+      <c r="K20" s="249"/>
+      <c r="L20" s="249"/>
+      <c r="M20" s="249"/>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A21" s="195" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="B21" s="195"/>
       <c r="C21" s="195"/>
       <c r="D21" s="195"/>
       <c r="E21" s="195"/>
       <c r="F21" s="195"/>
       <c r="G21" s="195"/>
       <c r="H21" s="195"/>
       <c r="I21" s="195"/>
       <c r="J21" s="195"/>
       <c r="K21" s="195"/>
-      <c r="L21" s="251"/>
-      <c r="M21" s="251"/>
+      <c r="L21" s="249"/>
+      <c r="M21" s="249"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="A14:A15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A2:O207"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A30" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="R117" sqref="R117"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="31.42578125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="16384" width="8.85546875" style="1"/>
+    <col min="1" max="1" width="31.453125" style="1" customWidth="1"/>
+    <col min="2" max="13" width="9.7265625" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="4" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-    <row r="6" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="6" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="176"/>
       <c r="B6" s="91" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="92" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="92" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="92" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="92" t="s">
         <v>5</v>
       </c>
       <c r="G6" s="92" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="92" t="s">
         <v>7</v>
       </c>
       <c r="I6" s="92" t="s">
         <v>8</v>
       </c>
       <c r="J6" s="92" t="s">
         <v>9</v>
       </c>
       <c r="K6" s="92" t="s">
         <v>10</v>
       </c>
       <c r="L6" s="92" t="s">
         <v>11</v>
       </c>
       <c r="M6" s="177" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A7" s="28"/>
       <c r="B7" s="114" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="115" t="s">
         <v>14</v>
       </c>
-      <c r="C7" s="115" t="s">
+      <c r="D7" s="174" t="s">
         <v>15</v>
       </c>
-      <c r="D7" s="174" t="s">
+      <c r="E7" s="174" t="s">
+        <v>53</v>
+      </c>
+      <c r="F7" s="174" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="174" t="s">
+        <v>18</v>
+      </c>
+      <c r="H7" s="174" t="s">
+        <v>19</v>
+      </c>
+      <c r="I7" s="174" t="s">
+        <v>20</v>
+      </c>
+      <c r="J7" s="174" t="s">
+        <v>21</v>
+      </c>
+      <c r="K7" s="174" t="s">
+        <v>22</v>
+      </c>
+      <c r="L7" s="174" t="s">
+        <v>23</v>
+      </c>
+      <c r="M7" s="116" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A8" s="86" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" s="105" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="77" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="80" t="s">
         <v>16</v>
       </c>
-      <c r="E7" s="174" t="s">
+      <c r="E8" s="80" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="80" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="80" t="s">
+        <v>20</v>
+      </c>
+      <c r="I8" s="80" t="s">
+        <v>21</v>
+      </c>
+      <c r="J8" s="80" t="s">
+        <v>22</v>
+      </c>
+      <c r="K8" s="80" t="s">
+        <v>23</v>
+      </c>
+      <c r="L8" s="80" t="s">
+        <v>24</v>
+      </c>
+      <c r="M8" s="93" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="242" t="s">
         <v>55</v>
       </c>
-      <c r="F7" s="174" t="s">
+      <c r="B9" s="125" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="126" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="126" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9" s="126" t="s">
         <v>18</v>
       </c>
-      <c r="G7" s="174" t="s">
+      <c r="F9" s="126" t="s">
         <v>19</v>
       </c>
-      <c r="H7" s="174" t="s">
+      <c r="G9" s="126" t="s">
         <v>20</v>
       </c>
-      <c r="I7" s="174" t="s">
+      <c r="H9" s="126" t="s">
         <v>21</v>
       </c>
-      <c r="J7" s="174" t="s">
+      <c r="I9" s="126" t="s">
         <v>22</v>
       </c>
-      <c r="K7" s="174" t="s">
+      <c r="J9" s="126" t="s">
         <v>23</v>
       </c>
-      <c r="L7" s="174" t="s">
+      <c r="K9" s="126" t="s">
         <v>24</v>
       </c>
-      <c r="M7" s="116" t="s">
-[...40 lines deleted...]
-      <c r="M8" s="93" t="s">
+      <c r="L9" s="126" t="s">
+        <v>13</v>
+      </c>
+      <c r="M9" s="128" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="9" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-[...40 lines deleted...]
-    <row r="10" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A10" s="28"/>
       <c r="B10" s="120" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="121" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" s="121" t="s">
+        <v>17</v>
+      </c>
+      <c r="E10" s="102" t="s">
+        <v>18</v>
+      </c>
+      <c r="F10" s="102" t="s">
+        <v>19</v>
+      </c>
+      <c r="G10" s="102" t="s">
+        <v>20</v>
+      </c>
+      <c r="H10" s="102" t="s">
+        <v>21</v>
+      </c>
+      <c r="I10" s="102" t="s">
+        <v>22</v>
+      </c>
+      <c r="J10" s="102" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" s="102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" s="102" t="s">
+        <v>13</v>
+      </c>
+      <c r="M10" s="103" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A11" s="29" t="s">
+        <v>56</v>
+      </c>
+      <c r="B11" s="106" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="121" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="121" t="s">
+      <c r="C11" s="79" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="E10" s="102" t="s">
+      <c r="E11" s="78" t="s">
         <v>19</v>
       </c>
-      <c r="F10" s="102" t="s">
+      <c r="F11" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="G10" s="102" t="s">
+      <c r="G11" s="78" t="s">
         <v>21</v>
       </c>
-      <c r="H10" s="102" t="s">
+      <c r="H11" s="78" t="s">
         <v>22</v>
       </c>
-      <c r="I10" s="102" t="s">
+      <c r="I11" s="78" t="s">
         <v>23</v>
       </c>
-      <c r="J10" s="102" t="s">
+      <c r="J11" s="78" t="s">
         <v>24</v>
       </c>
-      <c r="K10" s="102" t="s">
-[...2 lines deleted...]
-      <c r="L10" s="102" t="s">
+      <c r="K11" s="78" t="s">
+        <v>13</v>
+      </c>
+      <c r="L11" s="78" t="s">
         <v>14</v>
       </c>
-      <c r="M10" s="103" t="s">
+      <c r="M11" s="94" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="11" spans="1:13" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B11" s="106" t="s">
+    <row r="12" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A12" s="29" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" s="105" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="79" t="s">
+      <c r="C12" s="77" t="s">
         <v>18</v>
       </c>
-      <c r="D11" s="79" t="s">
+      <c r="D12" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E11" s="78" t="s">
+      <c r="E12" s="77" t="s">
         <v>20</v>
       </c>
-      <c r="F11" s="78" t="s">
+      <c r="F12" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="G11" s="78" t="s">
+      <c r="G12" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="H11" s="78" t="s">
+      <c r="H12" s="77" t="s">
         <v>23</v>
       </c>
-      <c r="I11" s="78" t="s">
+      <c r="I12" s="77" t="s">
         <v>24</v>
       </c>
-      <c r="J11" s="78" t="s">
-[...2 lines deleted...]
-      <c r="K11" s="78" t="s">
+      <c r="J12" s="77" t="s">
+        <v>13</v>
+      </c>
+      <c r="K12" s="77" t="s">
         <v>14</v>
       </c>
-      <c r="L11" s="78" t="s">
+      <c r="L12" s="77" t="s">
         <v>15</v>
       </c>
-      <c r="M11" s="94" t="s">
+      <c r="M12" s="93" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="12" spans="1:13" x14ac:dyDescent="0.2">
-[...40 lines deleted...]
-    <row r="13" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A13" s="29"/>
       <c r="B13" s="104" t="s">
+        <v>18</v>
+      </c>
+      <c r="C13" s="78" t="s">
         <v>19</v>
       </c>
-      <c r="C13" s="78" t="s">
+      <c r="D13" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="D13" s="78" t="s">
+      <c r="E13" s="78" t="s">
         <v>21</v>
       </c>
-      <c r="E13" s="78" t="s">
+      <c r="F13" s="78" t="s">
         <v>22</v>
       </c>
-      <c r="F13" s="78" t="s">
+      <c r="G13" s="78" t="s">
         <v>23</v>
       </c>
-      <c r="G13" s="78" t="s">
+      <c r="H13" s="78" t="s">
         <v>24</v>
       </c>
-      <c r="H13" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I13" s="78" t="s">
+        <v>13</v>
+      </c>
+      <c r="J13" s="78" t="s">
         <v>14</v>
       </c>
-      <c r="J13" s="78" t="s">
+      <c r="K13" s="79" t="s">
         <v>15</v>
       </c>
-      <c r="K13" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L13" s="79" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="M13" s="95" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:13" x14ac:dyDescent="0.2">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A14" s="29"/>
       <c r="B14" s="105" t="s">
+        <v>19</v>
+      </c>
+      <c r="C14" s="77" t="s">
         <v>20</v>
       </c>
-      <c r="C14" s="77" t="s">
+      <c r="D14" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="D14" s="77" t="s">
+      <c r="E14" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="E14" s="77" t="s">
+      <c r="F14" s="77" t="s">
         <v>23</v>
       </c>
-      <c r="F14" s="77" t="s">
+      <c r="G14" s="77" t="s">
         <v>24</v>
       </c>
-      <c r="G14" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H14" s="77" t="s">
+        <v>13</v>
+      </c>
+      <c r="I14" s="77" t="s">
         <v>14</v>
       </c>
-      <c r="I14" s="77" t="s">
+      <c r="J14" s="77" t="s">
         <v>15</v>
       </c>
-      <c r="J14" s="77" t="s">
+      <c r="K14" s="80" t="s">
         <v>16</v>
       </c>
-      <c r="K14" s="80" t="s">
+      <c r="L14" s="80" t="s">
         <v>17</v>
       </c>
-      <c r="L14" s="80" t="s">
+      <c r="M14" s="96" t="s">
         <v>18</v>
       </c>
-      <c r="M14" s="96" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="15" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="136"/>
       <c r="B15" s="125" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C15" s="126" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D15" s="126" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E15" s="126" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F15" s="126" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G15" s="126" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H15" s="126" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I15" s="126" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J15" s="126" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K15" s="126" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L15" s="126" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M15" s="128" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:13" x14ac:dyDescent="0.2">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A16" s="29"/>
       <c r="B16" s="120" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C16" s="121" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D16" s="121" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="E16" s="102" t="s">
+      <c r="F16" s="102" t="s">
         <v>19</v>
       </c>
-      <c r="F16" s="102" t="s">
+      <c r="G16" s="102" t="s">
         <v>20</v>
       </c>
-      <c r="G16" s="102" t="s">
+      <c r="H16" s="102" t="s">
         <v>21</v>
       </c>
-      <c r="H16" s="102" t="s">
+      <c r="I16" s="102" t="s">
         <v>22</v>
       </c>
-      <c r="I16" s="102" t="s">
+      <c r="J16" s="102" t="s">
         <v>23</v>
       </c>
-      <c r="J16" s="102" t="s">
+      <c r="K16" s="102" t="s">
         <v>24</v>
       </c>
-      <c r="K16" s="102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L16" s="102" t="s">
+        <v>13</v>
+      </c>
+      <c r="M16" s="103" t="s">
         <v>14</v>
       </c>
-      <c r="M16" s="103" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="17" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A17" s="29"/>
       <c r="B17" s="106" t="s">
+        <v>16</v>
+      </c>
+      <c r="C17" s="79" t="s">
         <v>17</v>
       </c>
-      <c r="C17" s="79" t="s">
+      <c r="D17" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="D17" s="79" t="s">
+      <c r="E17" s="78" t="s">
         <v>19</v>
       </c>
-      <c r="E17" s="78" t="s">
+      <c r="F17" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="F17" s="78" t="s">
+      <c r="G17" s="78" t="s">
         <v>21</v>
       </c>
-      <c r="G17" s="78" t="s">
+      <c r="H17" s="78" t="s">
         <v>22</v>
       </c>
-      <c r="H17" s="78" t="s">
+      <c r="I17" s="78" t="s">
         <v>23</v>
       </c>
-      <c r="I17" s="78" t="s">
+      <c r="J17" s="78" t="s">
         <v>24</v>
       </c>
-      <c r="J17" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K17" s="68" t="s">
+        <v>13</v>
+      </c>
+      <c r="L17" s="78" t="s">
         <v>14</v>
       </c>
-      <c r="L17" s="78" t="s">
+      <c r="M17" s="94" t="s">
         <v>15</v>
       </c>
-      <c r="M17" s="94" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="18" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A18" s="29"/>
       <c r="B18" s="105" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="77" t="s">
         <v>18</v>
       </c>
-      <c r="C18" s="77" t="s">
+      <c r="D18" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="D18" s="77" t="s">
+      <c r="E18" s="77" t="s">
         <v>20</v>
       </c>
-      <c r="E18" s="77" t="s">
+      <c r="F18" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="F18" s="77" t="s">
+      <c r="G18" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="G18" s="77" t="s">
+      <c r="H18" s="77" t="s">
         <v>23</v>
       </c>
-      <c r="H18" s="77" t="s">
+      <c r="I18" s="77" t="s">
         <v>24</v>
       </c>
-      <c r="I18" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" s="67" t="s">
+        <v>13</v>
+      </c>
+      <c r="K18" s="67" t="s">
         <v>14</v>
       </c>
-      <c r="K18" s="67" t="s">
+      <c r="L18" s="77" t="s">
         <v>15</v>
       </c>
-      <c r="L18" s="77" t="s">
+      <c r="M18" s="93" t="s">
         <v>16</v>
       </c>
-      <c r="M18" s="93" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="19" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A19" s="29"/>
       <c r="B19" s="104" t="s">
+        <v>18</v>
+      </c>
+      <c r="C19" s="78" t="s">
         <v>19</v>
       </c>
-      <c r="C19" s="78" t="s">
+      <c r="D19" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="D19" s="78" t="s">
+      <c r="E19" s="78" t="s">
         <v>21</v>
       </c>
-      <c r="E19" s="78" t="s">
+      <c r="F19" s="78" t="s">
         <v>22</v>
       </c>
-      <c r="F19" s="78" t="s">
+      <c r="G19" s="78" t="s">
         <v>23</v>
       </c>
-      <c r="G19" s="78" t="s">
+      <c r="H19" s="78" t="s">
         <v>24</v>
       </c>
-      <c r="H19" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I19" s="68" t="s">
+        <v>13</v>
+      </c>
+      <c r="J19" s="68" t="s">
         <v>14</v>
       </c>
-      <c r="J19" s="68" t="s">
+      <c r="K19" s="68" t="s">
         <v>15</v>
       </c>
-      <c r="K19" s="68" t="s">
+      <c r="L19" s="78" t="s">
         <v>16</v>
       </c>
-      <c r="L19" s="78" t="s">
+      <c r="M19" s="94" t="s">
         <v>17</v>
       </c>
-      <c r="M19" s="94" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="20" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A20" s="28"/>
       <c r="B20" s="105" t="s">
+        <v>19</v>
+      </c>
+      <c r="C20" s="77" t="s">
         <v>20</v>
       </c>
-      <c r="C20" s="77" t="s">
+      <c r="D20" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="D20" s="77" t="s">
+      <c r="E20" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="E20" s="77" t="s">
+      <c r="F20" s="77" t="s">
         <v>23</v>
       </c>
-      <c r="F20" s="77" t="s">
+      <c r="G20" s="77" t="s">
         <v>24</v>
       </c>
-      <c r="G20" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H20" s="67" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="67" t="s">
         <v>14</v>
       </c>
-      <c r="I20" s="67" t="s">
+      <c r="J20" s="67" t="s">
         <v>15</v>
       </c>
-      <c r="J20" s="67" t="s">
+      <c r="K20" s="67" t="s">
         <v>16</v>
       </c>
-      <c r="K20" s="67" t="s">
+      <c r="L20" s="80" t="s">
         <v>17</v>
       </c>
-      <c r="L20" s="80" t="s">
+      <c r="M20" s="93" t="s">
         <v>18</v>
       </c>
-      <c r="M20" s="93" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="21" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A21" s="29"/>
       <c r="B21" s="104" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="78" t="s">
         <v>21</v>
       </c>
-      <c r="C21" s="78" t="s">
+      <c r="D21" s="78" t="s">
         <v>22</v>
       </c>
-      <c r="D21" s="78" t="s">
+      <c r="E21" s="78" t="s">
         <v>23</v>
       </c>
-      <c r="E21" s="78" t="s">
+      <c r="F21" s="78" t="s">
         <v>24</v>
       </c>
-      <c r="F21" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="68" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" s="68" t="s">
         <v>14</v>
       </c>
-      <c r="H21" s="68" t="s">
+      <c r="I21" s="68" t="s">
         <v>15</v>
       </c>
-      <c r="I21" s="68" t="s">
+      <c r="J21" s="68" t="s">
         <v>16</v>
       </c>
-      <c r="J21" s="68" t="s">
+      <c r="K21" s="68" t="s">
         <v>17</v>
       </c>
-      <c r="K21" s="68" t="s">
+      <c r="L21" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="L21" s="79" t="s">
+      <c r="M21" s="94" t="s">
         <v>19</v>
       </c>
-      <c r="M21" s="94" t="s">
-[...3 lines deleted...]
-    <row r="22" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="22" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A22" s="29"/>
       <c r="B22" s="122" t="s">
+        <v>21</v>
+      </c>
+      <c r="C22" s="67" t="s">
         <v>22</v>
       </c>
-      <c r="C22" s="67" t="s">
+      <c r="D22" s="67" t="s">
         <v>23</v>
       </c>
-      <c r="D22" s="67" t="s">
+      <c r="E22" s="67" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="F22" s="67"/>
       <c r="G22" s="67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" s="67" t="s">
         <v>15</v>
       </c>
-      <c r="H22" s="67" t="s">
+      <c r="I22" s="67" t="s">
         <v>16</v>
       </c>
-      <c r="I22" s="67" t="s">
+      <c r="J22" s="67" t="s">
         <v>17</v>
       </c>
-      <c r="J22" s="67" t="s">
+      <c r="K22" s="67" t="s">
         <v>18</v>
       </c>
-      <c r="K22" s="67" t="s">
+      <c r="L22" s="67" t="s">
         <v>19</v>
       </c>
-      <c r="L22" s="67" t="s">
+      <c r="M22" s="88" t="s">
         <v>20</v>
       </c>
-      <c r="M22" s="88" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="23" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A23" s="29"/>
       <c r="B23" s="123" t="s">
+        <v>22</v>
+      </c>
+      <c r="C23" s="68" t="s">
         <v>23</v>
       </c>
-      <c r="C23" s="68" t="s">
+      <c r="D23" s="68" t="s">
         <v>24</v>
       </c>
-      <c r="D23" s="68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="68" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="68" t="s">
         <v>14</v>
       </c>
-      <c r="F23" s="68" t="s">
+      <c r="G23" s="68" t="s">
         <v>15</v>
       </c>
-      <c r="G23" s="68" t="s">
+      <c r="H23" s="68" t="s">
         <v>16</v>
       </c>
-      <c r="H23" s="68" t="s">
+      <c r="I23" s="68" t="s">
         <v>17</v>
       </c>
-      <c r="I23" s="68" t="s">
+      <c r="J23" s="68" t="s">
         <v>18</v>
       </c>
-      <c r="J23" s="68" t="s">
+      <c r="K23" s="68" t="s">
         <v>19</v>
       </c>
-      <c r="K23" s="68" t="s">
+      <c r="L23" s="68" t="s">
         <v>20</v>
       </c>
-      <c r="L23" s="68" t="s">
+      <c r="M23" s="98" t="s">
         <v>21</v>
       </c>
-      <c r="M23" s="98" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="24" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A24" s="29"/>
       <c r="B24" s="122" t="s">
+        <v>23</v>
+      </c>
+      <c r="C24" s="67" t="s">
         <v>24</v>
       </c>
-      <c r="C24" s="67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="67" t="s">
         <v>14</v>
       </c>
-      <c r="E24" s="67" t="s">
+      <c r="F24" s="67" t="s">
         <v>15</v>
       </c>
-      <c r="F24" s="67" t="s">
+      <c r="G24" s="67" t="s">
         <v>16</v>
       </c>
-      <c r="G24" s="67" t="s">
+      <c r="H24" s="67" t="s">
         <v>17</v>
       </c>
-      <c r="H24" s="67" t="s">
+      <c r="I24" s="67" t="s">
         <v>18</v>
       </c>
-      <c r="I24" s="67" t="s">
+      <c r="J24" s="67" t="s">
         <v>19</v>
       </c>
-      <c r="J24" s="67" t="s">
+      <c r="K24" s="67" t="s">
         <v>20</v>
       </c>
-      <c r="K24" s="67" t="s">
+      <c r="L24" s="67" t="s">
         <v>21</v>
       </c>
-      <c r="L24" s="67" t="s">
+      <c r="M24" s="88" t="s">
         <v>22</v>
       </c>
-      <c r="M24" s="88" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="25" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A25" s="29"/>
       <c r="B25" s="123" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C25" s="68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="68" t="s">
         <v>14</v>
       </c>
-      <c r="D25" s="68" t="s">
+      <c r="E25" s="68" t="s">
         <v>15</v>
       </c>
-      <c r="E25" s="68" t="s">
+      <c r="F25" s="68" t="s">
         <v>16</v>
       </c>
-      <c r="F25" s="68" t="s">
+      <c r="G25" s="68" t="s">
         <v>17</v>
       </c>
-      <c r="G25" s="68" t="s">
+      <c r="H25" s="68" t="s">
         <v>18</v>
       </c>
-      <c r="H25" s="68" t="s">
+      <c r="I25" s="68" t="s">
         <v>19</v>
       </c>
-      <c r="I25" s="68" t="s">
+      <c r="J25" s="68" t="s">
         <v>20</v>
       </c>
-      <c r="J25" s="68" t="s">
+      <c r="K25" s="68" t="s">
         <v>21</v>
       </c>
-      <c r="K25" s="68" t="s">
+      <c r="L25" s="68" t="s">
         <v>22</v>
       </c>
-      <c r="L25" s="68" t="s">
+      <c r="M25" s="98" t="s">
         <v>23</v>
       </c>
-      <c r="M25" s="98" t="s">
-[...3 lines deleted...]
-    <row r="26" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="26" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A26" s="29"/>
       <c r="B26" s="122" t="s">
+        <v>13</v>
+      </c>
+      <c r="C26" s="67" t="s">
         <v>14</v>
       </c>
-      <c r="C26" s="67" t="s">
+      <c r="D26" s="67" t="s">
         <v>15</v>
       </c>
-      <c r="D26" s="67" t="s">
+      <c r="E26" s="67" t="s">
         <v>16</v>
       </c>
-      <c r="E26" s="67" t="s">
+      <c r="F26" s="67" t="s">
         <v>17</v>
       </c>
-      <c r="F26" s="67" t="s">
+      <c r="G26" s="67" t="s">
         <v>18</v>
       </c>
-      <c r="G26" s="67" t="s">
+      <c r="H26" s="67" t="s">
         <v>19</v>
       </c>
-      <c r="H26" s="67" t="s">
+      <c r="I26" s="67" t="s">
         <v>20</v>
       </c>
-      <c r="I26" s="67" t="s">
+      <c r="J26" s="67" t="s">
         <v>21</v>
       </c>
-      <c r="J26" s="67" t="s">
+      <c r="K26" s="67" t="s">
         <v>22</v>
       </c>
-      <c r="K26" s="67" t="s">
+      <c r="L26" s="67" t="s">
         <v>23</v>
       </c>
-      <c r="L26" s="67" t="s">
+      <c r="M26" s="88" t="s">
         <v>24</v>
       </c>
-      <c r="M26" s="88" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="27" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A27" s="29" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" s="123" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="68" t="s">
+        <v>15</v>
+      </c>
+      <c r="D27" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="68" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" s="68" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" s="68" t="s">
+        <v>19</v>
+      </c>
+      <c r="H27" s="68" t="s">
+        <v>20</v>
+      </c>
+      <c r="I27" s="68" t="s">
+        <v>21</v>
+      </c>
+      <c r="J27" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="K27" s="68" t="s">
+        <v>23</v>
+      </c>
+      <c r="L27" s="68" t="s">
+        <v>24</v>
+      </c>
+      <c r="M27" s="98" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A28" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="105" t="s">
+        <v>24</v>
+      </c>
+      <c r="C28" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="D28" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="E28" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="77" t="s">
         <v>60</v>
       </c>
-      <c r="B27" s="123" t="s">
-[...26 lines deleted...]
-      <c r="K27" s="68" t="s">
+      <c r="G28" s="77" t="s">
         <v>24</v>
       </c>
-      <c r="L27" s="68" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="H28" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I28" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J28" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K28" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L28" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M28" s="93" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:13" x14ac:dyDescent="0.2">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A29" s="28"/>
       <c r="B29" s="104" t="s">
+        <v>27</v>
+      </c>
+      <c r="C29" s="78" t="s">
+        <v>28</v>
+      </c>
+      <c r="D29" s="78" t="s">
         <v>29</v>
       </c>
-      <c r="C29" s="78" t="s">
+      <c r="E29" s="78" t="s">
         <v>30</v>
       </c>
-      <c r="D29" s="78" t="s">
+      <c r="F29" s="78" t="s">
         <v>31</v>
       </c>
-      <c r="E29" s="78" t="s">
+      <c r="G29" s="78" t="s">
         <v>32</v>
       </c>
-      <c r="F29" s="78" t="s">
+      <c r="H29" s="78" t="s">
         <v>33</v>
       </c>
-      <c r="G29" s="78" t="s">
+      <c r="I29" s="78" t="s">
         <v>34</v>
       </c>
-      <c r="H29" s="78" t="s">
+      <c r="J29" s="78" t="s">
         <v>35</v>
       </c>
-      <c r="I29" s="78" t="s">
+      <c r="K29" s="78" t="s">
         <v>36</v>
       </c>
-      <c r="J29" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L29" s="78" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="M29" s="94" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:13" x14ac:dyDescent="0.2">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A30" s="39"/>
       <c r="B30" s="124" t="s">
+        <v>39</v>
+      </c>
+      <c r="C30" s="66" t="s">
+        <v>40</v>
+      </c>
+      <c r="D30" s="66" t="s">
         <v>41</v>
       </c>
-      <c r="C30" s="66" t="s">
+      <c r="E30" s="66" t="s">
         <v>42</v>
       </c>
-      <c r="D30" s="66" t="s">
+      <c r="F30" s="66" t="s">
         <v>43</v>
       </c>
-      <c r="E30" s="66" t="s">
+      <c r="G30" s="66" t="s">
         <v>44</v>
       </c>
-      <c r="F30" s="66" t="s">
+      <c r="H30" s="66" t="s">
         <v>45</v>
       </c>
-      <c r="G30" s="66" t="s">
+      <c r="I30" s="66" t="s">
         <v>46</v>
       </c>
-      <c r="H30" s="66" t="s">
+      <c r="J30" s="66" t="s">
         <v>47</v>
       </c>
-      <c r="I30" s="66" t="s">
+      <c r="K30" s="66" t="s">
         <v>48</v>
       </c>
-      <c r="J30" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L30" s="66" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="M30" s="87" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:13" x14ac:dyDescent="0.2">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A31" s="28"/>
       <c r="B31" s="104" t="s">
+        <v>61</v>
+      </c>
+      <c r="C31" s="78" t="s">
+        <v>62</v>
+      </c>
+      <c r="D31" s="78" t="s">
         <v>63</v>
       </c>
-      <c r="C31" s="78" t="s">
+      <c r="E31" s="78" t="s">
         <v>64</v>
       </c>
-      <c r="D31" s="78" t="s">
+      <c r="F31" s="78" t="s">
         <v>65</v>
       </c>
-      <c r="E31" s="78" t="s">
+      <c r="G31" s="78" t="s">
         <v>66</v>
       </c>
-      <c r="F31" s="78" t="s">
+      <c r="H31" s="78" t="s">
         <v>67</v>
       </c>
-      <c r="G31" s="78" t="s">
+      <c r="I31" s="78" t="s">
         <v>68</v>
       </c>
-      <c r="H31" s="78" t="s">
+      <c r="J31" s="78" t="s">
         <v>69</v>
       </c>
-      <c r="I31" s="78" t="s">
+      <c r="K31" s="78" t="s">
         <v>70</v>
       </c>
-      <c r="J31" s="78" t="s">
+      <c r="L31" s="78" t="s">
         <v>71</v>
       </c>
-      <c r="K31" s="78" t="s">
+      <c r="M31" s="94" t="s">
         <v>72</v>
       </c>
-      <c r="L31" s="78" t="s">
-[...6 lines deleted...]
-    <row r="32" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="32" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A32" s="39"/>
       <c r="B32" s="124" t="s">
+        <v>73</v>
+      </c>
+      <c r="C32" s="66" t="s">
+        <v>74</v>
+      </c>
+      <c r="D32" s="66" t="s">
         <v>75</v>
       </c>
-      <c r="C32" s="66" t="s">
+      <c r="E32" s="66" t="s">
         <v>76</v>
       </c>
-      <c r="D32" s="66" t="s">
+      <c r="F32" s="66" t="s">
         <v>77</v>
       </c>
-      <c r="E32" s="66" t="s">
+      <c r="G32" s="66" t="s">
         <v>78</v>
       </c>
-      <c r="F32" s="66" t="s">
+      <c r="H32" s="66" t="s">
         <v>79</v>
       </c>
-      <c r="G32" s="66" t="s">
+      <c r="I32" s="66" t="s">
         <v>80</v>
       </c>
-      <c r="H32" s="66" t="s">
+      <c r="J32" s="66" t="s">
         <v>81</v>
       </c>
-      <c r="I32" s="66" t="s">
+      <c r="K32" s="66" t="s">
         <v>82</v>
       </c>
-      <c r="J32" s="66" t="s">
+      <c r="L32" s="66" t="s">
         <v>83</v>
       </c>
-      <c r="K32" s="66" t="s">
+      <c r="M32" s="87" t="s">
         <v>84</v>
       </c>
-      <c r="L32" s="66" t="s">
-[...6 lines deleted...]
-    <row r="33" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="33" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A33" s="28"/>
       <c r="B33" s="104" t="s">
+        <v>85</v>
+      </c>
+      <c r="C33" s="78" t="s">
+        <v>86</v>
+      </c>
+      <c r="D33" s="78" t="s">
         <v>87</v>
       </c>
-      <c r="C33" s="78" t="s">
+      <c r="E33" s="78" t="s">
         <v>88</v>
       </c>
-      <c r="D33" s="78" t="s">
+      <c r="F33" s="78" t="s">
         <v>89</v>
       </c>
-      <c r="E33" s="78" t="s">
+      <c r="G33" s="78" t="s">
         <v>90</v>
       </c>
-      <c r="F33" s="78" t="s">
+      <c r="H33" s="78" t="s">
         <v>91</v>
       </c>
-      <c r="G33" s="78" t="s">
+      <c r="I33" s="78" t="s">
         <v>92</v>
       </c>
-      <c r="H33" s="78" t="s">
+      <c r="J33" s="78" t="s">
         <v>93</v>
       </c>
-      <c r="I33" s="78" t="s">
+      <c r="K33" s="78" t="s">
         <v>94</v>
       </c>
-      <c r="J33" s="78" t="s">
+      <c r="L33" s="78" t="s">
         <v>95</v>
       </c>
-      <c r="K33" s="78" t="s">
+      <c r="M33" s="94" t="s">
         <v>96</v>
       </c>
-      <c r="L33" s="78" t="s">
-[...6 lines deleted...]
-    <row r="34" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="34" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A34" s="39"/>
       <c r="B34" s="105" t="s">
+        <v>97</v>
+      </c>
+      <c r="C34" s="77" t="s">
+        <v>98</v>
+      </c>
+      <c r="D34" s="77" t="s">
         <v>99</v>
       </c>
-      <c r="C34" s="77" t="s">
+      <c r="E34" s="77" t="s">
         <v>100</v>
       </c>
-      <c r="D34" s="77" t="s">
+      <c r="F34" s="66" t="s">
+        <v>32</v>
+      </c>
+      <c r="G34" s="66" t="s">
+        <v>33</v>
+      </c>
+      <c r="H34" s="66" t="s">
+        <v>34</v>
+      </c>
+      <c r="I34" s="66" t="s">
+        <v>35</v>
+      </c>
+      <c r="J34" s="66" t="s">
+        <v>36</v>
+      </c>
+      <c r="K34" s="66" t="s">
+        <v>25</v>
+      </c>
+      <c r="L34" s="66" t="s">
         <v>101</v>
       </c>
-      <c r="E34" s="77" t="s">
+      <c r="M34" s="87" t="s">
         <v>102</v>
       </c>
-      <c r="F34" s="66" t="s">
-[...24 lines deleted...]
-    <row r="35" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="35" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A35" s="28"/>
       <c r="B35" s="104" t="s">
+        <v>28</v>
+      </c>
+      <c r="C35" s="78" t="s">
+        <v>29</v>
+      </c>
+      <c r="D35" s="78" t="s">
         <v>30</v>
       </c>
-      <c r="C35" s="78" t="s">
+      <c r="E35" s="78" t="s">
         <v>31</v>
       </c>
-      <c r="D35" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="78" t="s">
+        <v>44</v>
+      </c>
+      <c r="G35" s="78" t="s">
+        <v>45</v>
+      </c>
+      <c r="H35" s="78" t="s">
         <v>46</v>
       </c>
-      <c r="G35" s="78" t="s">
+      <c r="I35" s="78" t="s">
         <v>47</v>
       </c>
-      <c r="H35" s="78" t="s">
+      <c r="J35" s="78" t="s">
         <v>48</v>
       </c>
-      <c r="I35" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K35" s="78" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="L35" s="78" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="M35" s="94" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:13" x14ac:dyDescent="0.2">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A36" s="39"/>
       <c r="B36" s="124" t="s">
+        <v>40</v>
+      </c>
+      <c r="C36" s="66" t="s">
+        <v>41</v>
+      </c>
+      <c r="D36" s="66" t="s">
         <v>42</v>
       </c>
-      <c r="C36" s="66" t="s">
+      <c r="E36" s="66" t="s">
         <v>43</v>
       </c>
-      <c r="D36" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="66" t="s">
+        <v>66</v>
+      </c>
+      <c r="G36" s="66" t="s">
+        <v>67</v>
+      </c>
+      <c r="H36" s="66" t="s">
         <v>68</v>
       </c>
-      <c r="G36" s="66" t="s">
+      <c r="I36" s="66" t="s">
         <v>69</v>
       </c>
-      <c r="H36" s="66" t="s">
+      <c r="J36" s="66" t="s">
         <v>70</v>
       </c>
-      <c r="I36" s="66" t="s">
+      <c r="K36" s="66" t="s">
         <v>71</v>
       </c>
-      <c r="J36" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L36" s="66" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="M36" s="87" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:13" x14ac:dyDescent="0.2">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A37" s="28"/>
       <c r="B37" s="104" t="s">
+        <v>62</v>
+      </c>
+      <c r="C37" s="78" t="s">
+        <v>63</v>
+      </c>
+      <c r="D37" s="78" t="s">
         <v>64</v>
       </c>
-      <c r="C37" s="78" t="s">
+      <c r="E37" s="78" t="s">
         <v>65</v>
       </c>
-      <c r="D37" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="78" t="s">
+        <v>78</v>
+      </c>
+      <c r="G37" s="78" t="s">
+        <v>79</v>
+      </c>
+      <c r="H37" s="78" t="s">
         <v>80</v>
       </c>
-      <c r="G37" s="78" t="s">
+      <c r="I37" s="78" t="s">
         <v>81</v>
       </c>
-      <c r="H37" s="78" t="s">
+      <c r="J37" s="78" t="s">
         <v>82</v>
       </c>
-      <c r="I37" s="78" t="s">
+      <c r="K37" s="78" t="s">
         <v>83</v>
       </c>
-      <c r="J37" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L37" s="78" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M37" s="94" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:13" x14ac:dyDescent="0.2">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A38" s="39"/>
       <c r="B38" s="124" t="s">
+        <v>74</v>
+      </c>
+      <c r="C38" s="66" t="s">
+        <v>75</v>
+      </c>
+      <c r="D38" s="66" t="s">
         <v>76</v>
       </c>
-      <c r="C38" s="66" t="s">
+      <c r="E38" s="66" t="s">
         <v>77</v>
       </c>
-      <c r="D38" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F38" s="66" t="s">
+        <v>33</v>
+      </c>
+      <c r="G38" s="66" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38" s="66" t="s">
         <v>35</v>
       </c>
-      <c r="G38" s="66" t="s">
+      <c r="I38" s="66" t="s">
         <v>36</v>
       </c>
-      <c r="H38" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J38" s="66" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="K38" s="66" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="L38" s="66" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="M38" s="87" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:13" x14ac:dyDescent="0.2">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A39" s="28"/>
       <c r="B39" s="104" t="s">
+        <v>98</v>
+      </c>
+      <c r="C39" s="78" t="s">
+        <v>99</v>
+      </c>
+      <c r="D39" s="78" t="s">
         <v>100</v>
       </c>
-      <c r="C39" s="78" t="s">
-[...2 lines deleted...]
-      <c r="D39" s="78" t="s">
+      <c r="E39" s="78" t="s">
+        <v>89</v>
+      </c>
+      <c r="F39" s="78" t="s">
+        <v>45</v>
+      </c>
+      <c r="G39" s="78" t="s">
+        <v>46</v>
+      </c>
+      <c r="H39" s="78" t="s">
+        <v>47</v>
+      </c>
+      <c r="I39" s="78" t="s">
+        <v>48</v>
+      </c>
+      <c r="J39" s="78" t="s">
+        <v>37</v>
+      </c>
+      <c r="K39" s="78" t="s">
+        <v>38</v>
+      </c>
+      <c r="L39" s="78" t="s">
         <v>102</v>
       </c>
-      <c r="E39" s="78" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M39" s="94" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:13" x14ac:dyDescent="0.2">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A40" s="39"/>
       <c r="B40" s="124" t="s">
+        <v>29</v>
+      </c>
+      <c r="C40" s="66" t="s">
+        <v>30</v>
+      </c>
+      <c r="D40" s="66" t="s">
         <v>31</v>
       </c>
-      <c r="C40" s="66" t="s">
+      <c r="E40" s="66" t="s">
         <v>32</v>
       </c>
-      <c r="D40" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F40" s="66" t="s">
+        <v>67</v>
+      </c>
+      <c r="G40" s="66" t="s">
+        <v>68</v>
+      </c>
+      <c r="H40" s="66" t="s">
         <v>69</v>
       </c>
-      <c r="G40" s="66" t="s">
+      <c r="I40" s="66" t="s">
         <v>70</v>
       </c>
-      <c r="H40" s="66" t="s">
+      <c r="J40" s="66" t="s">
         <v>71</v>
       </c>
-      <c r="I40" s="66" t="s">
+      <c r="K40" s="66" t="s">
         <v>72</v>
       </c>
-      <c r="J40" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L40" s="66" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="M40" s="87" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:13" x14ac:dyDescent="0.2">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A41" s="28"/>
       <c r="B41" s="104" t="s">
+        <v>41</v>
+      </c>
+      <c r="C41" s="78" t="s">
+        <v>42</v>
+      </c>
+      <c r="D41" s="78" t="s">
         <v>43</v>
       </c>
-      <c r="C41" s="78" t="s">
+      <c r="E41" s="78" t="s">
         <v>44</v>
       </c>
-      <c r="D41" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="78" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" s="78" t="s">
+        <v>35</v>
+      </c>
+      <c r="H41" s="78" t="s">
         <v>36</v>
       </c>
-      <c r="G41" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I41" s="78" t="s">
+        <v>25</v>
+      </c>
+      <c r="J41" s="78" t="s">
+        <v>26</v>
+      </c>
+      <c r="K41" s="78" t="s">
         <v>27</v>
       </c>
-      <c r="J41" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L41" s="78" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="M41" s="94" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:13" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A42" s="39"/>
       <c r="B42" s="124" t="s">
+        <v>63</v>
+      </c>
+      <c r="C42" s="66" t="s">
+        <v>64</v>
+      </c>
+      <c r="D42" s="66" t="s">
         <v>65</v>
       </c>
-      <c r="C42" s="66" t="s">
+      <c r="E42" s="66" t="s">
         <v>66</v>
       </c>
-      <c r="D42" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F42" s="66" t="s">
+        <v>46</v>
+      </c>
+      <c r="G42" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="H42" s="66" t="s">
         <v>48</v>
       </c>
-      <c r="G42" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I42" s="66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J42" s="66" t="s">
+        <v>38</v>
+      </c>
+      <c r="K42" s="66" t="s">
         <v>39</v>
       </c>
-      <c r="J42" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L42" s="66" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="M42" s="87" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:13" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A43" s="28"/>
       <c r="B43" s="104" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C43" s="78" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D43" s="78" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E43" s="78" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F43" s="78" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G43" s="78" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="H43" s="78" t="s">
+        <v>25</v>
+      </c>
+      <c r="I43" s="78" t="s">
+        <v>26</v>
+      </c>
+      <c r="J43" s="78" t="s">
         <v>27</v>
       </c>
-      <c r="I43" s="78" t="s">
+      <c r="K43" s="78" t="s">
         <v>28</v>
       </c>
-      <c r="J43" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L43" s="78" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="M43" s="94" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:13" x14ac:dyDescent="0.2">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A44" s="39"/>
       <c r="B44" s="124" t="s">
+        <v>30</v>
+      </c>
+      <c r="C44" s="66" t="s">
+        <v>31</v>
+      </c>
+      <c r="D44" s="66" t="s">
         <v>32</v>
       </c>
-      <c r="C44" s="66" t="s">
+      <c r="E44" s="66" t="s">
         <v>33</v>
       </c>
-      <c r="D44" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F44" s="66" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G44" s="66" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="H44" s="66" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="I44" s="66" t="s">
+        <v>97</v>
+      </c>
+      <c r="J44" s="66" t="s">
+        <v>98</v>
+      </c>
+      <c r="K44" s="66" t="s">
         <v>99</v>
       </c>
-      <c r="J44" s="66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L44" s="66" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="M44" s="87" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A45" s="28"/>
       <c r="B45" s="104" t="s">
+        <v>42</v>
+      </c>
+      <c r="C45" s="78" t="s">
+        <v>43</v>
+      </c>
+      <c r="D45" s="78" t="s">
         <v>44</v>
       </c>
-      <c r="C45" s="78" t="s">
+      <c r="E45" s="78" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F45" s="85"/>
       <c r="G45" s="85"/>
       <c r="H45" s="85"/>
       <c r="I45" s="85"/>
       <c r="J45" s="85"/>
       <c r="K45" s="85"/>
       <c r="L45" s="78" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="M45" s="94" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A46" s="39"/>
       <c r="B46" s="124" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C46" s="66" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D46" s="66" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="E46" s="66" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F46" s="84"/>
       <c r="G46" s="84"/>
       <c r="H46" s="84"/>
       <c r="I46" s="84"/>
       <c r="J46" s="84"/>
       <c r="K46" s="84"/>
       <c r="L46" s="66" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="M46" s="87" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A47" s="28"/>
       <c r="B47" s="104" t="s">
+        <v>31</v>
+      </c>
+      <c r="C47" s="78" t="s">
+        <v>32</v>
+      </c>
+      <c r="D47" s="78" t="s">
         <v>33</v>
       </c>
-      <c r="C47" s="78" t="s">
+      <c r="E47" s="78" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F47" s="85"/>
       <c r="G47" s="85"/>
       <c r="H47" s="85"/>
       <c r="I47" s="85"/>
       <c r="J47" s="85"/>
       <c r="K47" s="85"/>
       <c r="L47" s="78" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M47" s="94" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A48" s="39"/>
       <c r="B48" s="105" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C48" s="77" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D48" s="77" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E48" s="77" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F48" s="84"/>
       <c r="G48" s="84"/>
       <c r="H48" s="84"/>
       <c r="I48" s="84"/>
       <c r="J48" s="84"/>
       <c r="K48" s="84"/>
       <c r="L48" s="66" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="M48" s="87" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A49" s="135"/>
       <c r="B49" s="125" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C49" s="126" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D49" s="126" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E49" s="126" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F49" s="127"/>
       <c r="G49" s="127"/>
       <c r="H49" s="127"/>
       <c r="I49" s="127"/>
       <c r="J49" s="127"/>
       <c r="K49" s="127"/>
       <c r="L49" s="126" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="M49" s="128" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:13" x14ac:dyDescent="0.2">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A50" s="131"/>
       <c r="B50" s="101" t="s">
+        <v>14</v>
+      </c>
+      <c r="C50" s="102" t="s">
         <v>15</v>
       </c>
-      <c r="C50" s="102" t="s">
+      <c r="D50" s="102" t="s">
         <v>16</v>
       </c>
-      <c r="D50" s="102" t="s">
+      <c r="E50" s="102" t="s">
         <v>17</v>
       </c>
-      <c r="E50" s="102" t="s">
+      <c r="F50" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="F50" s="102" t="s">
+      <c r="G50" s="102" t="s">
         <v>19</v>
       </c>
-      <c r="G50" s="102" t="s">
+      <c r="H50" s="102" t="s">
         <v>20</v>
       </c>
-      <c r="H50" s="102" t="s">
+      <c r="I50" s="102" t="s">
         <v>21</v>
       </c>
-      <c r="I50" s="102" t="s">
+      <c r="J50" s="102" t="s">
         <v>22</v>
       </c>
-      <c r="J50" s="102" t="s">
+      <c r="K50" s="102" t="s">
         <v>23</v>
       </c>
-      <c r="K50" s="102" t="s">
+      <c r="L50" s="102" t="s">
         <v>24</v>
       </c>
-      <c r="L50" s="102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M50" s="103" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:13" x14ac:dyDescent="0.2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A51" s="131"/>
       <c r="B51" s="104" t="s">
+        <v>15</v>
+      </c>
+      <c r="C51" s="78" t="s">
         <v>16</v>
       </c>
-      <c r="C51" s="78" t="s">
+      <c r="D51" s="78" t="s">
         <v>17</v>
       </c>
-      <c r="D51" s="78" t="s">
+      <c r="E51" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="E51" s="78" t="s">
+      <c r="F51" s="78" t="s">
         <v>19</v>
       </c>
-      <c r="F51" s="78" t="s">
+      <c r="G51" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="G51" s="78" t="s">
+      <c r="H51" s="78" t="s">
         <v>21</v>
       </c>
-      <c r="H51" s="78" t="s">
+      <c r="I51" s="78" t="s">
         <v>22</v>
       </c>
-      <c r="I51" s="78" t="s">
+      <c r="J51" s="78" t="s">
         <v>23</v>
       </c>
-      <c r="J51" s="78" t="s">
+      <c r="K51" s="78" t="s">
         <v>24</v>
       </c>
-      <c r="K51" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L51" s="79" t="s">
+        <v>13</v>
+      </c>
+      <c r="M51" s="94" t="s">
         <v>14</v>
       </c>
-      <c r="M51" s="94" t="s">
-[...3 lines deleted...]
-    <row r="52" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="52" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A52" s="131"/>
       <c r="B52" s="105" t="s">
+        <v>16</v>
+      </c>
+      <c r="C52" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="C52" s="77" t="s">
+      <c r="D52" s="77" t="s">
         <v>18</v>
       </c>
-      <c r="D52" s="77" t="s">
+      <c r="E52" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E52" s="77" t="s">
+      <c r="F52" s="77" t="s">
         <v>20</v>
       </c>
-      <c r="F52" s="77" t="s">
+      <c r="G52" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="G52" s="77" t="s">
+      <c r="H52" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="H52" s="77" t="s">
+      <c r="I52" s="77" t="s">
         <v>23</v>
       </c>
-      <c r="I52" s="77" t="s">
+      <c r="J52" s="77" t="s">
         <v>24</v>
       </c>
-      <c r="J52" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K52" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="L52" s="80" t="s">
         <v>14</v>
       </c>
-      <c r="L52" s="80" t="s">
+      <c r="M52" s="93" t="s">
         <v>15</v>
       </c>
-      <c r="M52" s="93" t="s">
-[...3 lines deleted...]
-    <row r="53" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="53" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A53" s="131"/>
       <c r="B53" s="104" t="s">
+        <v>17</v>
+      </c>
+      <c r="C53" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="C53" s="78" t="s">
+      <c r="D53" s="78" t="s">
         <v>19</v>
       </c>
-      <c r="D53" s="78" t="s">
+      <c r="E53" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="E53" s="78" t="s">
+      <c r="F53" s="79" t="s">
         <v>21</v>
       </c>
-      <c r="F53" s="79" t="s">
+      <c r="G53" s="79" t="s">
         <v>22</v>
       </c>
-      <c r="G53" s="79" t="s">
+      <c r="H53" s="79" t="s">
         <v>23</v>
       </c>
-      <c r="H53" s="79" t="s">
+      <c r="I53" s="79" t="s">
         <v>24</v>
       </c>
-      <c r="I53" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" s="79" t="s">
+        <v>13</v>
+      </c>
+      <c r="K53" s="79" t="s">
         <v>14</v>
       </c>
-      <c r="K53" s="79" t="s">
+      <c r="L53" s="79" t="s">
         <v>15</v>
       </c>
-      <c r="L53" s="79" t="s">
+      <c r="M53" s="94" t="s">
         <v>16</v>
       </c>
-      <c r="M53" s="94" t="s">
-[...3 lines deleted...]
-    <row r="54" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="54" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A54" s="131"/>
       <c r="B54" s="105" t="s">
+        <v>18</v>
+      </c>
+      <c r="C54" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="C54" s="77" t="s">
+      <c r="D54" s="77" t="s">
         <v>20</v>
       </c>
-      <c r="D54" s="77" t="s">
+      <c r="E54" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="E54" s="77" t="s">
+      <c r="F54" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="F54" s="77" t="s">
+      <c r="G54" s="77" t="s">
         <v>23</v>
       </c>
-      <c r="G54" s="77" t="s">
+      <c r="H54" s="77" t="s">
         <v>24</v>
       </c>
-      <c r="H54" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I54" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" s="80" t="s">
         <v>14</v>
       </c>
-      <c r="J54" s="80" t="s">
+      <c r="K54" s="80" t="s">
         <v>15</v>
       </c>
-      <c r="K54" s="80" t="s">
+      <c r="L54" s="80" t="s">
         <v>16</v>
       </c>
-      <c r="L54" s="80" t="s">
+      <c r="M54" s="93" t="s">
         <v>17</v>
       </c>
-      <c r="M54" s="93" t="s">
-[...3 lines deleted...]
-    <row r="55" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="55" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A55" s="131"/>
       <c r="B55" s="104" t="s">
+        <v>19</v>
+      </c>
+      <c r="C55" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="C55" s="78" t="s">
+      <c r="D55" s="78" t="s">
         <v>21</v>
       </c>
-      <c r="D55" s="78" t="s">
+      <c r="E55" s="78" t="s">
         <v>22</v>
       </c>
-      <c r="E55" s="78" t="s">
+      <c r="F55" s="78" t="s">
         <v>23</v>
       </c>
-      <c r="F55" s="78" t="s">
+      <c r="G55" s="78" t="s">
         <v>24</v>
       </c>
-      <c r="G55" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H55" s="79" t="s">
+        <v>13</v>
+      </c>
+      <c r="I55" s="79" t="s">
         <v>14</v>
       </c>
-      <c r="I55" s="79" t="s">
+      <c r="J55" s="79" t="s">
         <v>15</v>
       </c>
-      <c r="J55" s="79" t="s">
+      <c r="K55" s="79" t="s">
         <v>16</v>
       </c>
-      <c r="K55" s="79" t="s">
+      <c r="L55" s="79" t="s">
         <v>17</v>
       </c>
-      <c r="L55" s="79" t="s">
+      <c r="M55" s="94" t="s">
         <v>18</v>
       </c>
-      <c r="M55" s="94" t="s">
-[...3 lines deleted...]
-    <row r="56" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="56" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A56" s="131"/>
       <c r="B56" s="105" t="s">
+        <v>20</v>
+      </c>
+      <c r="C56" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="C56" s="77" t="s">
+      <c r="D56" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="D56" s="77" t="s">
+      <c r="E56" s="77" t="s">
         <v>23</v>
       </c>
-      <c r="E56" s="77" t="s">
+      <c r="F56" s="77" t="s">
         <v>24</v>
       </c>
-      <c r="F56" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G56" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" s="80" t="s">
         <v>14</v>
       </c>
-      <c r="H56" s="80" t="s">
+      <c r="I56" s="80" t="s">
         <v>15</v>
       </c>
-      <c r="I56" s="80" t="s">
+      <c r="J56" s="80" t="s">
         <v>16</v>
       </c>
-      <c r="J56" s="80" t="s">
+      <c r="K56" s="80" t="s">
         <v>17</v>
       </c>
-      <c r="K56" s="80" t="s">
+      <c r="L56" s="80" t="s">
         <v>18</v>
       </c>
-      <c r="L56" s="80" t="s">
+      <c r="M56" s="93" t="s">
         <v>19</v>
       </c>
-      <c r="M56" s="93" t="s">
-[...3 lines deleted...]
-    <row r="57" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="57" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A57" s="131"/>
       <c r="B57" s="106" t="s">
+        <v>21</v>
+      </c>
+      <c r="C57" s="79" t="s">
         <v>22</v>
       </c>
-      <c r="C57" s="79" t="s">
+      <c r="D57" s="79" t="s">
         <v>23</v>
       </c>
-      <c r="D57" s="79" t="s">
+      <c r="E57" s="79" t="s">
         <v>24</v>
       </c>
-      <c r="E57" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" s="79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="79" t="s">
         <v>14</v>
       </c>
-      <c r="G57" s="79" t="s">
+      <c r="H57" s="79" t="s">
         <v>15</v>
       </c>
-      <c r="H57" s="79" t="s">
+      <c r="I57" s="79" t="s">
         <v>16</v>
       </c>
-      <c r="I57" s="79" t="s">
+      <c r="J57" s="79" t="s">
         <v>17</v>
       </c>
-      <c r="J57" s="79" t="s">
+      <c r="K57" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="K57" s="79" t="s">
+      <c r="L57" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="L57" s="79" t="s">
+      <c r="M57" s="95" t="s">
         <v>20</v>
       </c>
-      <c r="M57" s="95" t="s">
-[...3 lines deleted...]
-    <row r="58" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="58" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A58" s="131"/>
       <c r="B58" s="107" t="s">
+        <v>22</v>
+      </c>
+      <c r="C58" s="80" t="s">
         <v>23</v>
       </c>
-      <c r="C58" s="80" t="s">
+      <c r="D58" s="80" t="s">
         <v>24</v>
       </c>
-      <c r="D58" s="80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="F58" s="80" t="s">
         <v>14</v>
       </c>
-      <c r="F58" s="80" t="s">
+      <c r="G58" s="80" t="s">
         <v>15</v>
       </c>
-      <c r="G58" s="80" t="s">
+      <c r="H58" s="80" t="s">
         <v>16</v>
       </c>
-      <c r="H58" s="80" t="s">
+      <c r="I58" s="80" t="s">
         <v>17</v>
       </c>
-      <c r="I58" s="80" t="s">
+      <c r="J58" s="80" t="s">
         <v>18</v>
       </c>
-      <c r="J58" s="80" t="s">
+      <c r="K58" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="K58" s="80" t="s">
+      <c r="L58" s="80" t="s">
         <v>20</v>
       </c>
-      <c r="L58" s="80" t="s">
+      <c r="M58" s="96" t="s">
         <v>21</v>
       </c>
-      <c r="M58" s="96" t="s">
-[...3 lines deleted...]
-    <row r="59" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="59" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A59" s="131"/>
       <c r="B59" s="106" t="s">
+        <v>23</v>
+      </c>
+      <c r="C59" s="79" t="s">
         <v>24</v>
       </c>
-      <c r="C59" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59" s="79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="79" t="s">
         <v>14</v>
       </c>
-      <c r="E59" s="79" t="s">
+      <c r="F59" s="79" t="s">
         <v>15</v>
       </c>
-      <c r="F59" s="79" t="s">
+      <c r="G59" s="79" t="s">
         <v>16</v>
       </c>
-      <c r="G59" s="79" t="s">
+      <c r="H59" s="79" t="s">
         <v>17</v>
       </c>
-      <c r="H59" s="79" t="s">
+      <c r="I59" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="I59" s="79" t="s">
+      <c r="J59" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="J59" s="79" t="s">
+      <c r="K59" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="K59" s="79" t="s">
+      <c r="L59" s="79" t="s">
         <v>21</v>
       </c>
-      <c r="L59" s="79" t="s">
+      <c r="M59" s="95" t="s">
         <v>22</v>
       </c>
-      <c r="M59" s="95" t="s">
-[...3 lines deleted...]
-    <row r="60" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="60" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A60" s="131"/>
       <c r="B60" s="107" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C60" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" s="80" t="s">
         <v>14</v>
       </c>
-      <c r="D60" s="80" t="s">
+      <c r="E60" s="80" t="s">
         <v>15</v>
       </c>
-      <c r="E60" s="80" t="s">
+      <c r="F60" s="80" t="s">
         <v>16</v>
       </c>
-      <c r="F60" s="80" t="s">
+      <c r="G60" s="80" t="s">
         <v>17</v>
       </c>
-      <c r="G60" s="80" t="s">
+      <c r="H60" s="80" t="s">
         <v>18</v>
       </c>
-      <c r="H60" s="80" t="s">
+      <c r="I60" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="I60" s="80" t="s">
+      <c r="J60" s="80" t="s">
         <v>20</v>
       </c>
-      <c r="J60" s="80" t="s">
+      <c r="K60" s="80" t="s">
         <v>21</v>
       </c>
-      <c r="K60" s="80" t="s">
+      <c r="L60" s="80" t="s">
         <v>22</v>
       </c>
-      <c r="L60" s="80" t="s">
+      <c r="M60" s="96" t="s">
         <v>23</v>
       </c>
-      <c r="M60" s="96" t="s">
-[...3 lines deleted...]
-    <row r="61" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="61" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A61" s="131"/>
       <c r="B61" s="106" t="s">
+        <v>13</v>
+      </c>
+      <c r="C61" s="79" t="s">
         <v>14</v>
       </c>
-      <c r="C61" s="79" t="s">
+      <c r="D61" s="79" t="s">
         <v>15</v>
       </c>
-      <c r="D61" s="79" t="s">
+      <c r="E61" s="79" t="s">
         <v>16</v>
       </c>
-      <c r="E61" s="79" t="s">
+      <c r="F61" s="79" t="s">
         <v>17</v>
       </c>
-      <c r="F61" s="79" t="s">
+      <c r="G61" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="G61" s="79" t="s">
+      <c r="H61" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="H61" s="79" t="s">
+      <c r="I61" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="I61" s="79" t="s">
+      <c r="J61" s="79" t="s">
         <v>21</v>
       </c>
-      <c r="J61" s="79" t="s">
+      <c r="K61" s="79" t="s">
         <v>22</v>
       </c>
-      <c r="K61" s="79" t="s">
+      <c r="L61" s="79" t="s">
         <v>23</v>
       </c>
-      <c r="L61" s="79" t="s">
+      <c r="M61" s="95" t="s">
         <v>24</v>
       </c>
-      <c r="M61" s="95" t="s">
-[...3 lines deleted...]
-    <row r="62" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="62" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A62" s="131"/>
       <c r="B62" s="107" t="s">
+        <v>14</v>
+      </c>
+      <c r="C62" s="80" t="s">
         <v>15</v>
       </c>
-      <c r="C62" s="80" t="s">
+      <c r="D62" s="80" t="s">
         <v>16</v>
       </c>
-      <c r="D62" s="80" t="s">
+      <c r="E62" s="80" t="s">
         <v>17</v>
       </c>
-      <c r="E62" s="80" t="s">
+      <c r="F62" s="80" t="s">
         <v>18</v>
       </c>
-      <c r="F62" s="80" t="s">
+      <c r="G62" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="G62" s="80" t="s">
+      <c r="H62" s="80" t="s">
         <v>20</v>
       </c>
-      <c r="H62" s="80" t="s">
+      <c r="I62" s="80" t="s">
         <v>21</v>
       </c>
-      <c r="I62" s="80" t="s">
+      <c r="J62" s="80" t="s">
         <v>22</v>
       </c>
-      <c r="J62" s="80" t="s">
+      <c r="K62" s="80" t="s">
         <v>23</v>
       </c>
-      <c r="K62" s="80" t="s">
+      <c r="L62" s="80" t="s">
         <v>24</v>
       </c>
-      <c r="L62" s="80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M62" s="96" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:13" x14ac:dyDescent="0.2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A63" s="131"/>
       <c r="B63" s="106" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C63" s="79" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D63" s="79" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E63" s="79" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F63" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G63" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H63" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I63" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J63" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K63" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L63" s="79" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M63" s="95" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:13" x14ac:dyDescent="0.2">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A64" s="132" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B64" s="171" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C64" s="74" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D64" s="74" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E64" s="74" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F64" s="74"/>
       <c r="G64" s="74" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="H64" s="74" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I64" s="74" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J64" s="74" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K64" s="74" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L64" s="74"/>
       <c r="M64" s="172" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A65" s="131"/>
+      <c r="B65" s="346" t="s">
+        <v>26</v>
+      </c>
+      <c r="C65" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="D65" s="41" t="s">
+        <v>28</v>
+      </c>
+      <c r="E65" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="F65" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="G65" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="H65" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="I65" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="J65" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="K65" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="L65" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="M65" s="90" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="65" spans="1:13" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B65" s="353" t="s">
+    <row r="66" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A66" s="133"/>
+      <c r="B66" s="347" t="s">
+        <v>38</v>
+      </c>
+      <c r="C66" s="338" t="s">
+        <v>39</v>
+      </c>
+      <c r="D66" s="338" t="s">
+        <v>40</v>
+      </c>
+      <c r="E66" s="338" t="s">
+        <v>41</v>
+      </c>
+      <c r="F66" s="338" t="s">
+        <v>42</v>
+      </c>
+      <c r="G66" s="338" t="s">
+        <v>43</v>
+      </c>
+      <c r="H66" s="338" t="s">
+        <v>44</v>
+      </c>
+      <c r="I66" s="338" t="s">
+        <v>45</v>
+      </c>
+      <c r="J66" s="338" t="s">
+        <v>46</v>
+      </c>
+      <c r="K66" s="338" t="s">
+        <v>47</v>
+      </c>
+      <c r="L66" s="338" t="s">
+        <v>48</v>
+      </c>
+      <c r="M66" s="343" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A67" s="134"/>
+      <c r="B67" s="346" t="s">
+        <v>72</v>
+      </c>
+      <c r="C67" s="41" t="s">
+        <v>61</v>
+      </c>
+      <c r="D67" s="41" t="s">
+        <v>62</v>
+      </c>
+      <c r="E67" s="41" t="s">
+        <v>63</v>
+      </c>
+      <c r="F67" s="41" t="s">
+        <v>64</v>
+      </c>
+      <c r="G67" s="41" t="s">
+        <v>65</v>
+      </c>
+      <c r="H67" s="41" t="s">
+        <v>66</v>
+      </c>
+      <c r="I67" s="41" t="s">
+        <v>67</v>
+      </c>
+      <c r="J67" s="41" t="s">
+        <v>68</v>
+      </c>
+      <c r="K67" s="41" t="s">
+        <v>69</v>
+      </c>
+      <c r="L67" s="41" t="s">
+        <v>70</v>
+      </c>
+      <c r="M67" s="90" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A68" s="132"/>
+      <c r="B68" s="347" t="s">
+        <v>84</v>
+      </c>
+      <c r="C68" s="338" t="s">
+        <v>73</v>
+      </c>
+      <c r="D68" s="338" t="s">
+        <v>74</v>
+      </c>
+      <c r="E68" s="338" t="s">
+        <v>75</v>
+      </c>
+      <c r="F68" s="338" t="s">
+        <v>76</v>
+      </c>
+      <c r="G68" s="338" t="s">
+        <v>77</v>
+      </c>
+      <c r="H68" s="338" t="s">
+        <v>78</v>
+      </c>
+      <c r="I68" s="338" t="s">
+        <v>79</v>
+      </c>
+      <c r="J68" s="338" t="s">
+        <v>80</v>
+      </c>
+      <c r="K68" s="338" t="s">
+        <v>81</v>
+      </c>
+      <c r="L68" s="338" t="s">
+        <v>82</v>
+      </c>
+      <c r="M68" s="343" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A69" s="131"/>
+      <c r="B69" s="346" t="s">
+        <v>96</v>
+      </c>
+      <c r="C69" s="41" t="s">
+        <v>85</v>
+      </c>
+      <c r="D69" s="41" t="s">
+        <v>86</v>
+      </c>
+      <c r="E69" s="41" t="s">
+        <v>87</v>
+      </c>
+      <c r="F69" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="G69" s="41" t="s">
+        <v>89</v>
+      </c>
+      <c r="H69" s="41" t="s">
+        <v>90</v>
+      </c>
+      <c r="I69" s="41" t="s">
+        <v>91</v>
+      </c>
+      <c r="J69" s="41" t="s">
+        <v>92</v>
+      </c>
+      <c r="K69" s="41" t="s">
+        <v>93</v>
+      </c>
+      <c r="L69" s="41" t="s">
+        <v>94</v>
+      </c>
+      <c r="M69" s="90" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A70" s="131"/>
+      <c r="B70" s="347" t="s">
+        <v>105</v>
+      </c>
+      <c r="C70" s="338" t="s">
+        <v>106</v>
+      </c>
+      <c r="D70" s="338" t="s">
+        <v>107</v>
+      </c>
+      <c r="E70" s="338" t="s">
+        <v>108</v>
+      </c>
+      <c r="F70" s="338" t="s">
+        <v>100</v>
+      </c>
+      <c r="G70" s="338" t="s">
+        <v>109</v>
+      </c>
+      <c r="H70" s="338" t="s">
+        <v>110</v>
+      </c>
+      <c r="I70" s="338" t="s">
+        <v>111</v>
+      </c>
+      <c r="J70" s="338" t="s">
+        <v>112</v>
+      </c>
+      <c r="K70" s="338" t="s">
+        <v>113</v>
+      </c>
+      <c r="L70" s="338" t="s">
+        <v>114</v>
+      </c>
+      <c r="M70" s="343" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A71" s="131"/>
+      <c r="B71" s="346" t="s">
+        <v>116</v>
+      </c>
+      <c r="C71" s="41" t="s">
+        <v>117</v>
+      </c>
+      <c r="D71" s="41" t="s">
+        <v>118</v>
+      </c>
+      <c r="E71" s="41" t="s">
+        <v>99</v>
+      </c>
+      <c r="F71" s="41" t="s">
+        <v>119</v>
+      </c>
+      <c r="G71" s="41" t="s">
+        <v>120</v>
+      </c>
+      <c r="H71" s="41" t="s">
+        <v>121</v>
+      </c>
+      <c r="I71" s="41" t="s">
+        <v>122</v>
+      </c>
+      <c r="J71" s="41" t="s">
+        <v>123</v>
+      </c>
+      <c r="K71" s="41" t="s">
+        <v>124</v>
+      </c>
+      <c r="L71" s="41" t="s">
+        <v>125</v>
+      </c>
+      <c r="M71" s="90" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A72" s="131"/>
+      <c r="B72" s="347" t="s">
+        <v>127</v>
+      </c>
+      <c r="C72" s="338" t="s">
+        <v>128</v>
+      </c>
+      <c r="D72" s="338" t="s">
+        <v>98</v>
+      </c>
+      <c r="E72" s="338" t="s">
+        <v>129</v>
+      </c>
+      <c r="F72" s="338" t="s">
+        <v>130</v>
+      </c>
+      <c r="G72" s="338" t="s">
+        <v>131</v>
+      </c>
+      <c r="H72" s="338" t="s">
+        <v>132</v>
+      </c>
+      <c r="I72" s="338" t="s">
+        <v>133</v>
+      </c>
+      <c r="J72" s="338" t="s">
+        <v>134</v>
+      </c>
+      <c r="K72" s="338" t="s">
+        <v>135</v>
+      </c>
+      <c r="L72" s="338" t="s">
+        <v>136</v>
+      </c>
+      <c r="M72" s="343" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A73" s="131"/>
+      <c r="B73" s="346" t="s">
+        <v>138</v>
+      </c>
+      <c r="C73" s="41" t="s">
+        <v>97</v>
+      </c>
+      <c r="D73" s="41" t="s">
+        <v>139</v>
+      </c>
+      <c r="E73" s="41" t="s">
+        <v>140</v>
+      </c>
+      <c r="F73" s="41" t="s">
+        <v>141</v>
+      </c>
+      <c r="G73" s="41" t="s">
+        <v>142</v>
+      </c>
+      <c r="H73" s="41" t="s">
+        <v>143</v>
+      </c>
+      <c r="I73" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="J73" s="41" t="s">
+        <v>145</v>
+      </c>
+      <c r="K73" s="41" t="s">
+        <v>146</v>
+      </c>
+      <c r="L73" s="41" t="s">
+        <v>147</v>
+      </c>
+      <c r="M73" s="90" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A74" s="131"/>
+      <c r="B74" s="347" t="s">
+        <v>102</v>
+      </c>
+      <c r="C74" s="338" t="s">
+        <v>149</v>
+      </c>
+      <c r="D74" s="338" t="s">
+        <v>150</v>
+      </c>
+      <c r="E74" s="338" t="s">
+        <v>151</v>
+      </c>
+      <c r="F74" s="338" t="s">
+        <v>152</v>
+      </c>
+      <c r="G74" s="338" t="s">
+        <v>153</v>
+      </c>
+      <c r="H74" s="338" t="s">
+        <v>154</v>
+      </c>
+      <c r="I74" s="338" t="s">
+        <v>155</v>
+      </c>
+      <c r="J74" s="338" t="s">
+        <v>156</v>
+      </c>
+      <c r="K74" s="338" t="s">
+        <v>157</v>
+      </c>
+      <c r="L74" s="338" t="s">
+        <v>158</v>
+      </c>
+      <c r="M74" s="343" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A75" s="131"/>
+      <c r="B75" s="346" t="s">
+        <v>160</v>
+      </c>
+      <c r="C75" s="41" t="s">
+        <v>161</v>
+      </c>
+      <c r="D75" s="41" t="s">
+        <v>162</v>
+      </c>
+      <c r="E75" s="41" t="s">
+        <v>163</v>
+      </c>
+      <c r="F75" s="41" t="s">
+        <v>164</v>
+      </c>
+      <c r="G75" s="41" t="s">
+        <v>165</v>
+      </c>
+      <c r="H75" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="I75" s="41" t="s">
+        <v>167</v>
+      </c>
+      <c r="J75" s="41" t="s">
+        <v>168</v>
+      </c>
+      <c r="K75" s="41" t="s">
+        <v>169</v>
+      </c>
+      <c r="L75" s="41" t="s">
+        <v>170</v>
+      </c>
+      <c r="M75" s="90" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A76" s="131"/>
+      <c r="B76" s="347" t="s">
+        <v>171</v>
+      </c>
+      <c r="C76" s="338" t="s">
+        <v>172</v>
+      </c>
+      <c r="D76" s="338" t="s">
+        <v>173</v>
+      </c>
+      <c r="E76" s="338" t="s">
+        <v>174</v>
+      </c>
+      <c r="F76" s="338" t="s">
+        <v>175</v>
+      </c>
+      <c r="G76" s="338" t="s">
+        <v>176</v>
+      </c>
+      <c r="H76" s="338" t="s">
+        <v>177</v>
+      </c>
+      <c r="I76" s="338" t="s">
+        <v>178</v>
+      </c>
+      <c r="J76" s="338" t="s">
+        <v>179</v>
+      </c>
+      <c r="K76" s="338" t="s">
+        <v>180</v>
+      </c>
+      <c r="L76" s="338" t="s">
+        <v>103</v>
+      </c>
+      <c r="M76" s="343" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A77" s="133"/>
+      <c r="B77" s="346" t="s">
+        <v>27</v>
+      </c>
+      <c r="C77" s="41" t="s">
         <v>28</v>
       </c>
-      <c r="C65" s="41" t="s">
+      <c r="D77" s="41" t="s">
         <v>29</v>
       </c>
-      <c r="D65" s="41" t="s">
+      <c r="E77" s="41" t="s">
         <v>30</v>
       </c>
-      <c r="E65" s="41" t="s">
+      <c r="F77" s="41" t="s">
         <v>31</v>
       </c>
-      <c r="F65" s="41" t="s">
+      <c r="G77" s="41" t="s">
         <v>32</v>
       </c>
-      <c r="G65" s="41" t="s">
+      <c r="H77" s="41" t="s">
         <v>33</v>
       </c>
-      <c r="H65" s="41" t="s">
+      <c r="I77" s="41" t="s">
         <v>34</v>
       </c>
-      <c r="I65" s="41" t="s">
+      <c r="J77" s="41" t="s">
         <v>35</v>
       </c>
-      <c r="J65" s="41" t="s">
+      <c r="K77" s="41" t="s">
         <v>36</v>
       </c>
-      <c r="K65" s="41" t="s">
+      <c r="L77" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="M77" s="90" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A78" s="134"/>
+      <c r="B78" s="347" t="s">
+        <v>39</v>
+      </c>
+      <c r="C78" s="338" t="s">
+        <v>40</v>
+      </c>
+      <c r="D78" s="338" t="s">
+        <v>41</v>
+      </c>
+      <c r="E78" s="338" t="s">
+        <v>42</v>
+      </c>
+      <c r="F78" s="338" t="s">
+        <v>43</v>
+      </c>
+      <c r="G78" s="338" t="s">
+        <v>44</v>
+      </c>
+      <c r="H78" s="338" t="s">
+        <v>45</v>
+      </c>
+      <c r="I78" s="338" t="s">
+        <v>46</v>
+      </c>
+      <c r="J78" s="338" t="s">
+        <v>47</v>
+      </c>
+      <c r="K78" s="338" t="s">
+        <v>48</v>
+      </c>
+      <c r="L78" s="338" t="s">
         <v>37</v>
       </c>
-      <c r="L65" s="41" t="s">
+      <c r="M78" s="343" t="s">
         <v>38</v>
       </c>
-      <c r="M65" s="90" t="s">
+    </row>
+    <row r="79" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A79" s="134"/>
+      <c r="B79" s="346" t="s">
+        <v>61</v>
+      </c>
+      <c r="C79" s="41" t="s">
+        <v>62</v>
+      </c>
+      <c r="D79" s="41" t="s">
+        <v>63</v>
+      </c>
+      <c r="E79" s="41" t="s">
+        <v>64</v>
+      </c>
+      <c r="F79" s="41" t="s">
+        <v>65</v>
+      </c>
+      <c r="G79" s="41" t="s">
+        <v>66</v>
+      </c>
+      <c r="H79" s="41" t="s">
+        <v>67</v>
+      </c>
+      <c r="I79" s="41" t="s">
+        <v>68</v>
+      </c>
+      <c r="J79" s="41" t="s">
+        <v>69</v>
+      </c>
+      <c r="K79" s="41" t="s">
+        <v>70</v>
+      </c>
+      <c r="L79" s="41" t="s">
+        <v>71</v>
+      </c>
+      <c r="M79" s="90" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A80" s="134"/>
+      <c r="B80" s="347" t="s">
+        <v>73</v>
+      </c>
+      <c r="C80" s="338" t="s">
+        <v>74</v>
+      </c>
+      <c r="D80" s="338" t="s">
+        <v>75</v>
+      </c>
+      <c r="E80" s="338" t="s">
+        <v>76</v>
+      </c>
+      <c r="F80" s="338" t="s">
+        <v>77</v>
+      </c>
+      <c r="G80" s="338" t="s">
+        <v>78</v>
+      </c>
+      <c r="H80" s="338" t="s">
+        <v>79</v>
+      </c>
+      <c r="I80" s="338" t="s">
+        <v>80</v>
+      </c>
+      <c r="J80" s="338" t="s">
+        <v>81</v>
+      </c>
+      <c r="K80" s="338" t="s">
+        <v>82</v>
+      </c>
+      <c r="L80" s="338" t="s">
+        <v>83</v>
+      </c>
+      <c r="M80" s="343" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A81" s="134"/>
+      <c r="B81" s="346" t="s">
+        <v>28</v>
+      </c>
+      <c r="C81" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="D81" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="E81" s="41" t="s">
+        <v>100</v>
+      </c>
+      <c r="F81" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="G81" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="H81" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="I81" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="J81" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="K81" s="41" t="s">
+        <v>114</v>
+      </c>
+      <c r="L81" s="41" t="s">
+        <v>26</v>
+      </c>
+      <c r="M81" s="90" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="66" spans="1:13" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B66" s="354" t="s">
+    <row r="82" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A82" s="134"/>
+      <c r="B82" s="347" t="s">
         <v>40</v>
       </c>
-      <c r="C66" s="345" t="s">
+      <c r="C82" s="338" t="s">
         <v>41</v>
       </c>
-      <c r="D66" s="345" t="s">
+      <c r="D82" s="338" t="s">
         <v>42</v>
       </c>
-      <c r="E66" s="345" t="s">
+      <c r="E82" s="338" t="s">
+        <v>31</v>
+      </c>
+      <c r="F82" s="338" t="s">
+        <v>44</v>
+      </c>
+      <c r="G82" s="338" t="s">
+        <v>45</v>
+      </c>
+      <c r="H82" s="338" t="s">
+        <v>46</v>
+      </c>
+      <c r="I82" s="338" t="s">
+        <v>47</v>
+      </c>
+      <c r="J82" s="338" t="s">
+        <v>48</v>
+      </c>
+      <c r="K82" s="338" t="s">
+        <v>103</v>
+      </c>
+      <c r="L82" s="338" t="s">
+        <v>38</v>
+      </c>
+      <c r="M82" s="343" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A83" s="134"/>
+      <c r="B83" s="348" t="s">
+        <v>62</v>
+      </c>
+      <c r="C83" s="339" t="s">
+        <v>63</v>
+      </c>
+      <c r="D83" s="339" t="s">
+        <v>64</v>
+      </c>
+      <c r="E83" s="339" t="s">
         <v>43</v>
       </c>
-      <c r="F66" s="345" t="s">
+      <c r="F83" s="339" t="s">
+        <v>66</v>
+      </c>
+      <c r="G83" s="339" t="s">
+        <v>67</v>
+      </c>
+      <c r="H83" s="339" t="s">
+        <v>68</v>
+      </c>
+      <c r="I83" s="339" t="s">
+        <v>69</v>
+      </c>
+      <c r="J83" s="339" t="s">
+        <v>70</v>
+      </c>
+      <c r="K83" s="339" t="s">
+        <v>25</v>
+      </c>
+      <c r="L83" s="339" t="s">
+        <v>72</v>
+      </c>
+      <c r="M83" s="344" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A84" s="134"/>
+      <c r="B84" s="347" t="s">
+        <v>29</v>
+      </c>
+      <c r="C84" s="338" t="s">
+        <v>30</v>
+      </c>
+      <c r="D84" s="338" t="s">
+        <v>100</v>
+      </c>
+      <c r="E84" s="338" t="s">
+        <v>65</v>
+      </c>
+      <c r="F84" s="338" t="s">
+        <v>33</v>
+      </c>
+      <c r="G84" s="338" t="s">
+        <v>34</v>
+      </c>
+      <c r="H84" s="338" t="s">
+        <v>35</v>
+      </c>
+      <c r="I84" s="338" t="s">
+        <v>36</v>
+      </c>
+      <c r="J84" s="338" t="s">
+        <v>114</v>
+      </c>
+      <c r="K84" s="338" t="s">
+        <v>37</v>
+      </c>
+      <c r="L84" s="338" t="s">
+        <v>27</v>
+      </c>
+      <c r="M84" s="343" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A85" s="134"/>
+      <c r="B85" s="348" t="s">
+        <v>41</v>
+      </c>
+      <c r="C85" s="339" t="s">
+        <v>42</v>
+      </c>
+      <c r="D85" s="339" t="s">
+        <v>31</v>
+      </c>
+      <c r="E85" s="339" t="s">
+        <v>32</v>
+      </c>
+      <c r="F85" s="339" t="s">
+        <v>45</v>
+      </c>
+      <c r="G85" s="339" t="s">
+        <v>46</v>
+      </c>
+      <c r="H85" s="339" t="s">
+        <v>47</v>
+      </c>
+      <c r="I85" s="339" t="s">
+        <v>48</v>
+      </c>
+      <c r="J85" s="339" t="s">
+        <v>103</v>
+      </c>
+      <c r="K85" s="339" t="s">
+        <v>71</v>
+      </c>
+      <c r="L85" s="339" t="s">
+        <v>39</v>
+      </c>
+      <c r="M85" s="344" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A86" s="134"/>
+      <c r="B86" s="347" t="s">
+        <v>30</v>
+      </c>
+      <c r="C86" s="338" t="s">
+        <v>100</v>
+      </c>
+      <c r="D86" s="338" t="s">
+        <v>43</v>
+      </c>
+      <c r="E86" s="338" t="s">
         <v>44</v>
       </c>
-      <c r="G66" s="345" t="s">
+      <c r="F86" s="338" t="s">
+        <v>34</v>
+      </c>
+      <c r="G86" s="338" t="s">
+        <v>35</v>
+      </c>
+      <c r="H86" s="338" t="s">
+        <v>36</v>
+      </c>
+      <c r="I86" s="338" t="s">
+        <v>114</v>
+      </c>
+      <c r="J86" s="338" t="s">
+        <v>25</v>
+      </c>
+      <c r="K86" s="338" t="s">
+        <v>26</v>
+      </c>
+      <c r="L86" s="338" t="s">
+        <v>28</v>
+      </c>
+      <c r="M86" s="343" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A87" s="134"/>
+      <c r="B87" s="348" t="s">
+        <v>100</v>
+      </c>
+      <c r="C87" s="339" t="s">
+        <v>31</v>
+      </c>
+      <c r="D87" s="339" t="s">
+        <v>32</v>
+      </c>
+      <c r="E87" s="339" t="s">
+        <v>33</v>
+      </c>
+      <c r="F87" s="339" t="s">
+        <v>35</v>
+      </c>
+      <c r="G87" s="339" t="s">
+        <v>36</v>
+      </c>
+      <c r="H87" s="339" t="s">
+        <v>114</v>
+      </c>
+      <c r="I87" s="339" t="s">
+        <v>103</v>
+      </c>
+      <c r="J87" s="339" t="s">
+        <v>37</v>
+      </c>
+      <c r="K87" s="339" t="s">
+        <v>38</v>
+      </c>
+      <c r="L87" s="339" t="s">
+        <v>29</v>
+      </c>
+      <c r="M87" s="344" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A88" s="134"/>
+      <c r="B88" s="347" t="s">
+        <v>31</v>
+      </c>
+      <c r="C88" s="338" t="s">
+        <v>32</v>
+      </c>
+      <c r="D88" s="338" t="s">
+        <v>33</v>
+      </c>
+      <c r="E88" s="338" t="s">
+        <v>34</v>
+      </c>
+      <c r="F88" s="338" t="s">
+        <v>36</v>
+      </c>
+      <c r="G88" s="338" t="s">
+        <v>114</v>
+      </c>
+      <c r="H88" s="338" t="s">
+        <v>103</v>
+      </c>
+      <c r="I88" s="338" t="s">
+        <v>25</v>
+      </c>
+      <c r="J88" s="338" t="s">
+        <v>26</v>
+      </c>
+      <c r="K88" s="338" t="s">
+        <v>27</v>
+      </c>
+      <c r="L88" s="338" t="s">
+        <v>30</v>
+      </c>
+      <c r="M88" s="343" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A89" s="134"/>
+      <c r="B89" s="348" t="s">
+        <v>32</v>
+      </c>
+      <c r="C89" s="339" t="s">
+        <v>33</v>
+      </c>
+      <c r="D89" s="339" t="s">
+        <v>34</v>
+      </c>
+      <c r="E89" s="339" t="s">
+        <v>35</v>
+      </c>
+      <c r="F89" s="339" t="s">
+        <v>114</v>
+      </c>
+      <c r="G89" s="339" t="s">
+        <v>103</v>
+      </c>
+      <c r="H89" s="339" t="s">
+        <v>25</v>
+      </c>
+      <c r="I89" s="339" t="s">
+        <v>26</v>
+      </c>
+      <c r="J89" s="339" t="s">
+        <v>27</v>
+      </c>
+      <c r="K89" s="339" t="s">
+        <v>28</v>
+      </c>
+      <c r="L89" s="339" t="s">
+        <v>100</v>
+      </c>
+      <c r="M89" s="344" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A90" s="134"/>
+      <c r="B90" s="347" t="s">
+        <v>33</v>
+      </c>
+      <c r="C90" s="338" t="s">
+        <v>34</v>
+      </c>
+      <c r="D90" s="338" t="s">
+        <v>35</v>
+      </c>
+      <c r="E90" s="338" t="s">
+        <v>36</v>
+      </c>
+      <c r="F90" s="338" t="s">
+        <v>103</v>
+      </c>
+      <c r="G90" s="338" t="s">
+        <v>25</v>
+      </c>
+      <c r="H90" s="338" t="s">
+        <v>26</v>
+      </c>
+      <c r="I90" s="338" t="s">
+        <v>27</v>
+      </c>
+      <c r="J90" s="338" t="s">
+        <v>28</v>
+      </c>
+      <c r="K90" s="338" t="s">
+        <v>29</v>
+      </c>
+      <c r="L90" s="338" t="s">
+        <v>31</v>
+      </c>
+      <c r="M90" s="343" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A91" s="134"/>
+      <c r="B91" s="348" t="s">
+        <v>34</v>
+      </c>
+      <c r="C91" s="339" t="s">
+        <v>35</v>
+      </c>
+      <c r="D91" s="339" t="s">
+        <v>36</v>
+      </c>
+      <c r="E91" s="339" t="s">
+        <v>114</v>
+      </c>
+      <c r="F91" s="339" t="s">
+        <v>25</v>
+      </c>
+      <c r="G91" s="339" t="s">
+        <v>26</v>
+      </c>
+      <c r="H91" s="339" t="s">
+        <v>27</v>
+      </c>
+      <c r="I91" s="339" t="s">
+        <v>28</v>
+      </c>
+      <c r="J91" s="339" t="s">
+        <v>29</v>
+      </c>
+      <c r="K91" s="339" t="s">
+        <v>30</v>
+      </c>
+      <c r="L91" s="339" t="s">
+        <v>32</v>
+      </c>
+      <c r="M91" s="344" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A92" s="134"/>
+      <c r="B92" s="347" t="s">
+        <v>35</v>
+      </c>
+      <c r="C92" s="338" t="s">
+        <v>36</v>
+      </c>
+      <c r="D92" s="338" t="s">
+        <v>114</v>
+      </c>
+      <c r="E92" s="338" t="s">
+        <v>103</v>
+      </c>
+      <c r="F92" s="338" t="s">
+        <v>26</v>
+      </c>
+      <c r="G92" s="338" t="s">
+        <v>27</v>
+      </c>
+      <c r="H92" s="338" t="s">
+        <v>28</v>
+      </c>
+      <c r="I92" s="338" t="s">
+        <v>29</v>
+      </c>
+      <c r="J92" s="338" t="s">
+        <v>30</v>
+      </c>
+      <c r="K92" s="338" t="s">
+        <v>100</v>
+      </c>
+      <c r="L92" s="338" t="s">
+        <v>33</v>
+      </c>
+      <c r="M92" s="343" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A93" s="134"/>
+      <c r="B93" s="348" t="s">
+        <v>36</v>
+      </c>
+      <c r="C93" s="339" t="s">
+        <v>114</v>
+      </c>
+      <c r="D93" s="339" t="s">
+        <v>103</v>
+      </c>
+      <c r="E93" s="339" t="s">
+        <v>25</v>
+      </c>
+      <c r="F93" s="339" t="s">
+        <v>27</v>
+      </c>
+      <c r="G93" s="339" t="s">
+        <v>28</v>
+      </c>
+      <c r="H93" s="339" t="s">
+        <v>29</v>
+      </c>
+      <c r="I93" s="339" t="s">
+        <v>30</v>
+      </c>
+      <c r="J93" s="339" t="s">
+        <v>100</v>
+      </c>
+      <c r="K93" s="339" t="s">
+        <v>31</v>
+      </c>
+      <c r="L93" s="339" t="s">
+        <v>34</v>
+      </c>
+      <c r="M93" s="344" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A94" s="134"/>
+      <c r="B94" s="347" t="s">
+        <v>114</v>
+      </c>
+      <c r="C94" s="338" t="s">
+        <v>103</v>
+      </c>
+      <c r="D94" s="338" t="s">
+        <v>25</v>
+      </c>
+      <c r="E94" s="338" t="s">
+        <v>26</v>
+      </c>
+      <c r="F94" s="338" t="s">
+        <v>28</v>
+      </c>
+      <c r="G94" s="338" t="s">
+        <v>29</v>
+      </c>
+      <c r="H94" s="338" t="s">
+        <v>30</v>
+      </c>
+      <c r="I94" s="338" t="s">
+        <v>100</v>
+      </c>
+      <c r="J94" s="338" t="s">
+        <v>31</v>
+      </c>
+      <c r="K94" s="338" t="s">
+        <v>32</v>
+      </c>
+      <c r="L94" s="338" t="s">
+        <v>35</v>
+      </c>
+      <c r="M94" s="343" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A95" s="134"/>
+      <c r="B95" s="348" t="s">
+        <v>103</v>
+      </c>
+      <c r="C95" s="339" t="s">
+        <v>25</v>
+      </c>
+      <c r="D95" s="339" t="s">
+        <v>26</v>
+      </c>
+      <c r="E95" s="339" t="s">
+        <v>27</v>
+      </c>
+      <c r="F95" s="339" t="s">
+        <v>29</v>
+      </c>
+      <c r="G95" s="339" t="s">
+        <v>30</v>
+      </c>
+      <c r="H95" s="339" t="s">
+        <v>100</v>
+      </c>
+      <c r="I95" s="339" t="s">
+        <v>31</v>
+      </c>
+      <c r="J95" s="339" t="s">
+        <v>32</v>
+      </c>
+      <c r="K95" s="339" t="s">
+        <v>33</v>
+      </c>
+      <c r="L95" s="339" t="s">
+        <v>114</v>
+      </c>
+      <c r="M95" s="344" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A96" s="131"/>
+      <c r="B96" s="347" t="s">
+        <v>25</v>
+      </c>
+      <c r="C96" s="338" t="s">
+        <v>26</v>
+      </c>
+      <c r="D96" s="338" t="s">
+        <v>27</v>
+      </c>
+      <c r="E96" s="338" t="s">
+        <v>28</v>
+      </c>
+      <c r="F96" s="338" t="s">
+        <v>100</v>
+      </c>
+      <c r="G96" s="338" t="s">
+        <v>100</v>
+      </c>
+      <c r="H96" s="338" t="s">
+        <v>31</v>
+      </c>
+      <c r="I96" s="338" t="s">
+        <v>32</v>
+      </c>
+      <c r="J96" s="338" t="s">
+        <v>33</v>
+      </c>
+      <c r="K96" s="338" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" s="340"/>
+      <c r="M96" s="343" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="135"/>
+      <c r="B97" s="440" t="s">
+        <v>100</v>
+      </c>
+      <c r="C97" s="441" t="s">
+        <v>100</v>
+      </c>
+      <c r="D97" s="441" t="s">
+        <v>100</v>
+      </c>
+      <c r="E97" s="441" t="s">
+        <v>100</v>
+      </c>
+      <c r="F97" s="442"/>
+      <c r="G97" s="441" t="s">
+        <v>114</v>
+      </c>
+      <c r="H97" s="441" t="s">
+        <v>114</v>
+      </c>
+      <c r="I97" s="441" t="s">
+        <v>114</v>
+      </c>
+      <c r="J97" s="441" t="s">
+        <v>114</v>
+      </c>
+      <c r="K97" s="441" t="s">
+        <v>114</v>
+      </c>
+      <c r="L97" s="442"/>
+      <c r="M97" s="443" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A98" s="466"/>
+      <c r="B98" s="451" t="s">
+        <v>14</v>
+      </c>
+      <c r="C98" s="452" t="s">
+        <v>15</v>
+      </c>
+      <c r="D98" s="452" t="s">
+        <v>16</v>
+      </c>
+      <c r="E98" s="452" t="s">
+        <v>17</v>
+      </c>
+      <c r="F98" s="452" t="s">
+        <v>18</v>
+      </c>
+      <c r="G98" s="452" t="s">
+        <v>19</v>
+      </c>
+      <c r="H98" s="452" t="s">
+        <v>20</v>
+      </c>
+      <c r="I98" s="452" t="s">
+        <v>21</v>
+      </c>
+      <c r="J98" s="452" t="s">
+        <v>22</v>
+      </c>
+      <c r="K98" s="452" t="s">
+        <v>23</v>
+      </c>
+      <c r="L98" s="452" t="s">
+        <v>24</v>
+      </c>
+      <c r="M98" s="453" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A99" s="131"/>
+      <c r="B99" s="454" t="s">
+        <v>15</v>
+      </c>
+      <c r="C99" s="448" t="s">
+        <v>16</v>
+      </c>
+      <c r="D99" s="448" t="s">
+        <v>17</v>
+      </c>
+      <c r="E99" s="448" t="s">
+        <v>18</v>
+      </c>
+      <c r="F99" s="448" t="s">
+        <v>19</v>
+      </c>
+      <c r="G99" s="448" t="s">
+        <v>20</v>
+      </c>
+      <c r="H99" s="448" t="s">
+        <v>21</v>
+      </c>
+      <c r="I99" s="448" t="s">
+        <v>22</v>
+      </c>
+      <c r="J99" s="448" t="s">
+        <v>23</v>
+      </c>
+      <c r="K99" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" s="448" t="s">
+        <v>13</v>
+      </c>
+      <c r="M99" s="455" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A100" s="131"/>
+      <c r="B100" s="456" t="s">
+        <v>16</v>
+      </c>
+      <c r="C100" s="447" t="s">
+        <v>17</v>
+      </c>
+      <c r="D100" s="447" t="s">
+        <v>18</v>
+      </c>
+      <c r="E100" s="447" t="s">
+        <v>19</v>
+      </c>
+      <c r="F100" s="447" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" s="447" t="s">
+        <v>21</v>
+      </c>
+      <c r="H100" s="447" t="s">
+        <v>22</v>
+      </c>
+      <c r="I100" s="447" t="s">
+        <v>23</v>
+      </c>
+      <c r="J100" s="447" t="s">
+        <v>24</v>
+      </c>
+      <c r="K100" s="447" t="s">
+        <v>13</v>
+      </c>
+      <c r="L100" s="447" t="s">
+        <v>14</v>
+      </c>
+      <c r="M100" s="457" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A101" s="131"/>
+      <c r="B101" s="454" t="s">
+        <v>17</v>
+      </c>
+      <c r="C101" s="448" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" s="448" t="s">
+        <v>19</v>
+      </c>
+      <c r="E101" s="448" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" s="448" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" s="448" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101" s="448" t="s">
+        <v>23</v>
+      </c>
+      <c r="I101" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="J101" s="448" t="s">
+        <v>13</v>
+      </c>
+      <c r="K101" s="448" t="s">
+        <v>14</v>
+      </c>
+      <c r="L101" s="448" t="s">
+        <v>15</v>
+      </c>
+      <c r="M101" s="455" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A102" s="131"/>
+      <c r="B102" s="456" t="s">
+        <v>18</v>
+      </c>
+      <c r="C102" s="447" t="s">
+        <v>19</v>
+      </c>
+      <c r="D102" s="447" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" s="447" t="s">
+        <v>21</v>
+      </c>
+      <c r="F102" s="447" t="s">
+        <v>22</v>
+      </c>
+      <c r="G102" s="447" t="s">
+        <v>23</v>
+      </c>
+      <c r="H102" s="447" t="s">
+        <v>24</v>
+      </c>
+      <c r="I102" s="447" t="s">
+        <v>13</v>
+      </c>
+      <c r="J102" s="447" t="s">
+        <v>14</v>
+      </c>
+      <c r="K102" s="447" t="s">
+        <v>15</v>
+      </c>
+      <c r="L102" s="447" t="s">
+        <v>16</v>
+      </c>
+      <c r="M102" s="457" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A103" s="131"/>
+      <c r="B103" s="454" t="s">
+        <v>182</v>
+      </c>
+      <c r="C103" s="448" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" s="448" t="s">
+        <v>21</v>
+      </c>
+      <c r="E103" s="448" t="s">
+        <v>22</v>
+      </c>
+      <c r="F103" s="448" t="s">
+        <v>23</v>
+      </c>
+      <c r="G103" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="H103" s="448" t="s">
+        <v>13</v>
+      </c>
+      <c r="I103" s="448" t="s">
+        <v>14</v>
+      </c>
+      <c r="J103" s="448" t="s">
+        <v>15</v>
+      </c>
+      <c r="K103" s="448" t="s">
+        <v>16</v>
+      </c>
+      <c r="L103" s="448" t="s">
+        <v>17</v>
+      </c>
+      <c r="M103" s="455" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A104" s="131"/>
+      <c r="B104" s="456" t="s">
+        <v>20</v>
+      </c>
+      <c r="C104" s="447" t="s">
+        <v>21</v>
+      </c>
+      <c r="D104" s="447" t="s">
+        <v>22</v>
+      </c>
+      <c r="E104" s="447" t="s">
+        <v>23</v>
+      </c>
+      <c r="F104" s="447" t="s">
+        <v>24</v>
+      </c>
+      <c r="G104" s="447" t="s">
+        <v>13</v>
+      </c>
+      <c r="H104" s="447" t="s">
+        <v>14</v>
+      </c>
+      <c r="I104" s="447" t="s">
+        <v>15</v>
+      </c>
+      <c r="J104" s="447" t="s">
+        <v>16</v>
+      </c>
+      <c r="K104" s="447" t="s">
+        <v>17</v>
+      </c>
+      <c r="L104" s="447" t="s">
+        <v>18</v>
+      </c>
+      <c r="M104" s="457" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A105" s="131"/>
+      <c r="B105" s="454" t="s">
+        <v>24</v>
+      </c>
+      <c r="C105" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="D105" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="E105" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="F105" s="448" t="s">
+        <v>18</v>
+      </c>
+      <c r="G105" s="448" t="s">
+        <v>18</v>
+      </c>
+      <c r="H105" s="448" t="s">
+        <v>18</v>
+      </c>
+      <c r="I105" s="448" t="s">
+        <v>18</v>
+      </c>
+      <c r="J105" s="448" t="s">
+        <v>18</v>
+      </c>
+      <c r="K105" s="448" t="s">
+        <v>18</v>
+      </c>
+      <c r="L105" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="M105" s="455" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A106" s="131"/>
+      <c r="B106" s="458" t="s">
+        <v>26</v>
+      </c>
+      <c r="C106" s="449" t="s">
+        <v>27</v>
+      </c>
+      <c r="D106" s="449" t="s">
+        <v>28</v>
+      </c>
+      <c r="E106" s="449" t="s">
+        <v>29</v>
+      </c>
+      <c r="F106" s="449" t="s">
+        <v>30</v>
+      </c>
+      <c r="G106" s="449" t="s">
+        <v>31</v>
+      </c>
+      <c r="H106" s="449" t="s">
+        <v>32</v>
+      </c>
+      <c r="I106" s="449" t="s">
+        <v>33</v>
+      </c>
+      <c r="J106" s="449" t="s">
+        <v>34</v>
+      </c>
+      <c r="K106" s="449" t="s">
+        <v>35</v>
+      </c>
+      <c r="L106" s="449" t="s">
+        <v>36</v>
+      </c>
+      <c r="M106" s="459" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A107" s="131"/>
+      <c r="B107" s="460" t="s">
+        <v>38</v>
+      </c>
+      <c r="C107" s="339" t="s">
+        <v>39</v>
+      </c>
+      <c r="D107" s="339" t="s">
+        <v>40</v>
+      </c>
+      <c r="E107" s="339" t="s">
+        <v>41</v>
+      </c>
+      <c r="F107" s="339" t="s">
+        <v>42</v>
+      </c>
+      <c r="G107" s="339" t="s">
+        <v>43</v>
+      </c>
+      <c r="H107" s="339" t="s">
+        <v>44</v>
+      </c>
+      <c r="I107" s="339" t="s">
         <v>45</v>
       </c>
-      <c r="H66" s="345" t="s">
+      <c r="J107" s="339" t="s">
         <v>46</v>
       </c>
-      <c r="I66" s="345" t="s">
+      <c r="K107" s="339" t="s">
         <v>47</v>
       </c>
-      <c r="J66" s="345" t="s">
+      <c r="L107" s="339" t="s">
         <v>48</v>
       </c>
-      <c r="K66" s="345" t="s">
-[...5 lines deleted...]
-      <c r="M66" s="350" t="s">
+      <c r="M107" s="344" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A108" s="131"/>
+      <c r="B108" s="458" t="s">
+        <v>72</v>
+      </c>
+      <c r="C108" s="449" t="s">
+        <v>61</v>
+      </c>
+      <c r="D108" s="449" t="s">
+        <v>62</v>
+      </c>
+      <c r="E108" s="449" t="s">
+        <v>63</v>
+      </c>
+      <c r="F108" s="449" t="s">
+        <v>64</v>
+      </c>
+      <c r="G108" s="449" t="s">
+        <v>65</v>
+      </c>
+      <c r="H108" s="449" t="s">
+        <v>66</v>
+      </c>
+      <c r="I108" s="449" t="s">
+        <v>67</v>
+      </c>
+      <c r="J108" s="449" t="s">
+        <v>68</v>
+      </c>
+      <c r="K108" s="449" t="s">
+        <v>69</v>
+      </c>
+      <c r="L108" s="449" t="s">
+        <v>70</v>
+      </c>
+      <c r="M108" s="459" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A109" s="131"/>
+      <c r="B109" s="460" t="s">
+        <v>84</v>
+      </c>
+      <c r="C109" s="339" t="s">
+        <v>73</v>
+      </c>
+      <c r="D109" s="339" t="s">
+        <v>74</v>
+      </c>
+      <c r="E109" s="339" t="s">
+        <v>75</v>
+      </c>
+      <c r="F109" s="339" t="s">
+        <v>76</v>
+      </c>
+      <c r="G109" s="339" t="s">
+        <v>77</v>
+      </c>
+      <c r="H109" s="339" t="s">
+        <v>78</v>
+      </c>
+      <c r="I109" s="339" t="s">
+        <v>79</v>
+      </c>
+      <c r="J109" s="339" t="s">
+        <v>80</v>
+      </c>
+      <c r="K109" s="339" t="s">
+        <v>81</v>
+      </c>
+      <c r="L109" s="339" t="s">
+        <v>82</v>
+      </c>
+      <c r="M109" s="344" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A110" s="131"/>
+      <c r="B110" s="458" t="s">
+        <v>96</v>
+      </c>
+      <c r="C110" s="449" t="s">
+        <v>85</v>
+      </c>
+      <c r="D110" s="449" t="s">
+        <v>86</v>
+      </c>
+      <c r="E110" s="449" t="s">
+        <v>87</v>
+      </c>
+      <c r="F110" s="449" t="s">
+        <v>88</v>
+      </c>
+      <c r="G110" s="449" t="s">
+        <v>89</v>
+      </c>
+      <c r="H110" s="449" t="s">
+        <v>90</v>
+      </c>
+      <c r="I110" s="449" t="s">
+        <v>91</v>
+      </c>
+      <c r="J110" s="449" t="s">
+        <v>92</v>
+      </c>
+      <c r="K110" s="449" t="s">
+        <v>93</v>
+      </c>
+      <c r="L110" s="449" t="s">
+        <v>94</v>
+      </c>
+      <c r="M110" s="459" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A111" s="131"/>
+      <c r="B111" s="460" t="s">
+        <v>105</v>
+      </c>
+      <c r="C111" s="339" t="s">
+        <v>106</v>
+      </c>
+      <c r="D111" s="339" t="s">
+        <v>107</v>
+      </c>
+      <c r="E111" s="339" t="s">
+        <v>108</v>
+      </c>
+      <c r="F111" s="339" t="s">
+        <v>100</v>
+      </c>
+      <c r="G111" s="339" t="s">
+        <v>109</v>
+      </c>
+      <c r="H111" s="339" t="s">
+        <v>110</v>
+      </c>
+      <c r="I111" s="339" t="s">
+        <v>111</v>
+      </c>
+      <c r="J111" s="339" t="s">
+        <v>112</v>
+      </c>
+      <c r="K111" s="339" t="s">
+        <v>113</v>
+      </c>
+      <c r="L111" s="339" t="s">
+        <v>114</v>
+      </c>
+      <c r="M111" s="344" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A112" s="131"/>
+      <c r="B112" s="458" t="s">
+        <v>102</v>
+      </c>
+      <c r="C112" s="449" t="s">
+        <v>97</v>
+      </c>
+      <c r="D112" s="449" t="s">
+        <v>98</v>
+      </c>
+      <c r="E112" s="449" t="s">
+        <v>99</v>
+      </c>
+      <c r="F112" s="449" t="s">
+        <v>175</v>
+      </c>
+      <c r="G112" s="449" t="s">
+        <v>165</v>
+      </c>
+      <c r="H112" s="449" t="s">
+        <v>154</v>
+      </c>
+      <c r="I112" s="449" t="s">
+        <v>144</v>
+      </c>
+      <c r="J112" s="449" t="s">
+        <v>134</v>
+      </c>
+      <c r="K112" s="449" t="s">
+        <v>124</v>
+      </c>
+      <c r="L112" s="449" t="s">
+        <v>103</v>
+      </c>
+      <c r="M112" s="459" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A113" s="131"/>
+      <c r="B113" s="460" t="s">
+        <v>27</v>
+      </c>
+      <c r="C113" s="339" t="s">
+        <v>28</v>
+      </c>
+      <c r="D113" s="339" t="s">
+        <v>29</v>
+      </c>
+      <c r="E113" s="339" t="s">
+        <v>30</v>
+      </c>
+      <c r="F113" s="339" t="s">
+        <v>31</v>
+      </c>
+      <c r="G113" s="339" t="s">
+        <v>32</v>
+      </c>
+      <c r="H113" s="339" t="s">
+        <v>33</v>
+      </c>
+      <c r="I113" s="339" t="s">
+        <v>34</v>
+      </c>
+      <c r="J113" s="339" t="s">
+        <v>35</v>
+      </c>
+      <c r="K113" s="339" t="s">
+        <v>36</v>
+      </c>
+      <c r="L113" s="339" t="s">
+        <v>25</v>
+      </c>
+      <c r="M113" s="344" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A114" s="131"/>
+      <c r="B114" s="458" t="s">
         <v>39</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B67" s="353" t="s">
+      <c r="C114" s="449" t="s">
+        <v>40</v>
+      </c>
+      <c r="D114" s="449" t="s">
+        <v>41</v>
+      </c>
+      <c r="E114" s="449" t="s">
+        <v>42</v>
+      </c>
+      <c r="F114" s="449" t="s">
+        <v>43</v>
+      </c>
+      <c r="G114" s="449" t="s">
+        <v>44</v>
+      </c>
+      <c r="H114" s="449" t="s">
+        <v>45</v>
+      </c>
+      <c r="I114" s="449" t="s">
+        <v>46</v>
+      </c>
+      <c r="J114" s="449" t="s">
+        <v>47</v>
+      </c>
+      <c r="K114" s="449" t="s">
+        <v>48</v>
+      </c>
+      <c r="L114" s="449" t="s">
+        <v>37</v>
+      </c>
+      <c r="M114" s="459" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A115" s="131"/>
+      <c r="B115" s="460" t="s">
+        <v>61</v>
+      </c>
+      <c r="C115" s="339" t="s">
+        <v>62</v>
+      </c>
+      <c r="D115" s="339" t="s">
+        <v>63</v>
+      </c>
+      <c r="E115" s="339" t="s">
+        <v>64</v>
+      </c>
+      <c r="F115" s="339" t="s">
+        <v>65</v>
+      </c>
+      <c r="G115" s="339" t="s">
+        <v>66</v>
+      </c>
+      <c r="H115" s="339" t="s">
+        <v>67</v>
+      </c>
+      <c r="I115" s="339" t="s">
+        <v>68</v>
+      </c>
+      <c r="J115" s="339" t="s">
+        <v>69</v>
+      </c>
+      <c r="K115" s="339" t="s">
+        <v>70</v>
+      </c>
+      <c r="L115" s="339" t="s">
+        <v>71</v>
+      </c>
+      <c r="M115" s="344" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A116" s="133" t="s">
+        <v>183</v>
+      </c>
+      <c r="B116" s="458" t="s">
+        <v>73</v>
+      </c>
+      <c r="C116" s="449" t="s">
         <v>74</v>
       </c>
-      <c r="C67" s="41" t="s">
+      <c r="D116" s="449" t="s">
+        <v>75</v>
+      </c>
+      <c r="E116" s="449" t="s">
+        <v>76</v>
+      </c>
+      <c r="F116" s="449" t="s">
+        <v>77</v>
+      </c>
+      <c r="G116" s="449" t="s">
+        <v>78</v>
+      </c>
+      <c r="H116" s="449" t="s">
+        <v>79</v>
+      </c>
+      <c r="I116" s="449" t="s">
+        <v>80</v>
+      </c>
+      <c r="J116" s="449" t="s">
+        <v>81</v>
+      </c>
+      <c r="K116" s="449" t="s">
+        <v>82</v>
+      </c>
+      <c r="L116" s="449" t="s">
+        <v>83</v>
+      </c>
+      <c r="M116" s="459" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A117" s="131"/>
+      <c r="B117" s="460" t="s">
+        <v>85</v>
+      </c>
+      <c r="C117" s="339" t="s">
+        <v>86</v>
+      </c>
+      <c r="D117" s="339" t="s">
+        <v>87</v>
+      </c>
+      <c r="E117" s="339" t="s">
+        <v>88</v>
+      </c>
+      <c r="F117" s="339" t="s">
+        <v>89</v>
+      </c>
+      <c r="G117" s="339" t="s">
+        <v>90</v>
+      </c>
+      <c r="H117" s="339" t="s">
+        <v>91</v>
+      </c>
+      <c r="I117" s="339" t="s">
+        <v>92</v>
+      </c>
+      <c r="J117" s="339" t="s">
+        <v>93</v>
+      </c>
+      <c r="K117" s="339" t="s">
+        <v>94</v>
+      </c>
+      <c r="L117" s="339" t="s">
+        <v>95</v>
+      </c>
+      <c r="M117" s="344" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A118" s="131"/>
+      <c r="B118" s="458" t="s">
+        <v>97</v>
+      </c>
+      <c r="C118" s="449" t="s">
+        <v>98</v>
+      </c>
+      <c r="D118" s="449" t="s">
+        <v>99</v>
+      </c>
+      <c r="E118" s="449" t="s">
+        <v>175</v>
+      </c>
+      <c r="F118" s="449" t="s">
+        <v>165</v>
+      </c>
+      <c r="G118" s="449" t="s">
+        <v>154</v>
+      </c>
+      <c r="H118" s="449" t="s">
+        <v>144</v>
+      </c>
+      <c r="I118" s="449" t="s">
+        <v>134</v>
+      </c>
+      <c r="J118" s="449" t="s">
+        <v>124</v>
+      </c>
+      <c r="K118" s="449" t="s">
+        <v>114</v>
+      </c>
+      <c r="L118" s="449" t="s">
+        <v>101</v>
+      </c>
+      <c r="M118" s="459" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A119" s="131"/>
+      <c r="B119" s="460" t="s">
+        <v>28</v>
+      </c>
+      <c r="C119" s="339" t="s">
+        <v>29</v>
+      </c>
+      <c r="D119" s="339" t="s">
+        <v>30</v>
+      </c>
+      <c r="E119" s="339" t="s">
+        <v>31</v>
+      </c>
+      <c r="F119" s="339" t="s">
+        <v>32</v>
+      </c>
+      <c r="G119" s="339" t="s">
+        <v>33</v>
+      </c>
+      <c r="H119" s="339" t="s">
+        <v>34</v>
+      </c>
+      <c r="I119" s="339" t="s">
+        <v>35</v>
+      </c>
+      <c r="J119" s="339" t="s">
+        <v>36</v>
+      </c>
+      <c r="K119" s="339" t="s">
+        <v>25</v>
+      </c>
+      <c r="L119" s="339" t="s">
+        <v>26</v>
+      </c>
+      <c r="M119" s="344" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A120" s="131"/>
+      <c r="B120" s="458" t="s">
+        <v>40</v>
+      </c>
+      <c r="C120" s="449" t="s">
+        <v>41</v>
+      </c>
+      <c r="D120" s="449" t="s">
+        <v>42</v>
+      </c>
+      <c r="E120" s="449" t="s">
+        <v>43</v>
+      </c>
+      <c r="F120" s="449" t="s">
+        <v>44</v>
+      </c>
+      <c r="G120" s="449" t="s">
+        <v>45</v>
+      </c>
+      <c r="H120" s="449" t="s">
+        <v>46</v>
+      </c>
+      <c r="I120" s="449" t="s">
+        <v>47</v>
+      </c>
+      <c r="J120" s="449" t="s">
+        <v>48</v>
+      </c>
+      <c r="K120" s="449" t="s">
+        <v>37</v>
+      </c>
+      <c r="L120" s="449" t="s">
+        <v>38</v>
+      </c>
+      <c r="M120" s="459" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A121" s="131"/>
+      <c r="B121" s="460" t="s">
+        <v>62</v>
+      </c>
+      <c r="C121" s="339" t="s">
         <v>63</v>
       </c>
-      <c r="D67" s="41" t="s">
+      <c r="D121" s="339" t="s">
         <v>64</v>
       </c>
-      <c r="E67" s="41" t="s">
+      <c r="E121" s="339" t="s">
         <v>65</v>
       </c>
-      <c r="F67" s="41" t="s">
+      <c r="F121" s="339" t="s">
         <v>66</v>
       </c>
-      <c r="G67" s="41" t="s">
+      <c r="G121" s="339" t="s">
         <v>67</v>
       </c>
-      <c r="H67" s="41" t="s">
+      <c r="H121" s="339" t="s">
         <v>68</v>
       </c>
-      <c r="I67" s="41" t="s">
+      <c r="I121" s="339" t="s">
         <v>69</v>
       </c>
-      <c r="J67" s="41" t="s">
+      <c r="J121" s="339" t="s">
         <v>70</v>
       </c>
-      <c r="K67" s="41" t="s">
+      <c r="K121" s="339" t="s">
         <v>71</v>
       </c>
-      <c r="L67" s="41" t="s">
+      <c r="L121" s="339" t="s">
         <v>72</v>
       </c>
-      <c r="M67" s="90" t="s">
+      <c r="M121" s="344" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A122" s="131"/>
+      <c r="B122" s="458" t="s">
+        <v>74</v>
+      </c>
+      <c r="C122" s="449" t="s">
+        <v>75</v>
+      </c>
+      <c r="D122" s="449" t="s">
+        <v>76</v>
+      </c>
+      <c r="E122" s="449" t="s">
+        <v>77</v>
+      </c>
+      <c r="F122" s="449" t="s">
+        <v>78</v>
+      </c>
+      <c r="G122" s="449" t="s">
+        <v>79</v>
+      </c>
+      <c r="H122" s="449" t="s">
+        <v>80</v>
+      </c>
+      <c r="I122" s="449" t="s">
+        <v>81</v>
+      </c>
+      <c r="J122" s="449" t="s">
+        <v>82</v>
+      </c>
+      <c r="K122" s="449" t="s">
+        <v>83</v>
+      </c>
+      <c r="L122" s="449" t="s">
+        <v>84</v>
+      </c>
+      <c r="M122" s="459" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="68" spans="1:13" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B68" s="354" t="s">
+    <row r="123" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A123" s="131"/>
+      <c r="B123" s="460" t="s">
+        <v>98</v>
+      </c>
+      <c r="C123" s="339" t="s">
+        <v>99</v>
+      </c>
+      <c r="D123" s="339" t="s">
+        <v>100</v>
+      </c>
+      <c r="E123" s="339" t="s">
+        <v>89</v>
+      </c>
+      <c r="F123" s="339" t="s">
+        <v>154</v>
+      </c>
+      <c r="G123" s="339" t="s">
+        <v>144</v>
+      </c>
+      <c r="H123" s="339" t="s">
+        <v>134</v>
+      </c>
+      <c r="I123" s="339" t="s">
+        <v>124</v>
+      </c>
+      <c r="J123" s="339" t="s">
+        <v>114</v>
+      </c>
+      <c r="K123" s="339" t="s">
+        <v>95</v>
+      </c>
+      <c r="L123" s="339" t="s">
+        <v>102</v>
+      </c>
+      <c r="M123" s="344" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A124" s="131"/>
+      <c r="B124" s="458" t="s">
+        <v>29</v>
+      </c>
+      <c r="C124" s="449" t="s">
+        <v>30</v>
+      </c>
+      <c r="D124" s="449" t="s">
+        <v>31</v>
+      </c>
+      <c r="E124" s="449" t="s">
+        <v>32</v>
+      </c>
+      <c r="F124" s="449" t="s">
+        <v>33</v>
+      </c>
+      <c r="G124" s="449" t="s">
+        <v>34</v>
+      </c>
+      <c r="H124" s="449" t="s">
+        <v>35</v>
+      </c>
+      <c r="I124" s="449" t="s">
+        <v>36</v>
+      </c>
+      <c r="J124" s="449" t="s">
+        <v>25</v>
+      </c>
+      <c r="K124" s="449" t="s">
+        <v>26</v>
+      </c>
+      <c r="L124" s="449" t="s">
+        <v>27</v>
+      </c>
+      <c r="M124" s="459" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A125" s="131"/>
+      <c r="B125" s="460" t="s">
+        <v>41</v>
+      </c>
+      <c r="C125" s="339" t="s">
+        <v>42</v>
+      </c>
+      <c r="D125" s="339" t="s">
+        <v>43</v>
+      </c>
+      <c r="E125" s="339" t="s">
+        <v>44</v>
+      </c>
+      <c r="F125" s="339" t="s">
+        <v>45</v>
+      </c>
+      <c r="G125" s="339" t="s">
+        <v>46</v>
+      </c>
+      <c r="H125" s="339" t="s">
+        <v>47</v>
+      </c>
+      <c r="I125" s="339" t="s">
+        <v>48</v>
+      </c>
+      <c r="J125" s="339" t="s">
+        <v>37</v>
+      </c>
+      <c r="K125" s="339" t="s">
+        <v>38</v>
+      </c>
+      <c r="L125" s="339" t="s">
+        <v>39</v>
+      </c>
+      <c r="M125" s="344" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A126" s="131"/>
+      <c r="B126" s="458" t="s">
+        <v>63</v>
+      </c>
+      <c r="C126" s="449" t="s">
+        <v>64</v>
+      </c>
+      <c r="D126" s="449" t="s">
+        <v>65</v>
+      </c>
+      <c r="E126" s="449" t="s">
+        <v>66</v>
+      </c>
+      <c r="F126" s="449" t="s">
+        <v>67</v>
+      </c>
+      <c r="G126" s="449" t="s">
+        <v>68</v>
+      </c>
+      <c r="H126" s="449" t="s">
+        <v>69</v>
+      </c>
+      <c r="I126" s="449" t="s">
+        <v>70</v>
+      </c>
+      <c r="J126" s="449" t="s">
+        <v>71</v>
+      </c>
+      <c r="K126" s="449" t="s">
+        <v>72</v>
+      </c>
+      <c r="L126" s="449" t="s">
+        <v>61</v>
+      </c>
+      <c r="M126" s="459" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A127" s="131"/>
+      <c r="B127" s="460" t="s">
+        <v>99</v>
+      </c>
+      <c r="C127" s="339" t="s">
+        <v>100</v>
+      </c>
+      <c r="D127" s="339" t="s">
+        <v>89</v>
+      </c>
+      <c r="E127" s="339" t="s">
+        <v>78</v>
+      </c>
+      <c r="F127" s="339" t="s">
+        <v>144</v>
+      </c>
+      <c r="G127" s="339" t="s">
+        <v>134</v>
+      </c>
+      <c r="H127" s="339" t="s">
+        <v>124</v>
+      </c>
+      <c r="I127" s="339" t="s">
+        <v>114</v>
+      </c>
+      <c r="J127" s="339" t="s">
+        <v>95</v>
+      </c>
+      <c r="K127" s="339" t="s">
+        <v>84</v>
+      </c>
+      <c r="L127" s="339" t="s">
+        <v>97</v>
+      </c>
+      <c r="M127" s="344" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A128" s="131"/>
+      <c r="B128" s="458" t="s">
+        <v>30</v>
+      </c>
+      <c r="C128" s="449" t="s">
+        <v>31</v>
+      </c>
+      <c r="D128" s="450" t="s">
+        <v>32</v>
+      </c>
+      <c r="E128" s="449" t="s">
+        <v>33</v>
+      </c>
+      <c r="F128" s="449" t="s">
+        <v>34</v>
+      </c>
+      <c r="G128" s="449" t="s">
+        <v>35</v>
+      </c>
+      <c r="H128" s="449" t="s">
+        <v>36</v>
+      </c>
+      <c r="I128" s="449" t="s">
+        <v>25</v>
+      </c>
+      <c r="J128" s="449" t="s">
+        <v>26</v>
+      </c>
+      <c r="K128" s="449" t="s">
+        <v>27</v>
+      </c>
+      <c r="L128" s="449" t="s">
+        <v>28</v>
+      </c>
+      <c r="M128" s="459" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A129" s="131"/>
+      <c r="B129" s="460" t="s">
+        <v>42</v>
+      </c>
+      <c r="C129" s="339" t="s">
+        <v>43</v>
+      </c>
+      <c r="D129" s="339" t="s">
+        <v>44</v>
+      </c>
+      <c r="E129" s="339" t="s">
+        <v>45</v>
+      </c>
+      <c r="F129" s="339" t="s">
+        <v>46</v>
+      </c>
+      <c r="G129" s="339" t="s">
+        <v>47</v>
+      </c>
+      <c r="H129" s="339" t="s">
+        <v>48</v>
+      </c>
+      <c r="I129" s="339" t="s">
+        <v>37</v>
+      </c>
+      <c r="J129" s="339" t="s">
+        <v>38</v>
+      </c>
+      <c r="K129" s="339" t="s">
+        <v>39</v>
+      </c>
+      <c r="L129" s="339" t="s">
+        <v>40</v>
+      </c>
+      <c r="M129" s="344" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A130" s="131"/>
+      <c r="B130" s="458" t="s">
+        <v>100</v>
+      </c>
+      <c r="C130" s="449" t="s">
+        <v>89</v>
+      </c>
+      <c r="D130" s="449" t="s">
+        <v>78</v>
+      </c>
+      <c r="E130" s="449" t="s">
+        <v>67</v>
+      </c>
+      <c r="F130" s="449" t="s">
+        <v>134</v>
+      </c>
+      <c r="G130" s="449" t="s">
+        <v>124</v>
+      </c>
+      <c r="H130" s="449" t="s">
+        <v>114</v>
+      </c>
+      <c r="I130" s="449" t="s">
+        <v>95</v>
+      </c>
+      <c r="J130" s="449" t="s">
+        <v>84</v>
+      </c>
+      <c r="K130" s="449" t="s">
+        <v>61</v>
+      </c>
+      <c r="L130" s="449" t="s">
+        <v>98</v>
+      </c>
+      <c r="M130" s="459" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A131" s="131"/>
+      <c r="B131" s="460" t="s">
+        <v>31</v>
+      </c>
+      <c r="C131" s="339" t="s">
+        <v>32</v>
+      </c>
+      <c r="D131" s="339" t="s">
+        <v>33</v>
+      </c>
+      <c r="E131" s="339" t="s">
+        <v>34</v>
+      </c>
+      <c r="F131" s="339" t="s">
+        <v>35</v>
+      </c>
+      <c r="G131" s="339" t="s">
+        <v>36</v>
+      </c>
+      <c r="H131" s="339" t="s">
+        <v>25</v>
+      </c>
+      <c r="I131" s="339" t="s">
+        <v>26</v>
+      </c>
+      <c r="J131" s="339" t="s">
+        <v>27</v>
+      </c>
+      <c r="K131" s="339" t="s">
+        <v>28</v>
+      </c>
+      <c r="L131" s="339" t="s">
+        <v>29</v>
+      </c>
+      <c r="M131" s="344" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A132" s="131"/>
+      <c r="B132" s="458" t="s">
+        <v>89</v>
+      </c>
+      <c r="C132" s="449" t="s">
+        <v>78</v>
+      </c>
+      <c r="D132" s="449" t="s">
+        <v>67</v>
+      </c>
+      <c r="E132" s="449" t="s">
+        <v>46</v>
+      </c>
+      <c r="F132" s="449" t="s">
+        <v>124</v>
+      </c>
+      <c r="G132" s="449" t="s">
+        <v>114</v>
+      </c>
+      <c r="H132" s="449" t="s">
+        <v>95</v>
+      </c>
+      <c r="I132" s="449" t="s">
+        <v>84</v>
+      </c>
+      <c r="J132" s="449" t="s">
+        <v>61</v>
+      </c>
+      <c r="K132" s="449" t="s">
+        <v>40</v>
+      </c>
+      <c r="L132" s="449" t="s">
+        <v>99</v>
+      </c>
+      <c r="M132" s="459" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="135"/>
+      <c r="B133" s="461" t="s">
+        <v>78</v>
+      </c>
+      <c r="C133" s="341" t="s">
+        <v>67</v>
+      </c>
+      <c r="D133" s="462" t="s">
+        <v>46</v>
+      </c>
+      <c r="E133" s="341" t="s">
+        <v>35</v>
+      </c>
+      <c r="F133" s="341" t="s">
+        <v>114</v>
+      </c>
+      <c r="G133" s="341" t="s">
+        <v>95</v>
+      </c>
+      <c r="H133" s="341" t="s">
+        <v>84</v>
+      </c>
+      <c r="I133" s="341" t="s">
+        <v>61</v>
+      </c>
+      <c r="J133" s="341" t="s">
+        <v>40</v>
+      </c>
+      <c r="K133" s="341" t="s">
+        <v>29</v>
+      </c>
+      <c r="L133" s="341" t="s">
+        <v>100</v>
+      </c>
+      <c r="M133" s="345" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A134" s="28"/>
+      <c r="B134" s="451" t="s">
+        <v>14</v>
+      </c>
+      <c r="C134" s="452" t="s">
+        <v>15</v>
+      </c>
+      <c r="D134" s="452" t="s">
+        <v>16</v>
+      </c>
+      <c r="E134" s="452" t="s">
+        <v>17</v>
+      </c>
+      <c r="F134" s="452" t="s">
+        <v>18</v>
+      </c>
+      <c r="G134" s="452" t="s">
+        <v>19</v>
+      </c>
+      <c r="H134" s="452" t="s">
+        <v>20</v>
+      </c>
+      <c r="I134" s="452" t="s">
+        <v>21</v>
+      </c>
+      <c r="J134" s="452" t="s">
+        <v>22</v>
+      </c>
+      <c r="K134" s="452" t="s">
+        <v>23</v>
+      </c>
+      <c r="L134" s="452" t="s">
+        <v>24</v>
+      </c>
+      <c r="M134" s="453" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A135" s="28"/>
+      <c r="B135" s="454" t="s">
+        <v>15</v>
+      </c>
+      <c r="C135" s="448" t="s">
+        <v>16</v>
+      </c>
+      <c r="D135" s="448" t="s">
+        <v>17</v>
+      </c>
+      <c r="E135" s="448" t="s">
+        <v>18</v>
+      </c>
+      <c r="F135" s="448" t="s">
+        <v>19</v>
+      </c>
+      <c r="G135" s="448" t="s">
+        <v>20</v>
+      </c>
+      <c r="H135" s="448" t="s">
+        <v>21</v>
+      </c>
+      <c r="I135" s="448" t="s">
+        <v>22</v>
+      </c>
+      <c r="J135" s="448" t="s">
+        <v>23</v>
+      </c>
+      <c r="K135" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" s="448" t="s">
+        <v>13</v>
+      </c>
+      <c r="M135" s="455" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A136" s="28"/>
+      <c r="B136" s="456" t="s">
+        <v>16</v>
+      </c>
+      <c r="C136" s="447" t="s">
+        <v>17</v>
+      </c>
+      <c r="D136" s="447" t="s">
+        <v>18</v>
+      </c>
+      <c r="E136" s="447" t="s">
+        <v>19</v>
+      </c>
+      <c r="F136" s="447" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" s="447" t="s">
+        <v>21</v>
+      </c>
+      <c r="H136" s="447" t="s">
+        <v>22</v>
+      </c>
+      <c r="I136" s="447" t="s">
+        <v>23</v>
+      </c>
+      <c r="J136" s="447" t="s">
+        <v>24</v>
+      </c>
+      <c r="K136" s="447" t="s">
+        <v>13</v>
+      </c>
+      <c r="L136" s="447" t="s">
+        <v>14</v>
+      </c>
+      <c r="M136" s="457" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A137" s="28"/>
+      <c r="B137" s="454" t="s">
+        <v>17</v>
+      </c>
+      <c r="C137" s="448" t="s">
+        <v>18</v>
+      </c>
+      <c r="D137" s="448" t="s">
+        <v>19</v>
+      </c>
+      <c r="E137" s="448" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" s="448" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" s="448" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137" s="448" t="s">
+        <v>23</v>
+      </c>
+      <c r="I137" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="J137" s="448" t="s">
+        <v>13</v>
+      </c>
+      <c r="K137" s="448" t="s">
+        <v>14</v>
+      </c>
+      <c r="L137" s="448" t="s">
+        <v>15</v>
+      </c>
+      <c r="M137" s="455" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A138" s="28"/>
+      <c r="B138" s="456" t="s">
+        <v>18</v>
+      </c>
+      <c r="C138" s="447" t="s">
+        <v>19</v>
+      </c>
+      <c r="D138" s="447" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" s="447" t="s">
+        <v>21</v>
+      </c>
+      <c r="F138" s="447" t="s">
+        <v>22</v>
+      </c>
+      <c r="G138" s="447" t="s">
+        <v>23</v>
+      </c>
+      <c r="H138" s="447" t="s">
+        <v>24</v>
+      </c>
+      <c r="I138" s="447" t="s">
+        <v>13</v>
+      </c>
+      <c r="J138" s="447" t="s">
+        <v>14</v>
+      </c>
+      <c r="K138" s="447" t="s">
+        <v>15</v>
+      </c>
+      <c r="L138" s="447" t="s">
+        <v>16</v>
+      </c>
+      <c r="M138" s="457" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A139" s="28"/>
+      <c r="B139" s="454" t="s">
+        <v>19</v>
+      </c>
+      <c r="C139" s="448" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" s="448" t="s">
+        <v>21</v>
+      </c>
+      <c r="E139" s="448" t="s">
+        <v>22</v>
+      </c>
+      <c r="F139" s="448" t="s">
+        <v>23</v>
+      </c>
+      <c r="G139" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="H139" s="448" t="s">
+        <v>13</v>
+      </c>
+      <c r="I139" s="448" t="s">
+        <v>14</v>
+      </c>
+      <c r="J139" s="448" t="s">
+        <v>15</v>
+      </c>
+      <c r="K139" s="448" t="s">
+        <v>16</v>
+      </c>
+      <c r="L139" s="448" t="s">
+        <v>17</v>
+      </c>
+      <c r="M139" s="455" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A140" s="28"/>
+      <c r="B140" s="456" t="s">
+        <v>20</v>
+      </c>
+      <c r="C140" s="447" t="s">
+        <v>21</v>
+      </c>
+      <c r="D140" s="447" t="s">
+        <v>22</v>
+      </c>
+      <c r="E140" s="447" t="s">
+        <v>23</v>
+      </c>
+      <c r="F140" s="447" t="s">
+        <v>24</v>
+      </c>
+      <c r="G140" s="447" t="s">
+        <v>13</v>
+      </c>
+      <c r="H140" s="447" t="s">
+        <v>14</v>
+      </c>
+      <c r="I140" s="447" t="s">
+        <v>15</v>
+      </c>
+      <c r="J140" s="447" t="s">
+        <v>16</v>
+      </c>
+      <c r="K140" s="447" t="s">
+        <v>17</v>
+      </c>
+      <c r="L140" s="447" t="s">
+        <v>18</v>
+      </c>
+      <c r="M140" s="457" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" s="26" customFormat="1" ht="14.5" x14ac:dyDescent="0.3">
+      <c r="A141" s="28"/>
+      <c r="B141" s="454" t="s">
+        <v>24</v>
+      </c>
+      <c r="C141" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="D141" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="E141" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="F141" s="463"/>
+      <c r="G141" s="463"/>
+      <c r="H141" s="463"/>
+      <c r="I141" s="463"/>
+      <c r="J141" s="463"/>
+      <c r="K141" s="463"/>
+      <c r="L141" s="448" t="s">
+        <v>24</v>
+      </c>
+      <c r="M141" s="455" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A142" s="28"/>
+      <c r="B142" s="458" t="s">
+        <v>26</v>
+      </c>
+      <c r="C142" s="449" t="s">
+        <v>27</v>
+      </c>
+      <c r="D142" s="449" t="s">
+        <v>28</v>
+      </c>
+      <c r="E142" s="449" t="s">
+        <v>29</v>
+      </c>
+      <c r="F142" s="449" t="s">
+        <v>30</v>
+      </c>
+      <c r="G142" s="449" t="s">
+        <v>31</v>
+      </c>
+      <c r="H142" s="449" t="s">
+        <v>32</v>
+      </c>
+      <c r="I142" s="449" t="s">
+        <v>33</v>
+      </c>
+      <c r="J142" s="449" t="s">
+        <v>34</v>
+      </c>
+      <c r="K142" s="449" t="s">
+        <v>35</v>
+      </c>
+      <c r="L142" s="449" t="s">
+        <v>36</v>
+      </c>
+      <c r="M142" s="459" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A143" s="28"/>
+      <c r="B143" s="460" t="s">
+        <v>38</v>
+      </c>
+      <c r="C143" s="339" t="s">
+        <v>39</v>
+      </c>
+      <c r="D143" s="339" t="s">
+        <v>40</v>
+      </c>
+      <c r="E143" s="339" t="s">
+        <v>41</v>
+      </c>
+      <c r="F143" s="339" t="s">
+        <v>42</v>
+      </c>
+      <c r="G143" s="339" t="s">
+        <v>43</v>
+      </c>
+      <c r="H143" s="339" t="s">
+        <v>44</v>
+      </c>
+      <c r="I143" s="339" t="s">
+        <v>45</v>
+      </c>
+      <c r="J143" s="339" t="s">
+        <v>46</v>
+      </c>
+      <c r="K143" s="339" t="s">
+        <v>47</v>
+      </c>
+      <c r="L143" s="339" t="s">
+        <v>48</v>
+      </c>
+      <c r="M143" s="344" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A144" s="28"/>
+      <c r="B144" s="458" t="s">
+        <v>72</v>
+      </c>
+      <c r="C144" s="449" t="s">
+        <v>61</v>
+      </c>
+      <c r="D144" s="449" t="s">
+        <v>62</v>
+      </c>
+      <c r="E144" s="449" t="s">
+        <v>63</v>
+      </c>
+      <c r="F144" s="449" t="s">
+        <v>64</v>
+      </c>
+      <c r="G144" s="449" t="s">
+        <v>65</v>
+      </c>
+      <c r="H144" s="449" t="s">
+        <v>66</v>
+      </c>
+      <c r="I144" s="449" t="s">
+        <v>67</v>
+      </c>
+      <c r="J144" s="449" t="s">
+        <v>68</v>
+      </c>
+      <c r="K144" s="449" t="s">
+        <v>69</v>
+      </c>
+      <c r="L144" s="449" t="s">
+        <v>70</v>
+      </c>
+      <c r="M144" s="459" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A145" s="28"/>
+      <c r="B145" s="460" t="s">
+        <v>84</v>
+      </c>
+      <c r="C145" s="339" t="s">
+        <v>73</v>
+      </c>
+      <c r="D145" s="339" t="s">
+        <v>74</v>
+      </c>
+      <c r="E145" s="339" t="s">
+        <v>75</v>
+      </c>
+      <c r="F145" s="339" t="s">
+        <v>76</v>
+      </c>
+      <c r="G145" s="339" t="s">
+        <v>77</v>
+      </c>
+      <c r="H145" s="339" t="s">
+        <v>78</v>
+      </c>
+      <c r="I145" s="339" t="s">
+        <v>79</v>
+      </c>
+      <c r="J145" s="339" t="s">
+        <v>80</v>
+      </c>
+      <c r="K145" s="339" t="s">
+        <v>81</v>
+      </c>
+      <c r="L145" s="339" t="s">
+        <v>82</v>
+      </c>
+      <c r="M145" s="344" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A146" s="28"/>
+      <c r="B146" s="458" t="s">
+        <v>96</v>
+      </c>
+      <c r="C146" s="449" t="s">
+        <v>85</v>
+      </c>
+      <c r="D146" s="449" t="s">
         <v>86</v>
       </c>
-      <c r="C68" s="345" t="s">
+      <c r="E146" s="449" t="s">
+        <v>87</v>
+      </c>
+      <c r="F146" s="449" t="s">
+        <v>88</v>
+      </c>
+      <c r="G146" s="449" t="s">
+        <v>89</v>
+      </c>
+      <c r="H146" s="449" t="s">
+        <v>90</v>
+      </c>
+      <c r="I146" s="449" t="s">
+        <v>91</v>
+      </c>
+      <c r="J146" s="449" t="s">
+        <v>92</v>
+      </c>
+      <c r="K146" s="449" t="s">
+        <v>93</v>
+      </c>
+      <c r="L146" s="449" t="s">
+        <v>94</v>
+      </c>
+      <c r="M146" s="459" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A147" s="28"/>
+      <c r="B147" s="460" t="s">
+        <v>105</v>
+      </c>
+      <c r="C147" s="339" t="s">
+        <v>106</v>
+      </c>
+      <c r="D147" s="339" t="s">
+        <v>107</v>
+      </c>
+      <c r="E147" s="339" t="s">
+        <v>108</v>
+      </c>
+      <c r="F147" s="339" t="s">
+        <v>100</v>
+      </c>
+      <c r="G147" s="339" t="s">
+        <v>109</v>
+      </c>
+      <c r="H147" s="339" t="s">
+        <v>110</v>
+      </c>
+      <c r="I147" s="339" t="s">
+        <v>111</v>
+      </c>
+      <c r="J147" s="339" t="s">
+        <v>112</v>
+      </c>
+      <c r="K147" s="339" t="s">
+        <v>113</v>
+      </c>
+      <c r="L147" s="339" t="s">
+        <v>114</v>
+      </c>
+      <c r="M147" s="344" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" s="26" customFormat="1" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A148" s="28"/>
+      <c r="B148" s="458" t="s">
+        <v>102</v>
+      </c>
+      <c r="C148" s="449" t="s">
+        <v>97</v>
+      </c>
+      <c r="D148" s="449" t="s">
+        <v>98</v>
+      </c>
+      <c r="E148" s="449" t="s">
+        <v>99</v>
+      </c>
+      <c r="F148" s="464"/>
+      <c r="G148" s="464"/>
+      <c r="H148" s="464"/>
+      <c r="I148" s="464"/>
+      <c r="J148" s="464"/>
+      <c r="K148" s="464"/>
+      <c r="L148" s="449" t="s">
+        <v>103</v>
+      </c>
+      <c r="M148" s="459" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A149" s="28"/>
+      <c r="B149" s="460" t="s">
+        <v>27</v>
+      </c>
+      <c r="C149" s="339" t="s">
+        <v>28</v>
+      </c>
+      <c r="D149" s="339" t="s">
+        <v>29</v>
+      </c>
+      <c r="E149" s="339" t="s">
+        <v>30</v>
+      </c>
+      <c r="F149" s="339" t="s">
+        <v>31</v>
+      </c>
+      <c r="G149" s="339" t="s">
+        <v>32</v>
+      </c>
+      <c r="H149" s="339" t="s">
+        <v>33</v>
+      </c>
+      <c r="I149" s="339" t="s">
+        <v>34</v>
+      </c>
+      <c r="J149" s="339" t="s">
+        <v>35</v>
+      </c>
+      <c r="K149" s="339" t="s">
+        <v>36</v>
+      </c>
+      <c r="L149" s="339" t="s">
+        <v>25</v>
+      </c>
+      <c r="M149" s="344" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A150" s="28"/>
+      <c r="B150" s="458" t="s">
+        <v>39</v>
+      </c>
+      <c r="C150" s="449" t="s">
+        <v>40</v>
+      </c>
+      <c r="D150" s="449" t="s">
+        <v>41</v>
+      </c>
+      <c r="E150" s="449" t="s">
+        <v>42</v>
+      </c>
+      <c r="F150" s="449" t="s">
+        <v>43</v>
+      </c>
+      <c r="G150" s="449" t="s">
+        <v>44</v>
+      </c>
+      <c r="H150" s="449" t="s">
+        <v>45</v>
+      </c>
+      <c r="I150" s="449" t="s">
+        <v>46</v>
+      </c>
+      <c r="J150" s="449" t="s">
+        <v>47</v>
+      </c>
+      <c r="K150" s="449" t="s">
+        <v>48</v>
+      </c>
+      <c r="L150" s="449" t="s">
+        <v>37</v>
+      </c>
+      <c r="M150" s="459" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A151" s="28"/>
+      <c r="B151" s="460" t="s">
+        <v>61</v>
+      </c>
+      <c r="C151" s="339" t="s">
+        <v>62</v>
+      </c>
+      <c r="D151" s="339" t="s">
+        <v>63</v>
+      </c>
+      <c r="E151" s="339" t="s">
+        <v>64</v>
+      </c>
+      <c r="F151" s="339" t="s">
+        <v>65</v>
+      </c>
+      <c r="G151" s="339" t="s">
+        <v>66</v>
+      </c>
+      <c r="H151" s="339" t="s">
+        <v>67</v>
+      </c>
+      <c r="I151" s="339" t="s">
+        <v>68</v>
+      </c>
+      <c r="J151" s="339" t="s">
+        <v>69</v>
+      </c>
+      <c r="K151" s="339" t="s">
+        <v>70</v>
+      </c>
+      <c r="L151" s="339" t="s">
+        <v>71</v>
+      </c>
+      <c r="M151" s="344" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A152" s="28"/>
+      <c r="B152" s="458" t="s">
+        <v>73</v>
+      </c>
+      <c r="C152" s="449" t="s">
+        <v>74</v>
+      </c>
+      <c r="D152" s="449" t="s">
         <v>75</v>
       </c>
-      <c r="D68" s="345" t="s">
+      <c r="E152" s="449" t="s">
         <v>76</v>
       </c>
-      <c r="E68" s="345" t="s">
+      <c r="F152" s="449" t="s">
         <v>77</v>
       </c>
-      <c r="F68" s="345" t="s">
+      <c r="G152" s="449" t="s">
         <v>78</v>
       </c>
-      <c r="G68" s="345" t="s">
+      <c r="H152" s="449" t="s">
         <v>79</v>
       </c>
-      <c r="H68" s="345" t="s">
+      <c r="I152" s="449" t="s">
         <v>80</v>
       </c>
-      <c r="I68" s="345" t="s">
+      <c r="J152" s="449" t="s">
         <v>81</v>
       </c>
-      <c r="J68" s="345" t="s">
+      <c r="K152" s="449" t="s">
         <v>82</v>
       </c>
-      <c r="K68" s="345" t="s">
+      <c r="L152" s="449" t="s">
         <v>83</v>
       </c>
-      <c r="L68" s="345" t="s">
+      <c r="M152" s="459" t="s">
         <v>84</v>
       </c>
-      <c r="M68" s="350" t="s">
+    </row>
+    <row r="153" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A153" s="28"/>
+      <c r="B153" s="460" t="s">
         <v>85</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B69" s="353" t="s">
+      <c r="C153" s="339" t="s">
+        <v>86</v>
+      </c>
+      <c r="D153" s="339" t="s">
+        <v>87</v>
+      </c>
+      <c r="E153" s="339" t="s">
+        <v>88</v>
+      </c>
+      <c r="F153" s="339" t="s">
+        <v>89</v>
+      </c>
+      <c r="G153" s="339" t="s">
+        <v>90</v>
+      </c>
+      <c r="H153" s="339" t="s">
+        <v>91</v>
+      </c>
+      <c r="I153" s="339" t="s">
+        <v>92</v>
+      </c>
+      <c r="J153" s="339" t="s">
+        <v>93</v>
+      </c>
+      <c r="K153" s="339" t="s">
+        <v>94</v>
+      </c>
+      <c r="L153" s="339" t="s">
+        <v>95</v>
+      </c>
+      <c r="M153" s="344" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" s="26" customFormat="1" ht="14.5" x14ac:dyDescent="0.3">
+      <c r="A154" s="29"/>
+      <c r="B154" s="458" t="s">
+        <v>97</v>
+      </c>
+      <c r="C154" s="449" t="s">
         <v>98</v>
       </c>
-      <c r="C69" s="41" t="s">
-[...5 lines deleted...]
-      <c r="E69" s="41" t="s">
+      <c r="D154" s="449" t="s">
+        <v>99</v>
+      </c>
+      <c r="E154" s="449" t="s">
+        <v>100</v>
+      </c>
+      <c r="F154" s="464"/>
+      <c r="G154" s="464"/>
+      <c r="H154" s="464"/>
+      <c r="I154" s="464"/>
+      <c r="J154" s="464"/>
+      <c r="K154" s="464"/>
+      <c r="L154" s="449" t="s">
+        <v>101</v>
+      </c>
+      <c r="M154" s="459" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A155" s="29" t="s">
+        <v>184</v>
+      </c>
+      <c r="B155" s="460" t="s">
+        <v>28</v>
+      </c>
+      <c r="C155" s="339" t="s">
+        <v>29</v>
+      </c>
+      <c r="D155" s="339" t="s">
+        <v>30</v>
+      </c>
+      <c r="E155" s="339" t="s">
+        <v>31</v>
+      </c>
+      <c r="F155" s="339" t="s">
+        <v>32</v>
+      </c>
+      <c r="G155" s="339" t="s">
+        <v>33</v>
+      </c>
+      <c r="H155" s="339" t="s">
+        <v>34</v>
+      </c>
+      <c r="I155" s="339" t="s">
+        <v>35</v>
+      </c>
+      <c r="J155" s="339" t="s">
+        <v>36</v>
+      </c>
+      <c r="K155" s="339" t="s">
+        <v>25</v>
+      </c>
+      <c r="L155" s="339" t="s">
+        <v>26</v>
+      </c>
+      <c r="M155" s="344" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="28"/>
+      <c r="B156" s="458" t="s">
+        <v>40</v>
+      </c>
+      <c r="C156" s="449" t="s">
+        <v>41</v>
+      </c>
+      <c r="D156" s="449" t="s">
+        <v>42</v>
+      </c>
+      <c r="E156" s="449" t="s">
+        <v>43</v>
+      </c>
+      <c r="F156" s="449" t="s">
+        <v>44</v>
+      </c>
+      <c r="G156" s="449" t="s">
+        <v>45</v>
+      </c>
+      <c r="H156" s="449" t="s">
+        <v>46</v>
+      </c>
+      <c r="I156" s="449" t="s">
+        <v>47</v>
+      </c>
+      <c r="J156" s="449" t="s">
+        <v>48</v>
+      </c>
+      <c r="K156" s="449" t="s">
+        <v>37</v>
+      </c>
+      <c r="L156" s="449" t="s">
+        <v>38</v>
+      </c>
+      <c r="M156" s="459" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="28"/>
+      <c r="B157" s="460" t="s">
+        <v>62</v>
+      </c>
+      <c r="C157" s="339" t="s">
+        <v>63</v>
+      </c>
+      <c r="D157" s="339" t="s">
+        <v>64</v>
+      </c>
+      <c r="E157" s="339" t="s">
+        <v>65</v>
+      </c>
+      <c r="F157" s="339" t="s">
+        <v>66</v>
+      </c>
+      <c r="G157" s="339" t="s">
+        <v>67</v>
+      </c>
+      <c r="H157" s="339" t="s">
+        <v>68</v>
+      </c>
+      <c r="I157" s="339" t="s">
+        <v>69</v>
+      </c>
+      <c r="J157" s="339" t="s">
+        <v>70</v>
+      </c>
+      <c r="K157" s="339" t="s">
+        <v>71</v>
+      </c>
+      <c r="L157" s="339" t="s">
+        <v>72</v>
+      </c>
+      <c r="M157" s="344" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" ht="13" x14ac:dyDescent="0.25">
+      <c r="A158" s="28"/>
+      <c r="B158" s="458" t="s">
+        <v>74</v>
+      </c>
+      <c r="C158" s="449" t="s">
+        <v>75</v>
+      </c>
+      <c r="D158" s="449" t="s">
+        <v>76</v>
+      </c>
+      <c r="E158" s="449" t="s">
+        <v>77</v>
+      </c>
+      <c r="F158" s="449" t="s">
+        <v>78</v>
+      </c>
+      <c r="G158" s="449" t="s">
+        <v>79</v>
+      </c>
+      <c r="H158" s="449" t="s">
+        <v>80</v>
+      </c>
+      <c r="I158" s="449" t="s">
+        <v>81</v>
+      </c>
+      <c r="J158" s="449" t="s">
+        <v>82</v>
+      </c>
+      <c r="K158" s="449" t="s">
+        <v>83</v>
+      </c>
+      <c r="L158" s="449" t="s">
+        <v>84</v>
+      </c>
+      <c r="M158" s="459" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" s="26" customFormat="1" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A159" s="28"/>
+      <c r="B159" s="460" t="s">
+        <v>98</v>
+      </c>
+      <c r="C159" s="339" t="s">
+        <v>99</v>
+      </c>
+      <c r="D159" s="339" t="s">
+        <v>100</v>
+      </c>
+      <c r="E159" s="339" t="s">
+        <v>165</v>
+      </c>
+      <c r="F159" s="465"/>
+      <c r="G159" s="465"/>
+      <c r="H159" s="465"/>
+      <c r="I159" s="465"/>
+      <c r="J159" s="465"/>
+      <c r="K159" s="465"/>
+      <c r="L159" s="339" t="s">
+        <v>102</v>
+      </c>
+      <c r="M159" s="344" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A160" s="28"/>
+      <c r="B160" s="458" t="s">
+        <v>29</v>
+      </c>
+      <c r="C160" s="449" t="s">
+        <v>30</v>
+      </c>
+      <c r="D160" s="449" t="s">
+        <v>31</v>
+      </c>
+      <c r="E160" s="449" t="s">
+        <v>32</v>
+      </c>
+      <c r="F160" s="449" t="s">
+        <v>33</v>
+      </c>
+      <c r="G160" s="449" t="s">
+        <v>34</v>
+      </c>
+      <c r="H160" s="449" t="s">
+        <v>35</v>
+      </c>
+      <c r="I160" s="449" t="s">
+        <v>36</v>
+      </c>
+      <c r="J160" s="449" t="s">
+        <v>25</v>
+      </c>
+      <c r="K160" s="449" t="s">
+        <v>26</v>
+      </c>
+      <c r="L160" s="449" t="s">
+        <v>27</v>
+      </c>
+      <c r="M160" s="459" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="161" spans="1:15" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A161" s="28"/>
+      <c r="B161" s="460" t="s">
+        <v>41</v>
+      </c>
+      <c r="C161" s="339" t="s">
+        <v>42</v>
+      </c>
+      <c r="D161" s="339" t="s">
+        <v>43</v>
+      </c>
+      <c r="E161" s="339" t="s">
+        <v>44</v>
+      </c>
+      <c r="F161" s="339" t="s">
+        <v>45</v>
+      </c>
+      <c r="G161" s="339" t="s">
+        <v>46</v>
+      </c>
+      <c r="H161" s="339" t="s">
+        <v>47</v>
+      </c>
+      <c r="I161" s="339" t="s">
+        <v>48</v>
+      </c>
+      <c r="J161" s="339" t="s">
+        <v>37</v>
+      </c>
+      <c r="K161" s="339" t="s">
+        <v>38</v>
+      </c>
+      <c r="L161" s="339" t="s">
+        <v>39</v>
+      </c>
+      <c r="M161" s="344" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="162" spans="1:15" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+      <c r="A162" s="28"/>
+      <c r="B162" s="458" t="s">
+        <v>63</v>
+      </c>
+      <c r="C162" s="449" t="s">
+        <v>64</v>
+      </c>
+      <c r="D162" s="449" t="s">
+        <v>65</v>
+      </c>
+      <c r="E162" s="449" t="s">
+        <v>66</v>
+      </c>
+      <c r="F162" s="449" t="s">
+        <v>67</v>
+      </c>
+      <c r="G162" s="449" t="s">
+        <v>68</v>
+      </c>
+      <c r="H162" s="449" t="s">
+        <v>69</v>
+      </c>
+      <c r="I162" s="449" t="s">
+        <v>70</v>
+      </c>
+      <c r="J162" s="449" t="s">
+        <v>71</v>
+      </c>
+      <c r="K162" s="449" t="s">
+        <v>72</v>
+      </c>
+      <c r="L162" s="449" t="s">
+        <v>61</v>
+      </c>
+      <c r="M162" s="459" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="163" spans="1:15" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A163" s="28"/>
+      <c r="B163" s="460" t="s">
+        <v>99</v>
+      </c>
+      <c r="C163" s="339" t="s">
+        <v>100</v>
+      </c>
+      <c r="D163" s="339" t="s">
         <v>89</v>
       </c>
-      <c r="F69" s="41" t="s">
-[...20 lines deleted...]
-      <c r="M69" s="90" t="s">
+      <c r="E163" s="339" t="s">
+        <v>78</v>
+      </c>
+      <c r="F163" s="465"/>
+      <c r="G163" s="465"/>
+      <c r="H163" s="465"/>
+      <c r="I163" s="465"/>
+      <c r="J163" s="465"/>
+      <c r="K163" s="465"/>
+      <c r="L163" s="339" t="s">
         <v>97</v>
       </c>
-    </row>
-[...86 lines deleted...]
-      <c r="D72" s="345" t="s">
+      <c r="M163" s="344" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="164" spans="1:15" ht="13" x14ac:dyDescent="0.25">
+      <c r="A164" s="28"/>
+      <c r="B164" s="458" t="s">
+        <v>30</v>
+      </c>
+      <c r="C164" s="449" t="s">
+        <v>31</v>
+      </c>
+      <c r="D164" s="450" t="s">
+        <v>32</v>
+      </c>
+      <c r="E164" s="449" t="s">
+        <v>33</v>
+      </c>
+      <c r="F164" s="449" t="s">
+        <v>34</v>
+      </c>
+      <c r="G164" s="449" t="s">
+        <v>35</v>
+      </c>
+      <c r="H164" s="449" t="s">
+        <v>36</v>
+      </c>
+      <c r="I164" s="449" t="s">
+        <v>25</v>
+      </c>
+      <c r="J164" s="449" t="s">
+        <v>26</v>
+      </c>
+      <c r="K164" s="449" t="s">
+        <v>27</v>
+      </c>
+      <c r="L164" s="449" t="s">
+        <v>28</v>
+      </c>
+      <c r="M164" s="459" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="165" spans="1:15" ht="13" x14ac:dyDescent="0.25">
+      <c r="A165" s="28"/>
+      <c r="B165" s="460" t="s">
+        <v>42</v>
+      </c>
+      <c r="C165" s="339" t="s">
+        <v>43</v>
+      </c>
+      <c r="D165" s="339" t="s">
+        <v>44</v>
+      </c>
+      <c r="E165" s="339" t="s">
+        <v>45</v>
+      </c>
+      <c r="F165" s="339" t="s">
+        <v>46</v>
+      </c>
+      <c r="G165" s="339" t="s">
+        <v>47</v>
+      </c>
+      <c r="H165" s="339" t="s">
+        <v>48</v>
+      </c>
+      <c r="I165" s="339" t="s">
+        <v>37</v>
+      </c>
+      <c r="J165" s="339" t="s">
+        <v>38</v>
+      </c>
+      <c r="K165" s="339" t="s">
+        <v>39</v>
+      </c>
+      <c r="L165" s="339" t="s">
+        <v>40</v>
+      </c>
+      <c r="M165" s="344" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="166" spans="1:15" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A166" s="28"/>
+      <c r="B166" s="458" t="s">
         <v>100</v>
       </c>
-      <c r="E72" s="345" t="s">
-[...32 lines deleted...]
-      <c r="C73" s="41" t="s">
+      <c r="C166" s="449" t="s">
+        <v>89</v>
+      </c>
+      <c r="D166" s="449" t="s">
+        <v>78</v>
+      </c>
+      <c r="E166" s="449" t="s">
+        <v>67</v>
+      </c>
+      <c r="F166" s="464"/>
+      <c r="G166" s="464"/>
+      <c r="H166" s="464"/>
+      <c r="I166" s="464"/>
+      <c r="J166" s="464"/>
+      <c r="K166" s="464"/>
+      <c r="L166" s="449" t="s">
+        <v>98</v>
+      </c>
+      <c r="M166" s="459" t="s">
         <v>99</v>
       </c>
-      <c r="D73" s="41" t="s">
-[...149 lines deleted...]
-      <c r="B77" s="353" t="s">
+    </row>
+    <row r="167" spans="1:15" ht="13" x14ac:dyDescent="0.25">
+      <c r="A167" s="28"/>
+      <c r="B167" s="460" t="s">
+        <v>31</v>
+      </c>
+      <c r="C167" s="339" t="s">
+        <v>32</v>
+      </c>
+      <c r="D167" s="339" t="s">
+        <v>33</v>
+      </c>
+      <c r="E167" s="339" t="s">
+        <v>34</v>
+      </c>
+      <c r="F167" s="339" t="s">
+        <v>35</v>
+      </c>
+      <c r="G167" s="339" t="s">
+        <v>36</v>
+      </c>
+      <c r="H167" s="339" t="s">
+        <v>25</v>
+      </c>
+      <c r="I167" s="339" t="s">
+        <v>26</v>
+      </c>
+      <c r="J167" s="339" t="s">
+        <v>27</v>
+      </c>
+      <c r="K167" s="339" t="s">
+        <v>28</v>
+      </c>
+      <c r="L167" s="339" t="s">
         <v>29</v>
       </c>
-      <c r="C77" s="41" t="s">
+      <c r="M167" s="344" t="s">
         <v>30</v>
       </c>
-      <c r="D77" s="41" t="s">
-[...11 lines deleted...]
-      <c r="H77" s="41" t="s">
+    </row>
+    <row r="168" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="28"/>
+      <c r="B168" s="458" t="s">
+        <v>89</v>
+      </c>
+      <c r="C168" s="449" t="s">
+        <v>78</v>
+      </c>
+      <c r="D168" s="449" t="s">
+        <v>67</v>
+      </c>
+      <c r="E168" s="449" t="s">
+        <v>46</v>
+      </c>
+      <c r="F168" s="464"/>
+      <c r="G168" s="464"/>
+      <c r="H168" s="464"/>
+      <c r="I168" s="464"/>
+      <c r="J168" s="464"/>
+      <c r="K168" s="464"/>
+      <c r="L168" s="449" t="s">
+        <v>99</v>
+      </c>
+      <c r="M168" s="459" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="169" spans="1:15" ht="15" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="439"/>
+      <c r="B169" s="461" t="s">
+        <v>78</v>
+      </c>
+      <c r="C169" s="341" t="s">
+        <v>67</v>
+      </c>
+      <c r="D169" s="462" t="s">
+        <v>46</v>
+      </c>
+      <c r="E169" s="341" t="s">
         <v>35</v>
       </c>
-      <c r="I77" s="41" t="s">
-[...791 lines deleted...]
-      <c r="B98" s="458" t="s">
+      <c r="F169" s="342"/>
+      <c r="G169" s="342"/>
+      <c r="H169" s="342"/>
+      <c r="I169" s="342"/>
+      <c r="J169" s="342"/>
+      <c r="K169" s="342"/>
+      <c r="L169" s="341" t="s">
+        <v>100</v>
+      </c>
+      <c r="M169" s="345" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="170" spans="1:15" ht="13" x14ac:dyDescent="0.25">
+      <c r="A170" s="28"/>
+      <c r="B170" s="444" t="s">
+        <v>14</v>
+      </c>
+      <c r="C170" s="445" t="s">
         <v>15</v>
       </c>
-      <c r="C98" s="459" t="s">
+      <c r="D170" s="445" t="s">
         <v>16</v>
       </c>
-      <c r="D98" s="459" t="s">
+      <c r="E170" s="445" t="s">
         <v>17</v>
       </c>
-      <c r="E98" s="459" t="s">
+      <c r="F170" s="445" t="s">
         <v>18</v>
       </c>
-      <c r="F98" s="459" t="s">
+      <c r="G170" s="445" t="s">
         <v>19</v>
       </c>
-      <c r="G98" s="459" t="s">
+      <c r="H170" s="445" t="s">
         <v>20</v>
       </c>
-      <c r="H98" s="459" t="s">
+      <c r="I170" s="445" t="s">
         <v>21</v>
       </c>
-      <c r="I98" s="459" t="s">
+      <c r="J170" s="445" t="s">
         <v>22</v>
       </c>
-      <c r="J98" s="459" t="s">
+      <c r="K170" s="445" t="s">
         <v>23</v>
       </c>
-      <c r="K98" s="459" t="s">
+      <c r="L170" s="445" t="s">
         <v>24</v>
       </c>
-      <c r="L98" s="459" t="s">
-[...2722 lines deleted...]
-    <row r="171" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="M170" s="446" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="171" spans="1:15" ht="13" x14ac:dyDescent="0.25">
       <c r="A171" s="28"/>
       <c r="B171" s="108" t="s">
+        <v>15</v>
+      </c>
+      <c r="C171" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C171" s="81" t="s">
+      <c r="D171" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="D171" s="81" t="s">
+      <c r="E171" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="E171" s="81" t="s">
+      <c r="F171" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="F171" s="81" t="s">
+      <c r="G171" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="G171" s="81" t="s">
+      <c r="H171" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="H171" s="81" t="s">
+      <c r="I171" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="I171" s="81" t="s">
+      <c r="J171" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="J171" s="81" t="s">
+      <c r="K171" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="K171" s="81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L171" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="M171" s="97" t="s">
         <v>14</v>
       </c>
-      <c r="M171" s="97" t="s">
-[...3 lines deleted...]
-    <row r="172" spans="1:15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="172" spans="1:15" ht="13" x14ac:dyDescent="0.25">
       <c r="A172" s="28"/>
       <c r="B172" s="109" t="s">
+        <v>16</v>
+      </c>
+      <c r="C172" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="C172" s="71" t="s">
+      <c r="D172" s="71" t="s">
         <v>18</v>
       </c>
-      <c r="D172" s="71" t="s">
+      <c r="E172" s="71" t="s">
         <v>19</v>
       </c>
-      <c r="E172" s="71" t="s">
+      <c r="F172" s="71" t="s">
         <v>20</v>
       </c>
-      <c r="F172" s="71" t="s">
+      <c r="G172" s="71" t="s">
         <v>21</v>
       </c>
-      <c r="G172" s="71" t="s">
+      <c r="H172" s="71" t="s">
         <v>22</v>
       </c>
-      <c r="H172" s="71" t="s">
+      <c r="I172" s="71" t="s">
         <v>23</v>
       </c>
-      <c r="I172" s="71" t="s">
+      <c r="J172" s="71" t="s">
         <v>24</v>
       </c>
-      <c r="J172" s="71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K172" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="L172" s="71" t="s">
         <v>14</v>
       </c>
-      <c r="L172" s="71" t="s">
+      <c r="M172" s="89" t="s">
         <v>15</v>
       </c>
-      <c r="M172" s="89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O172" s="10"/>
     </row>
-    <row r="173" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="173" spans="1:15" ht="13" x14ac:dyDescent="0.25">
       <c r="A173" s="28"/>
       <c r="B173" s="108" t="s">
+        <v>17</v>
+      </c>
+      <c r="C173" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="C173" s="81" t="s">
+      <c r="D173" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="D173" s="81" t="s">
+      <c r="E173" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="E173" s="81" t="s">
+      <c r="F173" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="F173" s="81" t="s">
+      <c r="G173" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="G173" s="81" t="s">
+      <c r="H173" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="H173" s="81" t="s">
+      <c r="I173" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="I173" s="81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J173" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="K173" s="81" t="s">
         <v>14</v>
       </c>
-      <c r="K173" s="81" t="s">
+      <c r="L173" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="L173" s="81" t="s">
+      <c r="M173" s="97" t="s">
         <v>16</v>
       </c>
-      <c r="M173" s="97" t="s">
-[...3 lines deleted...]
-    <row r="174" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="174" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A174" s="28"/>
       <c r="B174" s="109" t="s">
+        <v>18</v>
+      </c>
+      <c r="C174" s="71" t="s">
         <v>19</v>
       </c>
-      <c r="C174" s="71" t="s">
+      <c r="D174" s="71" t="s">
         <v>20</v>
       </c>
-      <c r="D174" s="71" t="s">
+      <c r="E174" s="71" t="s">
         <v>21</v>
       </c>
-      <c r="E174" s="71" t="s">
+      <c r="F174" s="71" t="s">
         <v>22</v>
       </c>
-      <c r="F174" s="71" t="s">
+      <c r="G174" s="71" t="s">
         <v>23</v>
       </c>
-      <c r="G174" s="71" t="s">
+      <c r="H174" s="71" t="s">
         <v>24</v>
       </c>
-      <c r="H174" s="71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I174" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="J174" s="71" t="s">
         <v>14</v>
       </c>
-      <c r="J174" s="71" t="s">
+      <c r="K174" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="K174" s="71" t="s">
+      <c r="L174" s="71" t="s">
         <v>16</v>
       </c>
-      <c r="L174" s="71" t="s">
+      <c r="M174" s="89" t="s">
         <v>17</v>
       </c>
-      <c r="M174" s="89" t="s">
+    </row>
+    <row r="175" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="29" t="s">
+        <v>185</v>
+      </c>
+      <c r="B175" s="108" t="s">
+        <v>19</v>
+      </c>
+      <c r="C175" s="81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D175" s="81" t="s">
+        <v>21</v>
+      </c>
+      <c r="E175" s="81" t="s">
+        <v>22</v>
+      </c>
+      <c r="F175" s="81" t="s">
+        <v>23</v>
+      </c>
+      <c r="G175" s="81" t="s">
+        <v>24</v>
+      </c>
+      <c r="H175" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="I175" s="81" t="s">
+        <v>14</v>
+      </c>
+      <c r="J175" s="81" t="s">
+        <v>15</v>
+      </c>
+      <c r="K175" s="81" t="s">
+        <v>16</v>
+      </c>
+      <c r="L175" s="81" t="s">
+        <v>17</v>
+      </c>
+      <c r="M175" s="97" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="175" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-[...40 lines deleted...]
-    <row r="176" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="176" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="28"/>
       <c r="B176" s="109" t="s">
+        <v>20</v>
+      </c>
+      <c r="C176" s="71" t="s">
         <v>21</v>
       </c>
-      <c r="C176" s="71" t="s">
+      <c r="D176" s="71" t="s">
         <v>22</v>
       </c>
-      <c r="D176" s="71" t="s">
+      <c r="E176" s="71" t="s">
         <v>23</v>
       </c>
-      <c r="E176" s="71" t="s">
+      <c r="F176" s="71" t="s">
         <v>24</v>
       </c>
-      <c r="F176" s="71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G176" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="H176" s="71" t="s">
         <v>14</v>
       </c>
-      <c r="H176" s="71" t="s">
+      <c r="I176" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="I176" s="71" t="s">
+      <c r="J176" s="71" t="s">
         <v>16</v>
       </c>
-      <c r="J176" s="71" t="s">
+      <c r="K176" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="K176" s="71" t="s">
+      <c r="L176" s="71" t="s">
         <v>18</v>
       </c>
-      <c r="L176" s="71" t="s">
+      <c r="M176" s="89" t="s">
         <v>19</v>
       </c>
-      <c r="M176" s="89" t="s">
-[...3 lines deleted...]
-    <row r="177" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="177" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A177" s="28"/>
       <c r="B177" s="108" t="s">
+        <v>21</v>
+      </c>
+      <c r="C177" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="C177" s="81" t="s">
+      <c r="D177" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="D177" s="81" t="s">
+      <c r="E177" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="E177" s="81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F177" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G177" s="81" t="s">
         <v>14</v>
       </c>
-      <c r="G177" s="81" t="s">
+      <c r="H177" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="H177" s="81" t="s">
+      <c r="I177" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="I177" s="81" t="s">
+      <c r="J177" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="J177" s="81" t="s">
+      <c r="K177" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="K177" s="81" t="s">
+      <c r="L177" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L177" s="81" t="s">
+      <c r="M177" s="97" t="s">
         <v>20</v>
       </c>
-      <c r="M177" s="97" t="s">
-[...3 lines deleted...]
-    <row r="178" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="178" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A178" s="28"/>
       <c r="B178" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C178" s="71" t="s">
         <v>23</v>
       </c>
-      <c r="C178" s="71" t="s">
+      <c r="D178" s="71" t="s">
         <v>24</v>
       </c>
-      <c r="D178" s="71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E178" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="F178" s="71" t="s">
         <v>14</v>
       </c>
-      <c r="F178" s="71" t="s">
+      <c r="G178" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="G178" s="71" t="s">
+      <c r="H178" s="71" t="s">
         <v>16</v>
       </c>
-      <c r="H178" s="71" t="s">
+      <c r="I178" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="I178" s="71" t="s">
+      <c r="J178" s="71" t="s">
         <v>18</v>
       </c>
-      <c r="J178" s="71" t="s">
+      <c r="K178" s="71" t="s">
         <v>19</v>
       </c>
-      <c r="K178" s="71" t="s">
+      <c r="L178" s="71" t="s">
         <v>20</v>
       </c>
-      <c r="L178" s="71" t="s">
+      <c r="M178" s="89" t="s">
         <v>21</v>
       </c>
-      <c r="M178" s="89" t="s">
-[...3 lines deleted...]
-    <row r="179" spans="1:13" x14ac:dyDescent="0.2">
+    </row>
+    <row r="179" spans="1:13" ht="13" x14ac:dyDescent="0.25">
       <c r="A179" s="28"/>
       <c r="B179" s="108" t="s">
+        <v>23</v>
+      </c>
+      <c r="C179" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="C179" s="81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D179" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" s="81" t="s">
         <v>14</v>
       </c>
-      <c r="E179" s="81" t="s">
+      <c r="F179" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="F179" s="81" t="s">
+      <c r="G179" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="G179" s="81" t="s">
+      <c r="H179" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="H179" s="81" t="s">
+      <c r="I179" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I179" s="81" t="s">
+      <c r="J179" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="J179" s="81" t="s">
+      <c r="K179" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="K179" s="81" t="s">
+      <c r="L179" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="L179" s="81" t="s">
+      <c r="M179" s="97" t="s">
         <v>22</v>
       </c>
-      <c r="M179" s="97" t="s">
-[...3 lines deleted...]
-    <row r="180" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="180" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A180" s="135"/>
       <c r="B180" s="110" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C180" s="111" t="s">
+        <v>13</v>
+      </c>
+      <c r="D180" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="D180" s="111" t="s">
+      <c r="E180" s="111" t="s">
         <v>15</v>
       </c>
-      <c r="E180" s="111" t="s">
+      <c r="F180" s="111" t="s">
         <v>16</v>
       </c>
-      <c r="F180" s="111" t="s">
+      <c r="G180" s="111" t="s">
         <v>17</v>
       </c>
-      <c r="G180" s="111" t="s">
+      <c r="H180" s="111" t="s">
         <v>18</v>
       </c>
-      <c r="H180" s="111" t="s">
+      <c r="I180" s="111" t="s">
         <v>19</v>
       </c>
-      <c r="I180" s="111" t="s">
+      <c r="J180" s="111" t="s">
         <v>20</v>
       </c>
-      <c r="J180" s="111" t="s">
+      <c r="K180" s="111" t="s">
         <v>21</v>
       </c>
-      <c r="K180" s="111" t="s">
+      <c r="L180" s="111" t="s">
         <v>22</v>
       </c>
-      <c r="L180" s="111" t="s">
+      <c r="M180" s="112" t="s">
         <v>23</v>
       </c>
-      <c r="M180" s="112" t="s">
-[...3 lines deleted...]
-    <row r="181" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="181" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A181" s="28"/>
       <c r="B181" s="114" t="s">
+        <v>14</v>
+      </c>
+      <c r="C181" s="115" t="s">
         <v>15</v>
       </c>
-      <c r="C181" s="115" t="s">
+      <c r="D181" s="115" t="s">
         <v>16</v>
       </c>
-      <c r="D181" s="115" t="s">
+      <c r="E181" s="115" t="s">
         <v>17</v>
       </c>
-      <c r="E181" s="115" t="s">
+      <c r="F181" s="115" t="s">
         <v>18</v>
       </c>
-      <c r="F181" s="115" t="s">
+      <c r="G181" s="115" t="s">
         <v>19</v>
       </c>
-      <c r="G181" s="115" t="s">
+      <c r="H181" s="115" t="s">
         <v>20</v>
       </c>
-      <c r="H181" s="115" t="s">
+      <c r="I181" s="115" t="s">
         <v>21</v>
       </c>
-      <c r="I181" s="115" t="s">
+      <c r="J181" s="115" t="s">
         <v>22</v>
       </c>
-      <c r="J181" s="115" t="s">
+      <c r="K181" s="115" t="s">
         <v>23</v>
       </c>
-      <c r="K181" s="115" t="s">
+      <c r="L181" s="115" t="s">
         <v>24</v>
       </c>
-      <c r="L181" s="115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M181" s="116" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:13" s="26" customFormat="1" x14ac:dyDescent="0.2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A182" s="28"/>
       <c r="B182" s="105" t="s">
+        <v>15</v>
+      </c>
+      <c r="C182" s="77" t="s">
         <v>16</v>
       </c>
-      <c r="C182" s="77" t="s">
+      <c r="D182" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="D182" s="77" t="s">
+      <c r="E182" s="77" t="s">
         <v>18</v>
       </c>
-      <c r="E182" s="77" t="s">
+      <c r="F182" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="F182" s="77" t="s">
+      <c r="G182" s="77" t="s">
         <v>20</v>
       </c>
-      <c r="G182" s="77" t="s">
+      <c r="H182" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="H182" s="77" t="s">
+      <c r="I182" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="I182" s="77" t="s">
+      <c r="J182" s="77" t="s">
         <v>23</v>
       </c>
-      <c r="J182" s="77" t="s">
+      <c r="K182" s="77" t="s">
         <v>24</v>
       </c>
-      <c r="K182" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L182" s="77" t="s">
+        <v>13</v>
+      </c>
+      <c r="M182" s="93" t="s">
         <v>14</v>
       </c>
-      <c r="M182" s="93" t="s">
-[...3 lines deleted...]
-    <row r="183" spans="1:13" s="26" customFormat="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="183" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A183" s="28"/>
       <c r="B183" s="104" t="s">
+        <v>16</v>
+      </c>
+      <c r="C183" s="78" t="s">
         <v>17</v>
       </c>
-      <c r="C183" s="78" t="s">
+      <c r="D183" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="D183" s="78" t="s">
+      <c r="E183" s="78" t="s">
         <v>19</v>
       </c>
-      <c r="E183" s="78" t="s">
+      <c r="F183" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="F183" s="78" t="s">
+      <c r="G183" s="78" t="s">
         <v>21</v>
       </c>
-      <c r="G183" s="78" t="s">
+      <c r="H183" s="78" t="s">
         <v>22</v>
       </c>
-      <c r="H183" s="78" t="s">
+      <c r="I183" s="78" t="s">
         <v>23</v>
       </c>
-      <c r="I183" s="78" t="s">
+      <c r="J183" s="78" t="s">
         <v>24</v>
       </c>
-      <c r="J183" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K183" s="78" t="s">
+        <v>13</v>
+      </c>
+      <c r="L183" s="78" t="s">
         <v>14</v>
       </c>
-      <c r="L183" s="78" t="s">
+      <c r="M183" s="94" t="s">
         <v>15</v>
       </c>
-      <c r="M183" s="94" t="s">
-[...3 lines deleted...]
-    <row r="184" spans="1:13" s="26" customFormat="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="184" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A184" s="28"/>
       <c r="B184" s="105" t="s">
+        <v>17</v>
+      </c>
+      <c r="C184" s="77" t="s">
         <v>18</v>
       </c>
-      <c r="C184" s="77" t="s">
+      <c r="D184" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="D184" s="77" t="s">
+      <c r="E184" s="77" t="s">
         <v>20</v>
       </c>
-      <c r="E184" s="77" t="s">
+      <c r="F184" s="80" t="s">
         <v>21</v>
       </c>
-      <c r="F184" s="80" t="s">
+      <c r="G184" s="80" t="s">
         <v>22</v>
       </c>
-      <c r="G184" s="80" t="s">
+      <c r="H184" s="80" t="s">
         <v>23</v>
       </c>
-      <c r="H184" s="80" t="s">
+      <c r="I184" s="80" t="s">
         <v>24</v>
       </c>
-      <c r="I184" s="80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J184" s="77" t="s">
+        <v>13</v>
+      </c>
+      <c r="K184" s="77" t="s">
         <v>14</v>
       </c>
-      <c r="K184" s="77" t="s">
+      <c r="L184" s="77" t="s">
         <v>15</v>
       </c>
-      <c r="L184" s="77" t="s">
+      <c r="M184" s="93" t="s">
         <v>16</v>
       </c>
-      <c r="M184" s="93" t="s">
-[...3 lines deleted...]
-    <row r="185" spans="1:13" s="26" customFormat="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="185" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A185" s="28"/>
       <c r="B185" s="104" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C185" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="D185" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="D185" s="78" t="s">
+      <c r="E185" s="78" t="s">
         <v>21</v>
       </c>
-      <c r="E185" s="78" t="s">
+      <c r="F185" s="78" t="s">
         <v>22</v>
       </c>
-      <c r="F185" s="78" t="s">
+      <c r="G185" s="78" t="s">
         <v>23</v>
       </c>
-      <c r="G185" s="78" t="s">
+      <c r="H185" s="78" t="s">
         <v>24</v>
       </c>
-      <c r="H185" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I185" s="78" t="s">
+        <v>13</v>
+      </c>
+      <c r="J185" s="78" t="s">
         <v>14</v>
       </c>
-      <c r="J185" s="78" t="s">
+      <c r="K185" s="78" t="s">
         <v>15</v>
       </c>
-      <c r="K185" s="78" t="s">
+      <c r="L185" s="78" t="s">
         <v>16</v>
       </c>
-      <c r="L185" s="78" t="s">
+      <c r="M185" s="94" t="s">
         <v>17</v>
       </c>
-      <c r="M185" s="94" t="s">
+    </row>
+    <row r="186" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A186" s="83" t="s">
+        <v>187</v>
+      </c>
+      <c r="B186" s="105" t="s">
+        <v>182</v>
+      </c>
+      <c r="C186" s="77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D186" s="77" t="s">
+        <v>21</v>
+      </c>
+      <c r="E186" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="F186" s="77" t="s">
+        <v>23</v>
+      </c>
+      <c r="G186" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="H186" s="77" t="s">
+        <v>13</v>
+      </c>
+      <c r="I186" s="77" t="s">
+        <v>14</v>
+      </c>
+      <c r="J186" s="77" t="s">
+        <v>15</v>
+      </c>
+      <c r="K186" s="77" t="s">
+        <v>16</v>
+      </c>
+      <c r="L186" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="M186" s="93" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="186" spans="1:13" s="26" customFormat="1" x14ac:dyDescent="0.2">
-[...40 lines deleted...]
-    <row r="187" spans="1:13" s="26" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="187" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A187" s="28"/>
       <c r="B187" s="104" t="s">
+        <v>20</v>
+      </c>
+      <c r="C187" s="78" t="s">
         <v>21</v>
       </c>
-      <c r="C187" s="78" t="s">
+      <c r="D187" s="78" t="s">
         <v>22</v>
       </c>
-      <c r="D187" s="78" t="s">
+      <c r="E187" s="78" t="s">
         <v>23</v>
       </c>
-      <c r="E187" s="78" t="s">
+      <c r="F187" s="78" t="s">
         <v>24</v>
       </c>
-      <c r="F187" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G187" s="78" t="s">
+        <v>13</v>
+      </c>
+      <c r="H187" s="78" t="s">
         <v>14</v>
       </c>
-      <c r="H187" s="78" t="s">
+      <c r="I187" s="78" t="s">
         <v>15</v>
       </c>
-      <c r="I187" s="78" t="s">
+      <c r="J187" s="78" t="s">
         <v>16</v>
       </c>
-      <c r="J187" s="78" t="s">
+      <c r="K187" s="78" t="s">
         <v>17</v>
       </c>
-      <c r="K187" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L187" s="78" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="M187" s="94" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:13" s="26" customFormat="1" x14ac:dyDescent="0.2">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A188" s="28"/>
       <c r="B188" s="105" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C188" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="D188" s="77" t="s">
         <v>23</v>
       </c>
-      <c r="D188" s="77" t="s">
+      <c r="E188" s="77" t="s">
         <v>24</v>
       </c>
-      <c r="E188" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F188" s="77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G188" s="77" t="s">
         <v>14</v>
       </c>
-      <c r="G188" s="77" t="s">
+      <c r="H188" s="77" t="s">
         <v>15</v>
       </c>
-      <c r="H188" s="77" t="s">
+      <c r="I188" s="77" t="s">
         <v>16</v>
       </c>
-      <c r="I188" s="77" t="s">
+      <c r="J188" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="J188" s="77" t="s">
+      <c r="K188" s="77" t="s">
         <v>18</v>
       </c>
-      <c r="K188" s="77" t="s">
+      <c r="L188" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="L188" s="77" t="s">
+      <c r="M188" s="93" t="s">
         <v>20</v>
       </c>
-      <c r="M188" s="93" t="s">
-[...3 lines deleted...]
-    <row r="189" spans="1:13" s="26" customFormat="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="189" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A189" s="28"/>
       <c r="B189" s="104" t="s">
+        <v>22</v>
+      </c>
+      <c r="C189" s="78" t="s">
         <v>23</v>
       </c>
-      <c r="C189" s="78" t="s">
+      <c r="D189" s="78" t="s">
         <v>24</v>
       </c>
-      <c r="D189" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E189" s="78" t="s">
+        <v>13</v>
+      </c>
+      <c r="F189" s="78" t="s">
         <v>14</v>
       </c>
-      <c r="F189" s="78" t="s">
+      <c r="G189" s="78" t="s">
         <v>15</v>
       </c>
-      <c r="G189" s="78" t="s">
+      <c r="H189" s="78" t="s">
         <v>16</v>
       </c>
-      <c r="H189" s="78" t="s">
+      <c r="I189" s="78" t="s">
         <v>17</v>
       </c>
-      <c r="I189" s="78" t="s">
+      <c r="J189" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="J189" s="78" t="s">
+      <c r="K189" s="78" t="s">
         <v>19</v>
       </c>
-      <c r="K189" s="78" t="s">
+      <c r="L189" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="L189" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M189" s="94" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:13" s="26" customFormat="1" x14ac:dyDescent="0.2">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A190" s="28"/>
       <c r="B190" s="105" t="s">
+        <v>23</v>
+      </c>
+      <c r="C190" s="77" t="s">
         <v>24</v>
       </c>
-      <c r="C190" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D190" s="77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" s="77" t="s">
         <v>14</v>
       </c>
-      <c r="E190" s="77" t="s">
+      <c r="F190" s="77" t="s">
         <v>15</v>
       </c>
-      <c r="F190" s="77" t="s">
+      <c r="G190" s="77" t="s">
         <v>16</v>
       </c>
-      <c r="G190" s="77" t="s">
+      <c r="H190" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="H190" s="77" t="s">
+      <c r="I190" s="77" t="s">
         <v>18</v>
       </c>
-      <c r="I190" s="77" t="s">
+      <c r="J190" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="J190" s="77" t="s">
+      <c r="K190" s="77" t="s">
         <v>20</v>
       </c>
-      <c r="K190" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L190" s="77" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="M190" s="93" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:13" s="26" customFormat="1" x14ac:dyDescent="0.2">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A191" s="28"/>
       <c r="B191" s="104" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C191" s="78" t="s">
+        <v>13</v>
+      </c>
+      <c r="D191" s="78" t="s">
         <v>14</v>
       </c>
-      <c r="D191" s="78" t="s">
+      <c r="E191" s="78" t="s">
         <v>15</v>
       </c>
-      <c r="E191" s="78" t="s">
+      <c r="F191" s="78" t="s">
         <v>16</v>
       </c>
-      <c r="F191" s="78" t="s">
+      <c r="G191" s="78" t="s">
         <v>17</v>
       </c>
-      <c r="G191" s="78" t="s">
+      <c r="H191" s="78" t="s">
         <v>18</v>
       </c>
-      <c r="H191" s="78" t="s">
+      <c r="I191" s="78" t="s">
         <v>19</v>
       </c>
-      <c r="I191" s="78" t="s">
+      <c r="J191" s="78" t="s">
         <v>20</v>
       </c>
-      <c r="J191" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K191" s="78" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="L191" s="78" t="s">
+        <v>22</v>
+      </c>
+      <c r="M191" s="94" t="s">
         <v>23</v>
       </c>
-      <c r="M191" s="94" t="s">
-[...3 lines deleted...]
-    <row r="192" spans="1:13" s="26" customFormat="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="192" spans="1:13" s="26" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A192" s="28"/>
       <c r="B192" s="105" t="s">
+        <v>13</v>
+      </c>
+      <c r="C192" s="77" t="s">
         <v>14</v>
       </c>
-      <c r="C192" s="77" t="s">
+      <c r="D192" s="77" t="s">
         <v>15</v>
       </c>
-      <c r="D192" s="77" t="s">
+      <c r="E192" s="77" t="s">
         <v>16</v>
       </c>
-      <c r="E192" s="77" t="s">
+      <c r="F192" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="F192" s="77" t="s">
+      <c r="G192" s="77" t="s">
         <v>18</v>
       </c>
-      <c r="G192" s="77" t="s">
+      <c r="H192" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="H192" s="77" t="s">
+      <c r="I192" s="77" t="s">
         <v>20</v>
       </c>
-      <c r="I192" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J192" s="77" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="K192" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="L192" s="77" t="s">
         <v>23</v>
       </c>
-      <c r="L192" s="77" t="s">
+      <c r="M192" s="93" t="s">
         <v>24</v>
       </c>
-      <c r="M192" s="93" t="s">
-[...3 lines deleted...]
-    <row r="193" spans="1:13" s="26" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="193" spans="1:13" s="26" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A193" s="135"/>
       <c r="B193" s="117" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C193" s="118"/>
       <c r="D193" s="118"/>
       <c r="E193" s="119"/>
       <c r="F193" s="119"/>
       <c r="G193" s="119"/>
       <c r="H193" s="119"/>
       <c r="I193" s="119"/>
       <c r="J193" s="137"/>
       <c r="K193" s="138"/>
       <c r="L193" s="138"/>
       <c r="M193" s="139"/>
     </row>
-    <row r="194" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="194" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A194" s="29" t="s">
+        <v>190</v>
+      </c>
+      <c r="B194" s="101" t="s">
+        <v>14</v>
+      </c>
+      <c r="C194" s="102" t="s">
+        <v>15</v>
+      </c>
+      <c r="D194" s="102" t="s">
+        <v>16</v>
+      </c>
+      <c r="E194" s="102" t="s">
+        <v>17</v>
+      </c>
+      <c r="F194" s="102" t="s">
+        <v>18</v>
+      </c>
+      <c r="G194" s="102" t="s">
+        <v>19</v>
+      </c>
+      <c r="H194" s="102" t="s">
+        <v>20</v>
+      </c>
+      <c r="I194" s="102" t="s">
+        <v>21</v>
+      </c>
+      <c r="J194" s="102" t="s">
+        <v>22</v>
+      </c>
+      <c r="K194" s="102" t="s">
+        <v>23</v>
+      </c>
+      <c r="L194" s="102" t="s">
+        <v>24</v>
+      </c>
+      <c r="M194" s="103" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A195" s="29" t="s">
+        <v>191</v>
+      </c>
+      <c r="B195" s="104" t="s">
+        <v>15</v>
+      </c>
+      <c r="C195" s="78" t="s">
+        <v>16</v>
+      </c>
+      <c r="D195" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="E195" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="F195" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="G195" s="78" t="s">
+        <v>20</v>
+      </c>
+      <c r="H195" s="78" t="s">
+        <v>21</v>
+      </c>
+      <c r="I195" s="78" t="s">
+        <v>22</v>
+      </c>
+      <c r="J195" s="78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K195" s="78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" s="78" t="s">
+        <v>13</v>
+      </c>
+      <c r="M195" s="94" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A196" s="29" t="s">
         <v>192</v>
       </c>
-      <c r="B194" s="101" t="s">
+      <c r="B196" s="105" t="s">
+        <v>16</v>
+      </c>
+      <c r="C196" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="D196" s="77" t="s">
+        <v>18</v>
+      </c>
+      <c r="E196" s="77" t="s">
+        <v>19</v>
+      </c>
+      <c r="F196" s="77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G196" s="77" t="s">
+        <v>21</v>
+      </c>
+      <c r="H196" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="I196" s="77" t="s">
+        <v>23</v>
+      </c>
+      <c r="J196" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="K196" s="77" t="s">
+        <v>13</v>
+      </c>
+      <c r="L196" s="77" t="s">
+        <v>14</v>
+      </c>
+      <c r="M196" s="93" t="s">
         <v>15</v>
       </c>
-      <c r="C194" s="102" t="s">
-[...34 lines deleted...]
-      <c r="A195" s="29" t="s">
+    </row>
+    <row r="197" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A197" s="136" t="s">
         <v>193</v>
-      </c>
-[...80 lines deleted...]
-        <v>195</v>
       </c>
       <c r="B197" s="125"/>
       <c r="C197" s="126"/>
       <c r="D197" s="126"/>
       <c r="E197" s="126"/>
       <c r="F197" s="129"/>
       <c r="G197" s="129"/>
       <c r="H197" s="126"/>
       <c r="I197" s="126"/>
       <c r="J197" s="126"/>
       <c r="K197" s="126"/>
       <c r="L197" s="126"/>
       <c r="M197" s="128"/>
     </row>
-    <row r="198" spans="1:13" s="63" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="198" spans="1:13" s="63" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A198" s="190" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B198" s="109" t="s">
+        <v>14</v>
+      </c>
+      <c r="C198" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="C198" s="71" t="s">
+      <c r="D198" s="72" t="s">
         <v>16</v>
       </c>
-      <c r="D198" s="72" t="s">
+      <c r="E198" s="72" t="s">
         <v>17</v>
       </c>
-      <c r="E198" s="72" t="s">
+      <c r="F198" s="72" t="s">
         <v>18</v>
       </c>
-      <c r="F198" s="72" t="s">
+      <c r="G198" s="72" t="s">
         <v>19</v>
       </c>
-      <c r="G198" s="72" t="s">
+      <c r="H198" s="72" t="s">
         <v>20</v>
       </c>
-      <c r="H198" s="72" t="s">
+      <c r="I198" s="72" t="s">
         <v>21</v>
       </c>
-      <c r="I198" s="72" t="s">
+      <c r="J198" s="72" t="s">
         <v>22</v>
       </c>
-      <c r="J198" s="72" t="s">
+      <c r="K198" s="72" t="s">
         <v>23</v>
       </c>
-      <c r="K198" s="72" t="s">
+      <c r="L198" s="72" t="s">
         <v>24</v>
       </c>
-      <c r="L198" s="72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M198" s="89" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-        <v>197</v>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A199" s="243" t="s">
+        <v>195</v>
       </c>
       <c r="B199" s="104"/>
       <c r="C199" s="78"/>
       <c r="D199" s="78"/>
       <c r="E199" s="78"/>
       <c r="F199" s="78"/>
       <c r="G199" s="78"/>
       <c r="H199" s="78"/>
       <c r="I199" s="78"/>
       <c r="J199" s="78"/>
       <c r="K199" s="78"/>
       <c r="L199" s="78"/>
       <c r="M199" s="94"/>
     </row>
-    <row r="200" spans="1:13" s="63" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="200" spans="1:13" s="63" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A200" s="191" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="B200" s="105"/>
       <c r="C200" s="77"/>
       <c r="D200" s="77"/>
       <c r="E200" s="77"/>
       <c r="F200" s="77"/>
       <c r="G200" s="77"/>
       <c r="H200" s="77"/>
       <c r="I200" s="77"/>
       <c r="J200" s="77"/>
       <c r="K200" s="77"/>
       <c r="L200" s="77"/>
       <c r="M200" s="93"/>
     </row>
-    <row r="201" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>199</v>
+    <row r="201" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A201" s="244" t="s">
+        <v>197</v>
       </c>
       <c r="B201" s="125"/>
       <c r="C201" s="126"/>
       <c r="D201" s="126"/>
       <c r="E201" s="126"/>
       <c r="F201" s="126"/>
       <c r="G201" s="126"/>
       <c r="H201" s="126"/>
       <c r="I201" s="126"/>
       <c r="J201" s="126"/>
       <c r="K201" s="126"/>
       <c r="L201" s="126"/>
       <c r="M201" s="128"/>
     </row>
-    <row r="203" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="203" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A203" s="45" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B203" s="12"/>
       <c r="C203" s="12"/>
       <c r="D203" s="12"/>
       <c r="E203" s="12"/>
       <c r="F203" s="12"/>
       <c r="G203" s="12"/>
       <c r="H203" s="12"/>
       <c r="I203" s="13"/>
       <c r="J203" s="12"/>
       <c r="K203" s="12"/>
       <c r="L203" s="12"/>
       <c r="M203" s="12"/>
     </row>
-    <row r="205" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A205" s="491" t="s">
+    <row r="205" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A205" s="514" t="s">
+        <v>199</v>
+      </c>
+      <c r="B205" s="514"/>
+      <c r="C205" s="514"/>
+      <c r="D205" s="514"/>
+      <c r="E205" s="514"/>
+      <c r="F205" s="514"/>
+      <c r="G205" s="514"/>
+      <c r="H205" s="514"/>
+      <c r="I205" s="514"/>
+      <c r="J205" s="514"/>
+      <c r="K205" s="514"/>
+      <c r="L205" s="514"/>
+      <c r="M205" s="514"/>
+    </row>
+    <row r="206" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A206" s="1" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A207" s="1" t="s">
         <v>201</v>
-      </c>
-[...20 lines deleted...]
-        <v>203</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A205:M205"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="78" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A4:W142"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="O59" sqref="O59"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="27" customWidth="1"/>
-    <col min="2" max="13" width="9.7109375" customWidth="1"/>
+    <col min="2" max="13" width="9.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="4" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A4" s="1" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
-    <row r="5" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:23" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
-    <row r="6" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:23" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="176"/>
       <c r="B6" s="91" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="92" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="92" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="92" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="92" t="s">
         <v>5</v>
       </c>
       <c r="G6" s="92" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="92" t="s">
         <v>7</v>
       </c>
       <c r="I6" s="92" t="s">
         <v>8</v>
       </c>
       <c r="J6" s="92" t="s">
         <v>9</v>
       </c>
       <c r="K6" s="92" t="s">
         <v>10</v>
       </c>
       <c r="L6" s="92" t="s">
         <v>11</v>
       </c>
       <c r="M6" s="177" t="s">
         <v>12</v>
       </c>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
-    <row r="7" spans="1:23" s="214" customFormat="1" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-        <v>16</v>
+    <row r="7" spans="1:23" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="241"/>
+      <c r="B7" s="236" t="s">
+        <v>15</v>
+      </c>
+      <c r="C7" s="237" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="237" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" s="237" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="237" t="s">
+        <v>19</v>
+      </c>
+      <c r="G7" s="237" t="s">
+        <v>19</v>
+      </c>
+      <c r="H7" s="237" t="s">
+        <v>21</v>
+      </c>
+      <c r="I7" s="237" t="s">
+        <v>21</v>
+      </c>
+      <c r="J7" s="237" t="s">
+        <v>24</v>
+      </c>
+      <c r="K7" s="237" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" s="237" t="s">
+        <v>24</v>
+      </c>
+      <c r="M7" s="238" t="s">
+        <v>15</v>
       </c>
       <c r="N7" s="63"/>
       <c r="O7" s="63"/>
       <c r="P7" s="63"/>
       <c r="Q7" s="63"/>
       <c r="R7" s="63"/>
       <c r="S7" s="63"/>
       <c r="T7" s="63"/>
       <c r="U7" s="63"/>
       <c r="V7" s="63"/>
       <c r="W7" s="63"/>
     </row>
-    <row r="8" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A8" s="140"/>
       <c r="B8" s="105" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C8" s="77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D8" s="77" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E8" s="77" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F8" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G8" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H8" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I8" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J8" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K8" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="L8" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M8" s="93" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
-    <row r="9" spans="1:23" s="214" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>205</v>
+    <row r="9" spans="1:23" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="240" t="s">
+        <v>203</v>
       </c>
       <c r="B9" s="192" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C9" s="193" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D9" s="193" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E9" s="193" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F9" s="193" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G9" s="193" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H9" s="193" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I9" s="193" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J9" s="193" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K9" s="193" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="L9" s="193" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="M9" s="194" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="N9" s="63"/>
       <c r="O9" s="63"/>
       <c r="P9" s="63"/>
       <c r="Q9" s="63"/>
       <c r="R9" s="63"/>
       <c r="S9" s="63"/>
       <c r="T9" s="63"/>
       <c r="U9" s="63"/>
       <c r="V9" s="63"/>
       <c r="W9" s="63"/>
     </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:23" x14ac:dyDescent="0.35">
       <c r="B10" s="105" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C10" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D10" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E10" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F10" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G10" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H10" s="80" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="I10" s="80" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J10" s="77" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K10" s="77" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L10" s="77" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M10" s="93" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
-    <row r="11" spans="1:23" s="214" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:23" s="212" customFormat="1" x14ac:dyDescent="0.35">
       <c r="B11" s="192" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C11" s="193" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D11" s="292"/>
+        <v>24</v>
+      </c>
+      <c r="D11" s="285"/>
       <c r="E11" s="193" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>15</v>
+      </c>
+      <c r="F11" s="285"/>
+      <c r="G11" s="285"/>
+      <c r="H11" s="210"/>
+      <c r="I11" s="210" t="s">
+        <v>19</v>
       </c>
       <c r="J11" s="193"/>
       <c r="K11" s="193"/>
       <c r="L11" s="193"/>
       <c r="M11" s="194"/>
       <c r="N11" s="63"/>
       <c r="O11" s="63"/>
       <c r="P11" s="63"/>
       <c r="Q11" s="63"/>
       <c r="R11" s="63"/>
       <c r="S11" s="63"/>
       <c r="T11" s="63"/>
       <c r="U11" s="63"/>
       <c r="V11" s="63"/>
       <c r="W11" s="63"/>
     </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A12" s="140"/>
       <c r="B12" s="105" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" s="77" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" s="77" t="s">
         <v>41</v>
       </c>
-      <c r="C12" s="77" t="s">
+      <c r="E12" s="77" t="s">
         <v>41</v>
       </c>
-      <c r="D12" s="77" t="s">
+      <c r="F12" s="77" t="s">
         <v>43</v>
       </c>
-      <c r="E12" s="77" t="s">
+      <c r="G12" s="77" t="s">
         <v>43</v>
       </c>
-      <c r="F12" s="77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H12" s="80" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="I12" s="80" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J12" s="77" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="K12" s="77" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="L12" s="77" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="M12" s="96" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
-    <row r="13" spans="1:23" s="214" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="242"/>
+    <row r="13" spans="1:23" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="240"/>
       <c r="B13" s="192" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" s="193" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" s="193" t="s">
         <v>75</v>
       </c>
-      <c r="C13" s="193" t="s">
+      <c r="E13" s="193" t="s">
         <v>75</v>
       </c>
-      <c r="D13" s="193" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="193" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G13" s="193" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-        <v>113</v>
+        <v>89</v>
+      </c>
+      <c r="H13" s="210" t="s">
+        <v>111</v>
+      </c>
+      <c r="I13" s="210" t="s">
+        <v>111</v>
       </c>
       <c r="J13" s="193" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="K13" s="193" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="L13" s="193" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>94</v>
+      </c>
+      <c r="M13" s="211" t="s">
+        <v>73</v>
       </c>
       <c r="N13" s="63"/>
       <c r="O13" s="63"/>
       <c r="P13" s="63"/>
       <c r="Q13" s="63"/>
       <c r="R13" s="63"/>
       <c r="S13" s="63"/>
       <c r="T13" s="63"/>
       <c r="U13" s="63"/>
       <c r="V13" s="63"/>
       <c r="W13" s="63"/>
     </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A14" s="140"/>
       <c r="B14" s="105" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C14" s="77" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D14" s="77" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="E14" s="77" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F14" s="77" t="s">
+        <v>131</v>
+      </c>
+      <c r="G14" s="77" t="s">
+        <v>131</v>
+      </c>
+      <c r="H14" s="77" t="s">
+        <v>155</v>
+      </c>
+      <c r="I14" s="77" t="s">
         <v>133</v>
       </c>
-      <c r="G14" s="77" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J14" s="77" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="K14" s="77" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="L14" s="77" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="M14" s="96" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
-    <row r="15" spans="1:23" s="214" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="242"/>
+    <row r="15" spans="1:23" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="240"/>
       <c r="B15" s="192" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C15" s="193" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D15" s="193" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E15" s="193" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F15" s="193" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G15" s="193" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="H15" s="193" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I15" s="193" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="J15" s="212" t="s">
+        <v>155</v>
+      </c>
+      <c r="J15" s="210" t="s">
+        <v>39</v>
+      </c>
+      <c r="K15" s="210" t="s">
+        <v>39</v>
+      </c>
+      <c r="L15" s="210" t="s">
+        <v>39</v>
+      </c>
+      <c r="M15" s="211" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
       <c r="N15" s="63"/>
       <c r="O15" s="63"/>
       <c r="P15" s="63"/>
       <c r="Q15" s="63"/>
       <c r="R15" s="63"/>
       <c r="S15" s="63"/>
       <c r="T15" s="63"/>
       <c r="U15" s="63"/>
       <c r="V15" s="63"/>
       <c r="W15" s="63"/>
     </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A16" s="140"/>
       <c r="B16" s="105" t="s">
+        <v>41</v>
+      </c>
+      <c r="C16" s="77" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" s="77" t="s">
+        <v>89</v>
+      </c>
+      <c r="E16" s="77" t="s">
         <v>43</v>
       </c>
-      <c r="C16" s="77" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F16" s="80" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G16" s="80" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H16" s="77" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="I16" s="77" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="J16" s="80" t="s">
+        <v>73</v>
+      </c>
+      <c r="K16" s="80" t="s">
+        <v>73</v>
+      </c>
+      <c r="L16" s="80" t="s">
+        <v>73</v>
+      </c>
+      <c r="M16" s="93" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
-    <row r="17" spans="1:23" s="214" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="242"/>
+    <row r="17" spans="1:23" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="240"/>
       <c r="B17" s="192" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C17" s="193" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D17" s="193" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E17" s="193" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F17" s="193" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="G17" s="193" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>70</v>
+      </c>
+      <c r="H17" s="210" t="s">
+        <v>73</v>
       </c>
       <c r="I17" s="193" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="J17" s="212" t="s">
+        <v>94</v>
+      </c>
+      <c r="J17" s="210" t="s">
+        <v>41</v>
+      </c>
+      <c r="K17" s="210" t="s">
+        <v>41</v>
+      </c>
+      <c r="L17" s="210" t="s">
+        <v>41</v>
+      </c>
+      <c r="M17" s="194" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
       <c r="N17" s="63"/>
       <c r="O17" s="63"/>
       <c r="P17" s="63"/>
       <c r="Q17" s="63"/>
       <c r="R17" s="63"/>
       <c r="S17" s="63"/>
       <c r="T17" s="63"/>
       <c r="U17" s="63"/>
       <c r="V17" s="63"/>
       <c r="W17" s="63"/>
     </row>
-    <row r="18" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A18" s="140"/>
       <c r="B18" s="105" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C18" s="77" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D18" s="77"/>
       <c r="E18" s="77" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="F18" s="80"/>
       <c r="G18" s="80"/>
       <c r="H18" s="80"/>
       <c r="I18" s="77" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="J18" s="77"/>
       <c r="K18" s="77"/>
       <c r="L18" s="77"/>
       <c r="M18" s="93"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
-    <row r="19" spans="1:23" s="214" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="242"/>
+    <row r="19" spans="1:23" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="240"/>
       <c r="B19" s="192" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C19" s="193" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D19" s="193"/>
       <c r="E19" s="193" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>67</v>
+      </c>
+      <c r="F19" s="210"/>
+      <c r="G19" s="210"/>
+      <c r="H19" s="210"/>
+      <c r="I19" s="210" t="s">
+        <v>39</v>
       </c>
       <c r="J19" s="193"/>
       <c r="K19" s="193"/>
       <c r="L19" s="193"/>
       <c r="M19" s="194"/>
       <c r="N19" s="63"/>
       <c r="O19" s="63"/>
       <c r="P19" s="63"/>
       <c r="Q19" s="63"/>
       <c r="R19" s="63"/>
       <c r="S19" s="63"/>
       <c r="T19" s="63"/>
       <c r="U19" s="63"/>
       <c r="V19" s="63"/>
       <c r="W19" s="63"/>
     </row>
-    <row r="20" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A20" s="140"/>
       <c r="B20" s="105" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C20" s="77" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D20" s="80"/>
       <c r="E20" s="80" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F20" s="80"/>
       <c r="G20" s="80"/>
       <c r="H20" s="77"/>
       <c r="I20" s="80" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J20" s="77"/>
       <c r="K20" s="77"/>
       <c r="L20" s="77"/>
       <c r="M20" s="93"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
-    <row r="21" spans="1:23" s="214" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...20 lines deleted...]
-      <c r="M21" s="236"/>
+    <row r="21" spans="1:23" s="212" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="239"/>
+      <c r="B21" s="232" t="s">
+        <v>67</v>
+      </c>
+      <c r="C21" s="233" t="s">
+        <v>67</v>
+      </c>
+      <c r="D21" s="233"/>
+      <c r="E21" s="233" t="s">
+        <v>70</v>
+      </c>
+      <c r="F21" s="213"/>
+      <c r="G21" s="233"/>
+      <c r="H21" s="233"/>
+      <c r="I21" s="213" t="s">
+        <v>41</v>
+      </c>
+      <c r="J21" s="233"/>
+      <c r="K21" s="233"/>
+      <c r="L21" s="233"/>
+      <c r="M21" s="234"/>
       <c r="N21" s="63"/>
       <c r="O21" s="63"/>
       <c r="P21" s="63"/>
       <c r="Q21" s="63"/>
       <c r="R21" s="63"/>
       <c r="S21" s="63"/>
       <c r="T21" s="63"/>
       <c r="U21" s="63"/>
       <c r="V21" s="63"/>
       <c r="W21" s="63"/>
     </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A22" s="20"/>
       <c r="B22" s="120" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C22" s="121" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D22" s="121" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E22" s="121" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F22" s="121" t="s">
+        <v>19</v>
+      </c>
+      <c r="G22" s="121" t="s">
+        <v>19</v>
+      </c>
+      <c r="H22" s="121" t="s">
         <v>20</v>
       </c>
-      <c r="G22" s="121" t="s">
-[...2 lines deleted...]
-      <c r="H22" s="121" t="s">
+      <c r="I22" s="121" t="s">
         <v>21</v>
       </c>
-      <c r="I22" s="121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" s="121" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K22" s="121" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="L22" s="102" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="M22" s="103" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
-    <row r="23" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A23" s="20"/>
       <c r="B23" s="106" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C23" s="79" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D23" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="F23" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="E23" s="79" t="s">
+      <c r="G23" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="F23" s="79" t="s">
+      <c r="H23" s="79" t="s">
         <v>21</v>
       </c>
-      <c r="G23" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I23" s="79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="J23" s="78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="K23" s="78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="L23" s="79" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M23" s="95" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A24" s="8"/>
       <c r="B24" s="107" t="s">
+        <v>19</v>
+      </c>
+      <c r="C24" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="D24" s="80" t="s">
         <v>20</v>
       </c>
-      <c r="C24" s="80" t="s">
+      <c r="E24" s="80" t="s">
         <v>20</v>
       </c>
-      <c r="D24" s="80" t="s">
+      <c r="F24" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="E24" s="80" t="s">
+      <c r="G24" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="F24" s="77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H24" s="77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I24" s="77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="J24" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K24" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="L24" s="77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="M24" s="93" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A25" s="140"/>
       <c r="B25" s="106" t="s">
+        <v>20</v>
+      </c>
+      <c r="C25" s="79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" s="79" t="s">
         <v>21</v>
       </c>
-      <c r="C25" s="79" t="s">
+      <c r="E25" s="79" t="s">
         <v>21</v>
       </c>
-      <c r="D25" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G25" s="78" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H25" s="78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I25" s="78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J25" s="78" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K25" s="78" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="L25" s="78" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M25" s="94" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A26" s="48"/>
       <c r="B26" s="107" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C26" s="80" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D26" s="80" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E26" s="80" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F26" s="77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G26" s="77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H26" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I26" s="77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J26" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="K26" s="77" t="s">
+        <v>19</v>
+      </c>
+      <c r="L26" s="77" t="s">
         <v>20</v>
       </c>
-      <c r="K26" s="77" t="s">
+      <c r="M26" s="93" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
-    <row r="27" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A27" s="20"/>
       <c r="B27" s="106"/>
       <c r="C27" s="79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D27" s="79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E27" s="79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F27" s="79" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G27" s="79" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H27" s="79" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I27" s="79" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="J27" s="79"/>
       <c r="K27" s="79"/>
       <c r="L27" s="78" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M27" s="94" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
-    <row r="28" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A28" s="8"/>
       <c r="B28" s="105"/>
       <c r="C28" s="77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D28" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E28" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F28" s="77"/>
       <c r="G28" s="77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H28" s="77" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="I28" s="77"/>
       <c r="J28" s="77"/>
       <c r="K28" s="77"/>
       <c r="L28" s="77"/>
       <c r="M28" s="93"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
-    <row r="29" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A29" s="140"/>
       <c r="B29" s="106" t="s">
+        <v>39</v>
+      </c>
+      <c r="C29" s="79" t="s">
+        <v>39</v>
+      </c>
+      <c r="D29" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="C29" s="79" t="s">
+      <c r="E29" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="D29" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="78" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="G29" s="78" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H29" s="78" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="I29" s="78" t="s">
+        <v>45</v>
+      </c>
+      <c r="J29" s="78" t="s">
         <v>47</v>
       </c>
-      <c r="J29" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K29" s="78" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="L29" s="78" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="M29" s="94" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
-    <row r="30" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A30" s="48" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B30" s="107" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C30" s="80" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D30" s="77" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="E30" s="77" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F30" s="80" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="G30" s="80" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="H30" s="77" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="I30" s="77" t="s">
+        <v>79</v>
+      </c>
+      <c r="J30" s="77" t="s">
         <v>81</v>
       </c>
-      <c r="J30" s="77" t="s">
+      <c r="K30" s="77" t="s">
+        <v>81</v>
+      </c>
+      <c r="L30" s="77" t="s">
         <v>83</v>
       </c>
-      <c r="K30" s="77" t="s">
+      <c r="M30" s="93" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
-    <row r="31" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A31" s="140"/>
       <c r="B31" s="104" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C31" s="78" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D31" s="78" t="s">
+        <v>75</v>
+      </c>
+      <c r="E31" s="78" t="s">
+        <v>75</v>
+      </c>
+      <c r="F31" s="78" t="s">
         <v>77</v>
       </c>
-      <c r="E31" s="78" t="s">
+      <c r="G31" s="78" t="s">
         <v>77</v>
       </c>
-      <c r="F31" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H31" s="78" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="I31" s="78" t="s">
+        <v>111</v>
+      </c>
+      <c r="J31" s="78" t="s">
         <v>113</v>
       </c>
-      <c r="J31" s="78" t="s">
+      <c r="K31" s="78" t="s">
+        <v>113</v>
+      </c>
+      <c r="L31" s="78" t="s">
         <v>115</v>
       </c>
-      <c r="K31" s="78" t="s">
+      <c r="M31" s="94" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
-    <row r="32" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A32" s="8"/>
       <c r="B32" s="105" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C32" s="77" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D32" s="77" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E32" s="77" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="F32" s="77" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G32" s="77" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="H32" s="77" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I32" s="77" t="s">
+        <v>133</v>
+      </c>
+      <c r="J32" s="77" t="s">
         <v>135</v>
       </c>
-      <c r="J32" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K32" s="77" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="L32" s="77" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="M32" s="93" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
-    <row r="33" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A33" s="140"/>
       <c r="B33" s="104" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C33" s="78" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D33" s="79" t="s">
+        <v>129</v>
+      </c>
+      <c r="E33" s="79" t="s">
+        <v>129</v>
+      </c>
+      <c r="F33" s="78" t="s">
         <v>131</v>
       </c>
-      <c r="E33" s="79" t="s">
+      <c r="G33" s="78" t="s">
         <v>131</v>
       </c>
-      <c r="F33" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H33" s="78" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="I33" s="78" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J33" s="78" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="K33" s="78" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="L33" s="78" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="M33" s="94" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
-    <row r="34" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A34" s="8"/>
       <c r="B34" s="105" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C34" s="77" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D34" s="77" t="s">
+        <v>151</v>
+      </c>
+      <c r="E34" s="77" t="s">
+        <v>151</v>
+      </c>
+      <c r="F34" s="77" t="s">
+        <v>32</v>
+      </c>
+      <c r="G34" s="77" t="s">
         <v>153</v>
       </c>
-      <c r="E34" s="77" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H34" s="77" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="I34" s="77" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="J34" s="77" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="K34" s="77" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="L34" s="77" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="M34" s="93" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
-    <row r="35" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A35" s="140"/>
       <c r="B35" s="104" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C35" s="78" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D35" s="78" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E35" s="78" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F35" s="78" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="G35" s="78" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H35" s="78" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="I35" s="78" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="J35" s="78" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="K35" s="78" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="L35" s="78" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="M35" s="94" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
-    <row r="36" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A36" s="8"/>
       <c r="B36" s="105" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C36" s="77" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D36" s="80" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E36" s="80" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F36" s="77" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G36" s="77" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H36" s="77" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="I36" s="77" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="J36" s="77" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="K36" s="77" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="L36" s="77" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="M36" s="93" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
-    <row r="37" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A37" s="140"/>
       <c r="B37" s="104" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C37" s="78" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D37" s="78" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E37" s="78" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F37" s="78" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G37" s="78" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="H37" s="78" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="I37" s="78" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="J37" s="78" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="K37" s="78" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="L37" s="78" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="M37" s="94" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
-    <row r="38" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A38" s="8"/>
       <c r="B38" s="105" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C38" s="77" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D38" s="77" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="E38" s="77" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F38" s="77" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G38" s="77" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="H38" s="77" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="I38" s="77" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="J38" s="77" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="K38" s="77" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="L38" s="77" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="M38" s="93" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
-    <row r="39" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A39" s="140"/>
       <c r="B39" s="104"/>
       <c r="C39" s="78" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="79" t="s">
+        <v>131</v>
+      </c>
+      <c r="E39" s="79" t="s">
+        <v>131</v>
+      </c>
+      <c r="F39" s="78" t="s">
         <v>79</v>
       </c>
-      <c r="D39" s="79" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G39" s="78" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="H39" s="78" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="I39" s="78" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="J39" s="78"/>
       <c r="K39" s="78"/>
       <c r="L39" s="78" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="M39" s="94" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
-    <row r="40" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A40" s="8"/>
-      <c r="B40" s="293"/>
+      <c r="B40" s="286"/>
       <c r="C40" s="77" t="s">
+        <v>109</v>
+      </c>
+      <c r="D40" s="77" t="s">
+        <v>32</v>
+      </c>
+      <c r="E40" s="77" t="s">
+        <v>32</v>
+      </c>
+      <c r="F40" s="80" t="s">
         <v>111</v>
       </c>
-      <c r="D40" s="77" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G40" s="77" t="s">
+        <v>45</v>
+      </c>
+      <c r="H40" s="77" t="s">
         <v>47</v>
       </c>
-      <c r="H40" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I40" s="77" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-      <c r="K40" s="294"/>
+        <v>115</v>
+      </c>
+      <c r="J40" s="287"/>
+      <c r="K40" s="287"/>
       <c r="L40" s="77" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="M40" s="93" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
-    <row r="41" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A41" s="140"/>
       <c r="B41" s="104"/>
       <c r="C41" s="78" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D41" s="79" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="E41" s="79" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="F41" s="78" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G41" s="78" t="s">
+        <v>79</v>
+      </c>
+      <c r="H41" s="78" t="s">
         <v>81</v>
       </c>
-      <c r="H41" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I41" s="78" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="K41" s="295"/>
+        <v>39</v>
+      </c>
+      <c r="J41" s="288"/>
+      <c r="K41" s="288"/>
       <c r="L41" s="78" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="M41" s="94" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
-    <row r="42" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A42" s="8"/>
-      <c r="B42" s="293"/>
+      <c r="B42" s="286"/>
       <c r="C42" s="77" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D42" s="80" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E42" s="80" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F42" s="77" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="G42" s="80" t="s">
+        <v>111</v>
+      </c>
+      <c r="H42" s="77" t="s">
         <v>113</v>
       </c>
-      <c r="H42" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I42" s="77" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J42" s="77"/>
       <c r="K42" s="77"/>
       <c r="L42" s="77" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="M42" s="93" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
-    <row r="43" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A43" s="140"/>
       <c r="B43" s="104"/>
       <c r="C43" s="78" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D43" s="79" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="E43" s="79" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F43" s="78" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G43" s="78" t="s">
+        <v>133</v>
+      </c>
+      <c r="H43" s="78" t="s">
         <v>135</v>
       </c>
-      <c r="H43" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I43" s="78" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="J43" s="78"/>
       <c r="K43" s="78"/>
       <c r="L43" s="78" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="M43" s="94" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
-    <row r="44" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A44" s="8"/>
       <c r="B44" s="105"/>
       <c r="C44" s="80" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D44" s="80" t="s">
+        <v>45</v>
+      </c>
+      <c r="E44" s="80" t="s">
+        <v>79</v>
+      </c>
+      <c r="F44" s="287"/>
+      <c r="G44" s="77" t="s">
         <v>47</v>
       </c>
-      <c r="E44" s="80" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="H44" s="77" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      <c r="K44" s="294"/>
+        <v>37</v>
+      </c>
+      <c r="I44" s="287"/>
+      <c r="J44" s="287"/>
+      <c r="K44" s="287"/>
       <c r="L44" s="77"/>
       <c r="M44" s="93"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
-    <row r="45" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A45" s="140"/>
-      <c r="B45" s="296"/>
+      <c r="B45" s="289"/>
       <c r="C45" s="79" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D45" s="79" t="s">
+        <v>79</v>
+      </c>
+      <c r="E45" s="79" t="s">
+        <v>111</v>
+      </c>
+      <c r="F45" s="288"/>
+      <c r="G45" s="78" t="s">
         <v>81</v>
       </c>
-      <c r="E45" s="79" t="s">
-[...3 lines deleted...]
-      <c r="G45" s="78" t="s">
+      <c r="H45" s="78" t="s">
         <v>83</v>
       </c>
-      <c r="H45" s="78" t="s">
-[...2 lines deleted...]
-      <c r="I45" s="295"/>
+      <c r="I45" s="288"/>
       <c r="J45" s="78"/>
       <c r="K45" s="78"/>
       <c r="L45" s="78"/>
       <c r="M45" s="94"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
-    <row r="46" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A46" s="8"/>
       <c r="B46" s="105"/>
-      <c r="C46" s="294"/>
+      <c r="C46" s="287"/>
       <c r="D46" s="80" t="s">
+        <v>111</v>
+      </c>
+      <c r="E46" s="80" t="s">
+        <v>47</v>
+      </c>
+      <c r="F46" s="287"/>
+      <c r="G46" s="77" t="s">
         <v>113</v>
       </c>
-      <c r="E46" s="80" t="s">
-[...3 lines deleted...]
-      <c r="G46" s="77" t="s">
+      <c r="H46" s="77" t="s">
         <v>115</v>
       </c>
-      <c r="H46" s="77" t="s">
-[...2 lines deleted...]
-      <c r="I46" s="294"/>
+      <c r="I46" s="287"/>
       <c r="J46" s="77"/>
       <c r="K46" s="77"/>
-      <c r="L46" s="294"/>
-      <c r="M46" s="297"/>
+      <c r="L46" s="287"/>
+      <c r="M46" s="290"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
-    <row r="47" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A47" s="140"/>
-      <c r="B47" s="296"/>
-      <c r="C47" s="295"/>
+      <c r="B47" s="289"/>
+      <c r="C47" s="288"/>
       <c r="D47" s="79" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E47" s="79" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="F47" s="295"/>
+        <v>81</v>
+      </c>
+      <c r="F47" s="288"/>
       <c r="G47" s="78" t="s">
+        <v>37</v>
+      </c>
+      <c r="H47" s="78" t="s">
         <v>39</v>
       </c>
-      <c r="H47" s="78" t="s">
-[...2 lines deleted...]
-      <c r="I47" s="295"/>
+      <c r="I47" s="288"/>
       <c r="J47" s="78"/>
       <c r="K47" s="78"/>
       <c r="L47" s="78"/>
       <c r="M47" s="94"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A48" s="8"/>
       <c r="B48" s="107"/>
-      <c r="C48" s="294"/>
+      <c r="C48" s="287"/>
       <c r="D48" s="80" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="E48" s="80" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F48" s="80"/>
       <c r="G48" s="80" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="H48" s="77" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="I48" s="77"/>
       <c r="J48" s="77"/>
       <c r="K48" s="77"/>
-      <c r="L48" s="294"/>
-      <c r="M48" s="297"/>
+      <c r="L48" s="287"/>
+      <c r="M48" s="290"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
-    <row r="49" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:23" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A49" s="148"/>
       <c r="B49" s="144"/>
-      <c r="C49" s="298"/>
+      <c r="C49" s="291"/>
       <c r="D49" s="129" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="E49" s="298"/>
+        <v>37</v>
+      </c>
+      <c r="E49" s="291"/>
       <c r="F49" s="129"/>
       <c r="G49" s="129" t="s">
+        <v>39</v>
+      </c>
+      <c r="H49" s="129" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="I49" s="129"/>
       <c r="J49" s="129"/>
       <c r="K49" s="129"/>
-      <c r="L49" s="298"/>
-      <c r="M49" s="299"/>
+      <c r="L49" s="291"/>
+      <c r="M49" s="292"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
-    <row r="50" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A50" s="146"/>
       <c r="B50" s="101" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C50" s="102" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D50" s="102" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E50" s="102" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F50" s="102" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G50" s="102" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H50" s="102" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I50" s="102" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J50" s="102" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K50" s="102" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L50" s="102" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M50" s="103" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
-    <row r="51" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A51" s="147"/>
       <c r="B51" s="104" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C51" s="78" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D51" s="78" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E51" s="78" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F51" s="78" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G51" s="78" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H51" s="78" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I51" s="78" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J51" s="78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K51" s="78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="L51" s="78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M51" s="94" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A52" s="132"/>
       <c r="B52" s="105" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C52" s="77" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D52" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E52" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F52" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G52" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H52" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I52" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J52" s="77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K52" s="77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="L52" s="77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="M52" s="93" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A53" s="134"/>
       <c r="B53" s="104" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C53" s="78" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D53" s="78" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E53" s="78" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F53" s="78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G53" s="78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H53" s="78" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I53" s="78" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J53" s="78" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K53" s="78" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L53" s="78" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M53" s="94" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
-    <row r="54" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A54" s="132"/>
       <c r="B54" s="105" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C54" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D54" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E54" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F54" s="77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G54" s="77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H54" s="77" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="I54" s="77" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="J54" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K54" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L54" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M54" s="93" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A55" s="134"/>
       <c r="B55" s="104" t="s">
+        <v>39</v>
+      </c>
+      <c r="C55" s="78" t="s">
+        <v>39</v>
+      </c>
+      <c r="D55" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="C55" s="78" t="s">
+      <c r="E55" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="D55" s="78" t="s">
+      <c r="F55" s="79" t="s">
         <v>43</v>
       </c>
-      <c r="E55" s="78" t="s">
+      <c r="G55" s="79" t="s">
         <v>43</v>
       </c>
-      <c r="F55" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H55" s="79" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="I55" s="79" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J55" s="78" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="K55" s="78" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="L55" s="78" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="M55" s="94" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A56" s="132"/>
       <c r="B56" s="105" t="s">
+        <v>73</v>
+      </c>
+      <c r="C56" s="77" t="s">
+        <v>73</v>
+      </c>
+      <c r="D56" s="77" t="s">
         <v>75</v>
       </c>
-      <c r="C56" s="77" t="s">
+      <c r="E56" s="77" t="s">
         <v>75</v>
       </c>
-      <c r="D56" s="77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" s="77" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G56" s="77" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="H56" s="77" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="I56" s="77" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J56" s="77" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="K56" s="77" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="L56" s="77" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="M56" s="93" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="1"/>
       <c r="R56" s="1"/>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A57" s="134" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B57" s="104" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C57" s="78" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D57" s="78" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="E57" s="78" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F57" s="79" t="s">
+        <v>131</v>
+      </c>
+      <c r="G57" s="79" t="s">
+        <v>131</v>
+      </c>
+      <c r="H57" s="78" t="s">
         <v>133</v>
       </c>
-      <c r="G57" s="79" t="s">
+      <c r="I57" s="78" t="s">
         <v>133</v>
       </c>
-      <c r="H57" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J57" s="78" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="K57" s="78" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="L57" s="78" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="M57" s="94" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A58" s="132"/>
       <c r="B58" s="105" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C58" s="77" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D58" s="77" t="s">
+        <v>151</v>
+      </c>
+      <c r="E58" s="77" t="s">
+        <v>151</v>
+      </c>
+      <c r="F58" s="80" t="s">
         <v>153</v>
       </c>
-      <c r="E58" s="77" t="s">
+      <c r="G58" s="80" t="s">
         <v>153</v>
       </c>
-      <c r="F58" s="80" t="s">
+      <c r="H58" s="77" t="s">
         <v>155</v>
       </c>
-      <c r="G58" s="80" t="s">
+      <c r="I58" s="77" t="s">
         <v>155</v>
       </c>
-      <c r="H58" s="77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J58" s="77" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="K58" s="77" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="L58" s="77" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="M58" s="93" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
-    <row r="59" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A59" s="134"/>
       <c r="B59" s="104" t="s">
+        <v>41</v>
+      </c>
+      <c r="C59" s="78" t="s">
+        <v>41</v>
+      </c>
+      <c r="D59" s="79" t="s">
         <v>43</v>
       </c>
-      <c r="C59" s="78" t="s">
+      <c r="E59" s="79" t="s">
         <v>43</v>
       </c>
-      <c r="D59" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F59" s="78" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G59" s="78" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="H59" s="78" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I59" s="78" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="J59" s="78" t="s">
+        <v>39</v>
+      </c>
+      <c r="K59" s="78" t="s">
+        <v>39</v>
+      </c>
+      <c r="L59" s="78" t="s">
+        <v>39</v>
+      </c>
+      <c r="M59" s="94" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
-    <row r="60" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A60" s="132"/>
       <c r="B60" s="105" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C60" s="77" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D60" s="77" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E60" s="77" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F60" s="77" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G60" s="77" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H60" s="77" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="I60" s="77" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="J60" s="77" t="s">
+        <v>73</v>
+      </c>
+      <c r="K60" s="77" t="s">
+        <v>73</v>
+      </c>
+      <c r="L60" s="77" t="s">
+        <v>73</v>
+      </c>
+      <c r="M60" s="93" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1"/>
       <c r="Q60" s="1"/>
       <c r="R60" s="1"/>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
-    <row r="61" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A61" s="134"/>
       <c r="B61" s="104" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C61" s="78" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D61" s="79" t="s">
+        <v>131</v>
+      </c>
+      <c r="E61" s="79" t="s">
+        <v>131</v>
+      </c>
+      <c r="F61" s="78" t="s">
         <v>133</v>
       </c>
-      <c r="E61" s="79" t="s">
+      <c r="G61" s="78" t="s">
         <v>133</v>
       </c>
-      <c r="F61" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H61" s="78" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="I61" s="78" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="J61" s="78" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="K61" s="78" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="L61" s="78" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="M61" s="94" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
-    <row r="62" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A62" s="132"/>
       <c r="B62" s="105" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C62" s="77" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D62" s="77" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E62" s="77" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F62" s="77" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="G62" s="77" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="H62" s="77" t="s">
+        <v>39</v>
+      </c>
+      <c r="I62" s="77" t="s">
+        <v>39</v>
+      </c>
+      <c r="J62" s="77" t="s">
         <v>41</v>
       </c>
-      <c r="I62" s="77" t="s">
+      <c r="K62" s="77" t="s">
         <v>41</v>
       </c>
-      <c r="J62" s="77" t="s">
+      <c r="L62" s="77" t="s">
+        <v>41</v>
+      </c>
+      <c r="M62" s="93" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
-    <row r="63" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A63" s="134"/>
       <c r="B63" s="104" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C63" s="78" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D63" s="78" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="E63" s="78" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F63" s="78" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="G63" s="78" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="H63" s="78" t="s">
+        <v>73</v>
+      </c>
+      <c r="I63" s="78" t="s">
+        <v>73</v>
+      </c>
+      <c r="J63" s="78" t="s">
         <v>75</v>
       </c>
-      <c r="I63" s="78" t="s">
+      <c r="K63" s="78" t="s">
         <v>75</v>
       </c>
-      <c r="J63" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L63" s="78" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="M63" s="94" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
-    <row r="64" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:23" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A64" s="157"/>
       <c r="B64" s="105" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C64" s="77" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D64" s="77" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E64" s="77" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F64" s="77" t="s">
+        <v>39</v>
+      </c>
+      <c r="G64" s="77" t="s">
+        <v>39</v>
+      </c>
+      <c r="H64" s="77" t="s">
         <v>41</v>
       </c>
-      <c r="G64" s="77" t="s">
+      <c r="I64" s="77" t="s">
         <v>41</v>
       </c>
-      <c r="H64" s="77" t="s">
+      <c r="J64" s="77" t="s">
         <v>43</v>
       </c>
-      <c r="I64" s="77" t="s">
+      <c r="K64" s="77" t="s">
         <v>43</v>
       </c>
-      <c r="J64" s="77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L64" s="77" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M64" s="93" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
-    <row r="65" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A65" s="9"/>
       <c r="B65" s="120" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C65" s="121" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D65" s="121" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E65" s="121" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F65" s="121" t="s">
+        <v>19</v>
+      </c>
+      <c r="G65" s="121" t="s">
+        <v>19</v>
+      </c>
+      <c r="H65" s="121" t="s">
         <v>20</v>
       </c>
-      <c r="G65" s="121" t="s">
-[...2 lines deleted...]
-      <c r="H65" s="121" t="s">
+      <c r="I65" s="121" t="s">
         <v>21</v>
       </c>
-      <c r="I65" s="121" t="s">
+      <c r="J65" s="121" t="s">
         <v>22</v>
       </c>
-      <c r="J65" s="121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K65" s="121" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L65" s="121" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M65" s="143" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1"/>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
-    <row r="66" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:23" x14ac:dyDescent="0.35">
       <c r="B66" s="106" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C66" s="79" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D66" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="F66" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="E66" s="79" t="s">
+      <c r="G66" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="F66" s="79" t="s">
+      <c r="H66" s="79" t="s">
         <v>21</v>
       </c>
-      <c r="G66" s="79" t="s">
-[...2 lines deleted...]
-      <c r="H66" s="79" t="s">
+      <c r="I66" s="79" t="s">
         <v>22</v>
       </c>
-      <c r="I66" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J66" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K66" s="79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="L66" s="79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="M66" s="95" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
-    <row r="67" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A67" s="48"/>
       <c r="B67" s="107" t="s">
+        <v>19</v>
+      </c>
+      <c r="C67" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="D67" s="80" t="s">
         <v>20</v>
       </c>
-      <c r="C67" s="80" t="s">
+      <c r="E67" s="80" t="s">
         <v>20</v>
       </c>
-      <c r="D67" s="80" t="s">
+      <c r="F67" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="E67" s="80" t="s">
+      <c r="G67" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="F67" s="77" t="s">
+      <c r="H67" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="G67" s="77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I67" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J67" s="77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="K67" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="L67" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M67" s="93" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1"/>
       <c r="R67" s="1"/>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
-    <row r="68" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A68" s="140"/>
       <c r="B68" s="106" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C68" s="79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" s="79" t="s">
+        <v>24</v>
+      </c>
+      <c r="E68" s="79" t="s">
         <v>21</v>
       </c>
-      <c r="D68" s="79" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="79" t="s">
+      <c r="F68" s="78" t="s">
         <v>22</v>
       </c>
-      <c r="F68" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G68" s="78" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H68" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I68" s="78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="J68" s="79" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K68" s="79" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="L68" s="79" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="M68" s="95" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
-    <row r="69" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A69" s="48"/>
       <c r="B69" s="107"/>
       <c r="C69" s="80" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D69" s="80"/>
       <c r="E69" s="80" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F69" s="80" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G69" s="80" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H69" s="77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I69" s="80" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J69" s="80" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K69" s="80" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L69" s="80" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M69" s="96" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
-    <row r="70" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A70" s="20"/>
       <c r="B70" s="106"/>
       <c r="C70" s="79"/>
       <c r="D70" s="79"/>
       <c r="E70" s="79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F70" s="78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G70" s="78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H70" s="79" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I70" s="79" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J70" s="79" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K70" s="79"/>
       <c r="L70" s="79"/>
       <c r="M70" s="95"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
-    <row r="71" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A71" s="65"/>
       <c r="B71" s="107"/>
       <c r="C71" s="80"/>
       <c r="D71" s="80"/>
       <c r="E71" s="80"/>
       <c r="F71" s="77"/>
       <c r="G71" s="80" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H71" s="80"/>
       <c r="I71" s="80" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="J71" s="80"/>
       <c r="K71" s="80"/>
       <c r="L71" s="80"/>
       <c r="M71" s="96"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
-    <row r="72" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A72" s="142"/>
       <c r="B72" s="106" t="s">
+        <v>39</v>
+      </c>
+      <c r="C72" s="79" t="s">
+        <v>39</v>
+      </c>
+      <c r="D72" s="79" t="s">
         <v>41</v>
       </c>
-      <c r="C72" s="79" t="s">
+      <c r="E72" s="79" t="s">
         <v>41</v>
       </c>
-      <c r="D72" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F72" s="79" t="s">
+        <v>31</v>
+      </c>
+      <c r="G72" s="79" t="s">
+        <v>31</v>
+      </c>
+      <c r="H72" s="78" t="s">
+        <v>32</v>
+      </c>
+      <c r="I72" s="78" t="s">
         <v>33</v>
       </c>
-      <c r="G72" s="79" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J72" s="78" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K72" s="78" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="L72" s="78" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="M72" s="94" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1"/>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
-    <row r="73" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A73" s="65"/>
       <c r="B73" s="107" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C73" s="80" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D73" s="80" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="E73" s="80" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F73" s="80" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="G73" s="80" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="H73" s="77" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="I73" s="80" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J73" s="80" t="s">
+        <v>68</v>
+      </c>
+      <c r="K73" s="80" t="s">
         <v>70</v>
       </c>
-      <c r="K73" s="80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L73" s="80" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="M73" s="93" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
-    <row r="74" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A74" s="142"/>
       <c r="B74" s="106" t="s">
+        <v>97</v>
+      </c>
+      <c r="C74" s="79" t="s">
+        <v>85</v>
+      </c>
+      <c r="D74" s="79" t="s">
         <v>99</v>
       </c>
-      <c r="C74" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="79" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F74" s="79" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G74" s="79" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H74" s="78" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="I74" s="79" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="J74" s="79" t="s">
+        <v>92</v>
+      </c>
+      <c r="K74" s="78" t="s">
         <v>94</v>
       </c>
-      <c r="K74" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L74" s="78" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="M74" s="94" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1"/>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
-    <row r="75" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A75" s="65"/>
       <c r="B75" s="107" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C75" s="80" t="s">
+        <v>97</v>
+      </c>
+      <c r="D75" s="80" t="s">
+        <v>31</v>
+      </c>
+      <c r="E75" s="80" t="s">
         <v>99</v>
       </c>
-      <c r="D75" s="80" t="s">
-[...2 lines deleted...]
-      <c r="E75" s="80" t="s">
+      <c r="F75" s="80" t="s">
+        <v>89</v>
+      </c>
+      <c r="G75" s="80" t="s">
+        <v>89</v>
+      </c>
+      <c r="H75" s="77" t="s">
+        <v>90</v>
+      </c>
+      <c r="I75" s="80" t="s">
+        <v>111</v>
+      </c>
+      <c r="J75" s="77" t="s">
+        <v>123</v>
+      </c>
+      <c r="K75" s="80" t="s">
+        <v>125</v>
+      </c>
+      <c r="L75" s="80" t="s">
+        <v>125</v>
+      </c>
+      <c r="M75" s="93" t="s">
         <v>101</v>
-      </c>
-[...22 lines deleted...]
-        <v>103</v>
       </c>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
-    <row r="76" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A76" s="142"/>
       <c r="B76" s="106" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C76" s="79" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D76" s="79" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E76" s="79" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F76" s="79" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G76" s="79" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="H76" s="78" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I76" s="78" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J76" s="78" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="K76" s="78" t="s">
+        <v>37</v>
+      </c>
+      <c r="L76" s="78" t="s">
+        <v>37</v>
+      </c>
+      <c r="M76" s="94" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1"/>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
-    <row r="77" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A77" s="65"/>
       <c r="B77" s="107" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C77" s="80" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D77" s="80" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="E77" s="80" t="s">
+        <v>31</v>
+      </c>
+      <c r="F77" s="77" t="s">
+        <v>32</v>
+      </c>
+      <c r="G77" s="80" t="s">
+        <v>131</v>
+      </c>
+      <c r="H77" s="77" t="s">
         <v>33</v>
       </c>
-      <c r="F77" s="77" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I77" s="77" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J77" s="77" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="K77" s="77" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="L77" s="77" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="M77" s="93" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
-    <row r="78" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A78" s="142"/>
       <c r="B78" s="106"/>
       <c r="C78" s="79" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D78" s="79"/>
       <c r="E78" s="79" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F78" s="78" t="s">
+        <v>44</v>
+      </c>
+      <c r="G78" s="78" t="s">
+        <v>32</v>
+      </c>
+      <c r="H78" s="79" t="s">
+        <v>67</v>
+      </c>
+      <c r="I78" s="78" t="s">
         <v>46</v>
       </c>
-      <c r="G78" s="78" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J78" s="79" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="K78" s="78" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="L78" s="78" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="M78" s="94" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
-    <row r="79" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A79" s="8" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B79" s="107"/>
       <c r="C79" s="80" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D79" s="80"/>
       <c r="E79" s="80" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F79" s="77" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G79" s="77" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="H79" s="80" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="I79" s="80" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="J79" s="77" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="K79" s="77" t="s">
+        <v>39</v>
+      </c>
+      <c r="L79" s="77" t="s">
+        <v>39</v>
+      </c>
+      <c r="M79" s="93" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="N79" s="1"/>
       <c r="O79" s="1"/>
       <c r="P79" s="1"/>
       <c r="Q79" s="1"/>
       <c r="R79" s="1"/>
       <c r="S79" s="1"/>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
-    <row r="80" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A80" s="142"/>
       <c r="B80" s="106"/>
       <c r="C80" s="79" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D80" s="79"/>
       <c r="E80" s="79" t="s">
+        <v>109</v>
+      </c>
+      <c r="F80" s="78" t="s">
+        <v>90</v>
+      </c>
+      <c r="G80" s="78" t="s">
+        <v>78</v>
+      </c>
+      <c r="H80" s="79" t="s">
         <v>111</v>
       </c>
-      <c r="F80" s="78" t="s">
+      <c r="I80" s="79" t="s">
         <v>92</v>
       </c>
-      <c r="G80" s="78" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J80" s="79" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="K80" s="78" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="L80" s="78" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="M80" s="94" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="N80" s="1"/>
       <c r="O80" s="1"/>
       <c r="P80" s="1"/>
       <c r="Q80" s="1"/>
       <c r="R80" s="1"/>
       <c r="S80" s="1"/>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
-    <row r="81" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A81" s="65"/>
-      <c r="B81" s="293"/>
+      <c r="B81" s="286"/>
       <c r="C81" s="80" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D81" s="80"/>
       <c r="E81" s="80" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F81" s="80" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="G81" s="77" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="H81" s="80" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="I81" s="77" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J81" s="77" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="K81" s="77" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="L81" s="77" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="M81" s="93" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
-    <row r="82" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A82" s="142"/>
-      <c r="B82" s="296"/>
+      <c r="B82" s="289"/>
       <c r="C82" s="79"/>
-      <c r="D82" s="295"/>
+      <c r="D82" s="288"/>
       <c r="E82" s="79" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F82" s="79" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G82" s="78" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="H82" s="79" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="I82" s="78" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="J82" s="78" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="K82" s="78"/>
       <c r="L82" s="78"/>
       <c r="M82" s="94"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
-    <row r="83" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A83" s="65"/>
-      <c r="B83" s="293"/>
+      <c r="B83" s="286"/>
       <c r="C83" s="80"/>
       <c r="D83" s="80"/>
       <c r="E83" s="80" t="s">
+        <v>90</v>
+      </c>
+      <c r="F83" s="80" t="s">
+        <v>79</v>
+      </c>
+      <c r="G83" s="80" t="s">
+        <v>33</v>
+      </c>
+      <c r="H83" s="80" t="s">
         <v>92</v>
       </c>
-      <c r="F83" s="80" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I83" s="80" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J83" s="77" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="K83" s="77"/>
-      <c r="L83" s="294"/>
+      <c r="L83" s="287"/>
       <c r="M83" s="93"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="1"/>
       <c r="R83" s="1"/>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
-    <row r="84" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A84" s="142"/>
       <c r="B84" s="106"/>
       <c r="C84" s="79"/>
       <c r="D84" s="79"/>
       <c r="E84" s="79" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F84" s="79" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G84" s="79" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="H84" s="79" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="I84" s="79" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="J84" s="78" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="K84" s="78"/>
       <c r="L84" s="78"/>
       <c r="M84" s="94"/>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
       <c r="P84" s="1"/>
       <c r="Q84" s="1"/>
       <c r="R84" s="1"/>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
-    <row r="85" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A85" s="65"/>
-      <c r="B85" s="293"/>
-      <c r="C85" s="294"/>
+      <c r="B85" s="286"/>
+      <c r="C85" s="287"/>
       <c r="D85" s="80"/>
       <c r="E85" s="80" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="F85" s="80" t="s">
+        <v>68</v>
+      </c>
+      <c r="G85" s="80" t="s">
+        <v>79</v>
+      </c>
+      <c r="H85" s="80" t="s">
         <v>70</v>
       </c>
-      <c r="G85" s="80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I85" s="77" t="s">
-        <v>96</v>
-[...4 lines deleted...]
-      <c r="M85" s="297"/>
+        <v>94</v>
+      </c>
+      <c r="J85" s="287"/>
+      <c r="K85" s="287"/>
+      <c r="L85" s="287"/>
+      <c r="M85" s="290"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
-    <row r="86" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A86" s="142"/>
-      <c r="B86" s="296"/>
-      <c r="C86" s="295"/>
+      <c r="B86" s="289"/>
+      <c r="C86" s="288"/>
       <c r="D86" s="79"/>
       <c r="E86" s="79" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F86" s="79" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G86" s="79" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H86" s="78" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="I86" s="79" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="J86" s="78"/>
-      <c r="K86" s="295"/>
-[...1 lines deleted...]
-      <c r="M86" s="300"/>
+      <c r="K86" s="288"/>
+      <c r="L86" s="288"/>
+      <c r="M86" s="293"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
-    <row r="87" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A87" s="65"/>
-      <c r="B87" s="293"/>
-[...1 lines deleted...]
-      <c r="D87" s="294"/>
+      <c r="B87" s="286"/>
+      <c r="C87" s="287"/>
+      <c r="D87" s="287"/>
       <c r="E87" s="80"/>
       <c r="F87" s="80"/>
       <c r="G87" s="80" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="H87" s="294"/>
+        <v>46</v>
+      </c>
+      <c r="H87" s="287"/>
       <c r="I87" s="77" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="J87" s="294"/>
+        <v>37</v>
+      </c>
+      <c r="J87" s="287"/>
       <c r="K87" s="77"/>
       <c r="L87" s="77"/>
-      <c r="M87" s="297"/>
+      <c r="M87" s="290"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1"/>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
-    <row r="88" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A88" s="142"/>
-      <c r="B88" s="296"/>
-      <c r="C88" s="295"/>
+      <c r="B88" s="289"/>
+      <c r="C88" s="288"/>
       <c r="D88" s="79"/>
       <c r="F88" s="78"/>
       <c r="G88" s="79" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="H88" s="78"/>
       <c r="I88" s="78" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="J88" s="295"/>
+        <v>83</v>
+      </c>
+      <c r="J88" s="288"/>
       <c r="K88" s="78"/>
       <c r="L88" s="78"/>
-      <c r="M88" s="300"/>
+      <c r="M88" s="293"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1"/>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
-    <row r="89" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A89" s="65"/>
-      <c r="B89" s="293"/>
-      <c r="C89" s="294"/>
+      <c r="B89" s="286"/>
+      <c r="C89" s="287"/>
       <c r="D89" s="80"/>
-      <c r="E89" s="294"/>
+      <c r="E89" s="287"/>
       <c r="F89" s="77"/>
       <c r="G89" s="80" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H89" s="77"/>
       <c r="I89" s="77" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="J89" s="77"/>
       <c r="K89" s="77"/>
       <c r="L89" s="77"/>
-      <c r="M89" s="297"/>
+      <c r="M89" s="290"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1"/>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
-    <row r="90" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A90" s="142"/>
-      <c r="B90" s="296"/>
-      <c r="C90" s="295"/>
+      <c r="B90" s="289"/>
+      <c r="C90" s="288"/>
       <c r="D90" s="79"/>
-      <c r="E90" s="295"/>
-      <c r="F90" s="295"/>
+      <c r="E90" s="288"/>
+      <c r="F90" s="288"/>
       <c r="G90" s="79" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="H90" s="295"/>
+        <v>36</v>
+      </c>
+      <c r="H90" s="288"/>
       <c r="I90" s="78" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      <c r="M90" s="300"/>
+        <v>39</v>
+      </c>
+      <c r="J90" s="288"/>
+      <c r="K90" s="288"/>
+      <c r="L90" s="288"/>
+      <c r="M90" s="293"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
-    <row r="91" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A91" s="65"/>
-      <c r="B91" s="293"/>
-[...3 lines deleted...]
-      <c r="F91" s="294"/>
+      <c r="B91" s="286"/>
+      <c r="C91" s="287"/>
+      <c r="D91" s="287"/>
+      <c r="E91" s="287"/>
+      <c r="F91" s="287"/>
       <c r="G91" s="80" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="H91" s="294"/>
+        <v>70</v>
+      </c>
+      <c r="H91" s="287"/>
       <c r="I91" s="77" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="J91" s="294"/>
+        <v>73</v>
+      </c>
+      <c r="J91" s="287"/>
       <c r="K91" s="77"/>
       <c r="L91" s="77"/>
-      <c r="M91" s="297"/>
+      <c r="M91" s="290"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
-    <row r="92" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:23" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A92" s="149"/>
-      <c r="B92" s="301"/>
-      <c r="C92" s="298"/>
+      <c r="B92" s="294"/>
+      <c r="C92" s="291"/>
       <c r="D92" s="129"/>
-      <c r="E92" s="298"/>
-      <c r="F92" s="298"/>
+      <c r="E92" s="291"/>
+      <c r="F92" s="291"/>
       <c r="G92" s="126" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="H92" s="126"/>
       <c r="I92" s="126" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="J92" s="126"/>
       <c r="K92" s="126"/>
       <c r="L92" s="126"/>
-      <c r="M92" s="299"/>
+      <c r="M92" s="292"/>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
       <c r="P92" s="1"/>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
-    <row r="93" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A93" s="9"/>
       <c r="B93" s="120" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C93" s="121" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D93" s="121" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E93" s="121" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F93" s="121" t="s">
+        <v>19</v>
+      </c>
+      <c r="G93" s="121" t="s">
+        <v>19</v>
+      </c>
+      <c r="H93" s="121" t="s">
         <v>20</v>
       </c>
-      <c r="G93" s="121" t="s">
-[...2 lines deleted...]
-      <c r="H93" s="121" t="s">
+      <c r="I93" s="121" t="s">
         <v>21</v>
       </c>
-      <c r="I93" s="121" t="s">
+      <c r="J93" s="121" t="s">
         <v>22</v>
       </c>
-      <c r="J93" s="121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K93" s="121" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L93" s="121" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M93" s="143" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
-    <row r="94" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A94" s="20"/>
       <c r="B94" s="106" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C94" s="79" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D94" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="E94" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="F94" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="E94" s="79" t="s">
+      <c r="G94" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="F94" s="79" t="s">
+      <c r="H94" s="79" t="s">
         <v>21</v>
       </c>
-      <c r="G94" s="79" t="s">
-[...2 lines deleted...]
-      <c r="H94" s="79" t="s">
+      <c r="I94" s="79" t="s">
         <v>22</v>
       </c>
-      <c r="I94" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J94" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K94" s="79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="L94" s="79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="M94" s="95" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1"/>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
-    <row r="95" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A95" s="48"/>
       <c r="B95" s="107" t="s">
+        <v>19</v>
+      </c>
+      <c r="C95" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="D95" s="80" t="s">
         <v>20</v>
       </c>
-      <c r="C95" s="80" t="s">
+      <c r="E95" s="80" t="s">
         <v>20</v>
       </c>
-      <c r="D95" s="80" t="s">
+      <c r="F95" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="E95" s="80" t="s">
+      <c r="G95" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="F95" s="77" t="s">
+      <c r="H95" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="G95" s="77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I95" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J95" s="77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="K95" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="L95" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M95" s="93" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
-    <row r="96" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A96" s="140"/>
       <c r="B96" s="106" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C96" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D96" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E96" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F96" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G96" s="78" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H96" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I96" s="78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="J96" s="79" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K96" s="79" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="L96" s="79" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="M96" s="95" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
-    <row r="97" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A97" s="48"/>
       <c r="B97" s="107"/>
       <c r="C97" s="80"/>
       <c r="D97" s="80"/>
       <c r="E97" s="80" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F97" s="77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G97" s="80" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H97" s="77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I97" s="80" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J97" s="80" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K97" s="80" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L97" s="80" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M97" s="93" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1"/>
       <c r="Q97" s="1"/>
       <c r="R97" s="1"/>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
-    <row r="98" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A98" s="142"/>
-      <c r="B98" s="296"/>
-[...2 lines deleted...]
-      <c r="E98" s="295"/>
+      <c r="B98" s="289"/>
+      <c r="C98" s="288"/>
+      <c r="D98" s="288"/>
+      <c r="E98" s="288"/>
       <c r="F98" s="79" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G98" s="78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H98" s="79" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I98" s="79" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J98" s="79" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K98" s="79"/>
       <c r="L98" s="79"/>
       <c r="M98" s="95"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
-    <row r="99" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A99" s="65"/>
-      <c r="B99" s="293"/>
-      <c r="C99" s="294"/>
+      <c r="B99" s="286"/>
+      <c r="C99" s="287"/>
       <c r="D99" s="80"/>
-      <c r="E99" s="294"/>
-      <c r="F99" s="294"/>
+      <c r="E99" s="287"/>
+      <c r="F99" s="287"/>
       <c r="G99" s="80" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H99" s="80" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I99" s="80"/>
       <c r="J99" s="80"/>
       <c r="K99" s="80"/>
       <c r="L99" s="80"/>
-      <c r="M99" s="297"/>
+      <c r="M99" s="290"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
-    <row r="100" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A100" s="142"/>
       <c r="B100" s="106" t="s">
+        <v>39</v>
+      </c>
+      <c r="C100" s="79" t="s">
+        <v>39</v>
+      </c>
+      <c r="D100" s="79" t="s">
         <v>41</v>
       </c>
-      <c r="C100" s="79" t="s">
+      <c r="E100" s="79" t="s">
         <v>41</v>
       </c>
-      <c r="D100" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F100" s="79" t="s">
+        <v>31</v>
+      </c>
+      <c r="G100" s="79" t="s">
+        <v>31</v>
+      </c>
+      <c r="H100" s="78" t="s">
+        <v>32</v>
+      </c>
+      <c r="I100" s="78" t="s">
         <v>33</v>
       </c>
-      <c r="G100" s="79" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J100" s="78" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K100" s="78" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="L100" s="78" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="M100" s="94" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
-    <row r="101" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A101" s="65"/>
       <c r="B101" s="107" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C101" s="80" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D101" s="80" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="E101" s="80" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F101" s="80" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="G101" s="80" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="H101" s="77" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="I101" s="80" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J101" s="80" t="s">
+        <v>68</v>
+      </c>
+      <c r="K101" s="80" t="s">
         <v>70</v>
       </c>
-      <c r="K101" s="80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L101" s="80" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="M101" s="93" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="N101" s="1"/>
       <c r="O101" s="1"/>
       <c r="P101" s="1"/>
       <c r="Q101" s="1"/>
       <c r="R101" s="1"/>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
-    <row r="102" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A102" s="142"/>
       <c r="B102" s="106" t="s">
+        <v>97</v>
+      </c>
+      <c r="C102" s="79" t="s">
+        <v>97</v>
+      </c>
+      <c r="D102" s="79" t="s">
         <v>99</v>
       </c>
-      <c r="C102" s="79" t="s">
+      <c r="E102" s="79" t="s">
         <v>99</v>
       </c>
-      <c r="D102" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F102" s="79" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G102" s="79" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H102" s="78" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="I102" s="79" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="J102" s="79" t="s">
+        <v>92</v>
+      </c>
+      <c r="K102" s="78" t="s">
         <v>94</v>
       </c>
-      <c r="K102" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L102" s="78" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="M102" s="94" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
-    <row r="103" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A103" s="65"/>
       <c r="B103" s="107" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C103" s="80" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D103" s="80" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E103" s="80" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F103" s="80" t="s">
+        <v>109</v>
+      </c>
+      <c r="G103" s="80" t="s">
+        <v>89</v>
+      </c>
+      <c r="H103" s="77" t="s">
+        <v>90</v>
+      </c>
+      <c r="I103" s="80" t="s">
         <v>111</v>
       </c>
-      <c r="G103" s="80" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J103" s="77" t="s">
+        <v>123</v>
+      </c>
+      <c r="K103" s="80" t="s">
         <v>125</v>
       </c>
-      <c r="K103" s="80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L103" s="80" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="M103" s="93" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
-    <row r="104" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A104" s="140" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="B104" s="106" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C104" s="79" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D104" s="79" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E104" s="79" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F104" s="79" t="s">
+        <v>131</v>
+      </c>
+      <c r="G104" s="79" t="s">
+        <v>109</v>
+      </c>
+      <c r="H104" s="78" t="s">
+        <v>121</v>
+      </c>
+      <c r="I104" s="78" t="s">
         <v>133</v>
       </c>
-      <c r="G104" s="79" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J104" s="78" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="K104" s="78" t="s">
+        <v>37</v>
+      </c>
+      <c r="L104" s="78" t="s">
+        <v>37</v>
+      </c>
+      <c r="M104" s="94" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
       <c r="P104" s="1"/>
       <c r="Q104" s="1"/>
       <c r="R104" s="1"/>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
-    <row r="105" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A105" s="65"/>
       <c r="B105" s="107" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C105" s="80" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D105" s="80" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="E105" s="80" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F105" s="77" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G105" s="80" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="H105" s="77" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="I105" s="77" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="J105" s="77" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="K105" s="77" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="L105" s="77" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="M105" s="93" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1"/>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
-    <row r="106" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A106" s="142"/>
       <c r="B106" s="106"/>
       <c r="C106" s="79"/>
       <c r="D106" s="79"/>
       <c r="E106" s="79" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F106" s="78" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G106" s="78" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H106" s="78" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I106" s="79" t="s">
+        <v>68</v>
+      </c>
+      <c r="J106" s="79" t="s">
         <v>70</v>
       </c>
-      <c r="J106" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K106" s="78" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="L106" s="78" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="M106" s="94" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1"/>
       <c r="R106" s="1"/>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
-    <row r="107" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A107" s="65"/>
       <c r="B107" s="107"/>
       <c r="C107" s="80"/>
-      <c r="D107" s="294"/>
+      <c r="D107" s="287"/>
       <c r="E107" s="80" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F107" s="77" t="s">
+        <v>90</v>
+      </c>
+      <c r="G107" s="77" t="s">
+        <v>44</v>
+      </c>
+      <c r="H107" s="80" t="s">
+        <v>67</v>
+      </c>
+      <c r="I107" s="80" t="s">
         <v>92</v>
       </c>
-      <c r="G107" s="77" t="s">
-[...5 lines deleted...]
-      <c r="I107" s="80" t="s">
+      <c r="J107" s="77" t="s">
         <v>94</v>
       </c>
-      <c r="J107" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K107" s="77" t="s">
+        <v>39</v>
+      </c>
+      <c r="L107" s="77" t="s">
+        <v>39</v>
+      </c>
+      <c r="M107" s="93" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1"/>
       <c r="Q107" s="1"/>
       <c r="R107" s="1"/>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
-    <row r="108" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A108" s="142"/>
       <c r="B108" s="106"/>
       <c r="C108" s="79"/>
-      <c r="D108" s="295"/>
+      <c r="D108" s="288"/>
       <c r="E108" s="79" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F108" s="78" t="s">
+        <v>121</v>
+      </c>
+      <c r="G108" s="78" t="s">
+        <v>78</v>
+      </c>
+      <c r="H108" s="79" t="s">
+        <v>79</v>
+      </c>
+      <c r="I108" s="78" t="s">
         <v>123</v>
       </c>
-      <c r="G108" s="78" t="s">
-[...5 lines deleted...]
-      <c r="I108" s="78" t="s">
+      <c r="J108" s="79" t="s">
         <v>125</v>
       </c>
-      <c r="J108" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K108" s="78" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="L108" s="78" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="M108" s="94" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1"/>
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
-    <row r="109" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A109" s="65"/>
-      <c r="B109" s="293"/>
-[...1 lines deleted...]
-      <c r="D109" s="294"/>
+      <c r="B109" s="286"/>
+      <c r="C109" s="287"/>
+      <c r="D109" s="287"/>
       <c r="E109" s="80" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F109" s="80" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G109" s="77" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="H109" s="80" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="I109" s="80" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J109" s="77" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="K109" s="77" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="L109" s="77" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="M109" s="93" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
-    <row r="110" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A110" s="142"/>
-      <c r="B110" s="296"/>
-[...1 lines deleted...]
-      <c r="D110" s="295"/>
+      <c r="B110" s="289"/>
+      <c r="C110" s="288"/>
+      <c r="D110" s="288"/>
       <c r="E110" s="79"/>
       <c r="F110" s="79" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G110" s="78" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="H110" s="78" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="I110" s="79" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="J110" s="78" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-      <c r="L110" s="295"/>
+        <v>83</v>
+      </c>
+      <c r="K110" s="288"/>
+      <c r="L110" s="288"/>
       <c r="M110" s="94"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
-    <row r="111" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A111" s="65"/>
-      <c r="B111" s="293"/>
-[...1 lines deleted...]
-      <c r="D111" s="294"/>
+      <c r="B111" s="286"/>
+      <c r="C111" s="287"/>
+      <c r="D111" s="287"/>
       <c r="E111" s="80"/>
       <c r="F111" s="80" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G111" s="80" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="H111" s="80" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="I111" s="77" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="J111" s="77" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-      <c r="L111" s="294"/>
+        <v>115</v>
+      </c>
+      <c r="K111" s="287"/>
+      <c r="L111" s="287"/>
       <c r="M111" s="93"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
-    <row r="112" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A112" s="142"/>
-      <c r="B112" s="296"/>
-[...1 lines deleted...]
-      <c r="D112" s="295"/>
+      <c r="B112" s="289"/>
+      <c r="C112" s="288"/>
+      <c r="D112" s="288"/>
       <c r="E112" s="79"/>
-      <c r="F112" s="212" t="s">
-        <v>38</v>
+      <c r="F112" s="210" t="s">
+        <v>36</v>
       </c>
       <c r="G112" s="79" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="H112" s="79" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="I112" s="78" t="s">
+        <v>37</v>
+      </c>
+      <c r="J112" s="78" t="s">
         <v>39</v>
       </c>
-      <c r="J112" s="78" t="s">
-[...3 lines deleted...]
-      <c r="L112" s="295"/>
+      <c r="K112" s="288"/>
+      <c r="L112" s="288"/>
       <c r="M112" s="94"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
-    <row r="113" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A113" s="65"/>
-      <c r="B113" s="293"/>
-      <c r="C113" s="294"/>
+      <c r="B113" s="286"/>
+      <c r="C113" s="287"/>
       <c r="D113" s="80"/>
       <c r="E113" s="80"/>
       <c r="F113" s="80" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="G113" s="80" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H113" s="80" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="I113" s="77" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="J113" s="77" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      <c r="M113" s="297"/>
+        <v>73</v>
+      </c>
+      <c r="K113" s="287"/>
+      <c r="L113" s="287"/>
+      <c r="M113" s="290"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="1"/>
       <c r="R113" s="1"/>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
-    <row r="114" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A114" s="142"/>
-      <c r="B114" s="296"/>
-      <c r="C114" s="295"/>
+      <c r="B114" s="289"/>
+      <c r="C114" s="288"/>
       <c r="D114" s="79"/>
-      <c r="E114" s="295"/>
+      <c r="E114" s="288"/>
       <c r="F114" s="193" t="s">
+        <v>37</v>
+      </c>
+      <c r="G114" s="79" t="s">
+        <v>111</v>
+      </c>
+      <c r="H114" s="78" t="s">
+        <v>123</v>
+      </c>
+      <c r="I114" s="78" t="s">
         <v>39</v>
       </c>
-      <c r="G114" s="79" t="s">
-[...5 lines deleted...]
-      <c r="I114" s="78" t="s">
+      <c r="J114" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="J114" s="78" t="s">
-[...4 lines deleted...]
-      <c r="M114" s="300"/>
+      <c r="K114" s="288"/>
+      <c r="L114" s="288"/>
+      <c r="M114" s="293"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
       <c r="Q114" s="1"/>
       <c r="R114" s="1"/>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
-    <row r="115" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A115" s="65"/>
-      <c r="B115" s="293"/>
-[...2 lines deleted...]
-      <c r="E115" s="294"/>
+      <c r="B115" s="286"/>
+      <c r="C115" s="287"/>
+      <c r="D115" s="287"/>
+      <c r="E115" s="287"/>
       <c r="F115" s="80"/>
       <c r="G115" s="80" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="H115" s="80" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-      <c r="M115" s="297"/>
+        <v>36</v>
+      </c>
+      <c r="I115" s="287"/>
+      <c r="J115" s="287"/>
+      <c r="K115" s="287"/>
+      <c r="L115" s="287"/>
+      <c r="M115" s="290"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1"/>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
-    <row r="116" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A116" s="142"/>
-      <c r="B116" s="296"/>
-[...2 lines deleted...]
-      <c r="E116" s="295"/>
+      <c r="B116" s="289"/>
+      <c r="C116" s="288"/>
+      <c r="D116" s="288"/>
+      <c r="E116" s="288"/>
       <c r="F116" s="79"/>
       <c r="G116" s="79" t="s">
+        <v>68</v>
+      </c>
+      <c r="H116" s="79" t="s">
         <v>70</v>
       </c>
-      <c r="H116" s="79" t="s">
-[...3 lines deleted...]
-      <c r="J116" s="295"/>
+      <c r="I116" s="288"/>
+      <c r="J116" s="288"/>
       <c r="K116" s="78"/>
       <c r="L116" s="78"/>
-      <c r="M116" s="300"/>
+      <c r="M116" s="293"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1"/>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
-    <row r="117" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A117" s="65"/>
-      <c r="B117" s="293"/>
-      <c r="C117" s="294"/>
+      <c r="B117" s="286"/>
+      <c r="C117" s="287"/>
       <c r="D117" s="80"/>
-      <c r="E117" s="294"/>
+      <c r="E117" s="287"/>
       <c r="F117" s="77"/>
       <c r="G117" s="80" t="s">
+        <v>92</v>
+      </c>
+      <c r="H117" s="77" t="s">
         <v>94</v>
       </c>
-      <c r="H117" s="77" t="s">
-[...3 lines deleted...]
-      <c r="J117" s="294"/>
+      <c r="I117" s="287"/>
+      <c r="J117" s="287"/>
       <c r="K117" s="77"/>
       <c r="L117" s="77"/>
-      <c r="M117" s="297"/>
+      <c r="M117" s="290"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
-    <row r="118" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A118" s="142"/>
-      <c r="B118" s="296"/>
-      <c r="C118" s="295"/>
+      <c r="B118" s="289"/>
+      <c r="C118" s="288"/>
       <c r="D118" s="79"/>
-      <c r="E118" s="295"/>
-      <c r="F118" s="295"/>
+      <c r="E118" s="288"/>
+      <c r="F118" s="288"/>
       <c r="G118" s="79" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="H118" s="78" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-      <c r="M118" s="300"/>
+        <v>37</v>
+      </c>
+      <c r="I118" s="288"/>
+      <c r="J118" s="288"/>
+      <c r="K118" s="288"/>
+      <c r="L118" s="288"/>
+      <c r="M118" s="293"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1"/>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
-    <row r="119" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A119" s="65"/>
-      <c r="B119" s="293"/>
-[...3 lines deleted...]
-      <c r="F119" s="294"/>
+      <c r="B119" s="286"/>
+      <c r="C119" s="287"/>
+      <c r="D119" s="287"/>
+      <c r="E119" s="287"/>
+      <c r="F119" s="287"/>
       <c r="G119" s="80" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="H119" s="77" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-      <c r="J119" s="294"/>
+        <v>83</v>
+      </c>
+      <c r="I119" s="287"/>
+      <c r="J119" s="287"/>
       <c r="K119" s="77"/>
       <c r="L119" s="77"/>
-      <c r="M119" s="297"/>
+      <c r="M119" s="290"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
-    <row r="120" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:23" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A120" s="149"/>
-      <c r="B120" s="301"/>
-      <c r="C120" s="298"/>
+      <c r="B120" s="294"/>
+      <c r="C120" s="291"/>
       <c r="D120" s="129"/>
-      <c r="E120" s="298"/>
-      <c r="F120" s="298"/>
+      <c r="E120" s="291"/>
+      <c r="F120" s="291"/>
       <c r="G120" s="126" t="s">
+        <v>37</v>
+      </c>
+      <c r="H120" s="126" t="s">
         <v>39</v>
       </c>
-      <c r="H120" s="126" t="s">
-[...3 lines deleted...]
-      <c r="J120" s="298"/>
+      <c r="I120" s="291"/>
+      <c r="J120" s="291"/>
       <c r="K120" s="126"/>
       <c r="L120" s="126"/>
-      <c r="M120" s="299"/>
+      <c r="M120" s="292"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
-    <row r="121" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A121" s="140"/>
       <c r="B121" s="101" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C121" s="102" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D121" s="102" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E121" s="102" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F121" s="102" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G121" s="102" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H121" s="102" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I121" s="102" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J121" s="102" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K121" s="102" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L121" s="102" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M121" s="103" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
-    <row r="122" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A122" s="140"/>
       <c r="B122" s="104" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C122" s="78" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D122" s="78" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E122" s="78" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F122" s="78" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G122" s="78" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H122" s="78" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I122" s="78" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J122" s="78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K122" s="78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="L122" s="78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M122" s="94" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1"/>
       <c r="Q122" s="1"/>
       <c r="R122" s="1"/>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
-    <row r="123" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A123" s="140"/>
       <c r="B123" s="105" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C123" s="77" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D123" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E123" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F123" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G123" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H123" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I123" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J123" s="77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K123" s="77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="L123" s="77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="M123" s="93" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
       <c r="P123" s="1"/>
       <c r="Q123" s="1"/>
       <c r="R123" s="1"/>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
-    <row r="124" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A124" s="140"/>
       <c r="B124" s="104" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C124" s="78" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D124" s="78" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E124" s="78" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F124" s="78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G124" s="78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H124" s="78" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I124" s="78" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J124" s="78" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K124" s="78" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L124" s="78" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M124" s="94" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
-    <row r="125" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A125" s="140"/>
       <c r="B125" s="105" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C125" s="77" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D125" s="294"/>
+        <v>24</v>
+      </c>
+      <c r="D125" s="287"/>
       <c r="E125" s="77" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="F125" s="294"/>
+        <v>15</v>
+      </c>
+      <c r="F125" s="287"/>
       <c r="G125" s="77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H125" s="77" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="I125" s="77" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="J125" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K125" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L125" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M125" s="93" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
       <c r="Q125" s="1"/>
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
-    <row r="126" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A126" s="140"/>
       <c r="B126" s="104" t="s">
+        <v>39</v>
+      </c>
+      <c r="C126" s="78" t="s">
+        <v>39</v>
+      </c>
+      <c r="D126" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="C126" s="78" t="s">
+      <c r="E126" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="D126" s="78" t="s">
+      <c r="F126" s="79" t="s">
         <v>43</v>
       </c>
-      <c r="E126" s="78" t="s">
+      <c r="G126" s="79" t="s">
         <v>43</v>
       </c>
-      <c r="F126" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H126" s="79" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="I126" s="79" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J126" s="78" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="K126" s="78" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="L126" s="78" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="M126" s="94" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="1"/>
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
-    <row r="127" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A127" s="140"/>
       <c r="B127" s="105" t="s">
+        <v>73</v>
+      </c>
+      <c r="C127" s="77" t="s">
+        <v>73</v>
+      </c>
+      <c r="D127" s="77" t="s">
         <v>75</v>
       </c>
-      <c r="C127" s="77" t="s">
+      <c r="E127" s="77" t="s">
         <v>75</v>
       </c>
-      <c r="D127" s="77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F127" s="77" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G127" s="77" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="H127" s="77" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="I127" s="77" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J127" s="77" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="K127" s="77" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="L127" s="77" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="M127" s="93" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
-    <row r="128" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A128" s="140" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B128" s="104" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C128" s="78" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D128" s="78" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="E128" s="79" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F128" s="78" t="s">
+        <v>131</v>
+      </c>
+      <c r="G128" s="78" t="s">
+        <v>131</v>
+      </c>
+      <c r="H128" s="79" t="s">
         <v>133</v>
       </c>
-      <c r="G128" s="78" t="s">
+      <c r="I128" s="79" t="s">
         <v>133</v>
       </c>
-      <c r="H128" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J128" s="78" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="K128" s="78" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="L128" s="78" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="M128" s="94" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
-    <row r="129" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A129" s="140"/>
       <c r="B129" s="105" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C129" s="77" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D129" s="80" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E129" s="77" t="s">
+        <v>151</v>
+      </c>
+      <c r="F129" s="80" t="s">
+        <v>67</v>
+      </c>
+      <c r="G129" s="77" t="s">
         <v>153</v>
       </c>
-      <c r="F129" s="80" t="s">
-[...2 lines deleted...]
-      <c r="G129" s="77" t="s">
+      <c r="H129" s="77" t="s">
         <v>155</v>
       </c>
-      <c r="H129" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I129" s="77" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J129" s="77" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="K129" s="77" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="L129" s="77" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="M129" s="93" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1"/>
       <c r="Q129" s="1"/>
       <c r="R129" s="1"/>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
-    <row r="130" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A130" s="140"/>
       <c r="B130" s="104" t="s">
+        <v>41</v>
+      </c>
+      <c r="C130" s="78" t="s">
+        <v>41</v>
+      </c>
+      <c r="D130" s="78" t="s">
+        <v>89</v>
+      </c>
+      <c r="E130" s="78" t="s">
         <v>43</v>
       </c>
-      <c r="C130" s="78" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F130" s="78" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G130" s="79" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="H130" s="78" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I130" s="78" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="J130" s="78" t="s">
+        <v>39</v>
+      </c>
+      <c r="K130" s="78" t="s">
+        <v>39</v>
+      </c>
+      <c r="L130" s="78" t="s">
+        <v>39</v>
+      </c>
+      <c r="M130" s="94" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
       <c r="N130" s="1"/>
       <c r="O130" s="1"/>
       <c r="P130" s="1"/>
       <c r="Q130" s="1"/>
       <c r="R130" s="1"/>
       <c r="S130" s="1"/>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
-    <row r="131" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A131" s="140"/>
       <c r="B131" s="105" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C131" s="77" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D131" s="77" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E131" s="77" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F131" s="77" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="G131" s="77" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H131" s="77" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="I131" s="77" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="J131" s="77" t="s">
+        <v>73</v>
+      </c>
+      <c r="K131" s="77" t="s">
+        <v>73</v>
+      </c>
+      <c r="L131" s="77" t="s">
+        <v>73</v>
+      </c>
+      <c r="M131" s="93" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
       <c r="Q131" s="1"/>
       <c r="R131" s="1"/>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
-    <row r="132" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A132" s="140"/>
       <c r="B132" s="104" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C132" s="78" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D132" s="78"/>
       <c r="E132" s="78" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="F132" s="78"/>
       <c r="G132" s="78" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="H132" s="78" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="I132" s="78" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="J132" s="78" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="K132" s="78" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="L132" s="78" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="M132" s="94" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="N132" s="1"/>
       <c r="O132" s="1"/>
       <c r="P132" s="1"/>
       <c r="Q132" s="1"/>
       <c r="R132" s="1"/>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
-    <row r="133" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A133" s="140"/>
       <c r="B133" s="105" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C133" s="77" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D133" s="77"/>
       <c r="E133" s="77" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F133" s="77"/>
       <c r="G133" s="77" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="H133" s="77" t="s">
+        <v>39</v>
+      </c>
+      <c r="I133" s="77" t="s">
+        <v>39</v>
+      </c>
+      <c r="J133" s="77" t="s">
         <v>41</v>
       </c>
-      <c r="I133" s="77" t="s">
+      <c r="K133" s="77" t="s">
         <v>41</v>
       </c>
-      <c r="J133" s="77" t="s">
+      <c r="L133" s="77" t="s">
+        <v>41</v>
+      </c>
+      <c r="M133" s="93" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
-    <row r="134" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A134" s="140"/>
       <c r="B134" s="104" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C134" s="78" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D134" s="78"/>
       <c r="E134" s="78" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="F134" s="247"/>
+        <v>111</v>
+      </c>
+      <c r="F134" s="245"/>
       <c r="G134" s="78" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="H134" s="78" t="s">
+        <v>73</v>
+      </c>
+      <c r="I134" s="78" t="s">
+        <v>73</v>
+      </c>
+      <c r="J134" s="78" t="s">
         <v>75</v>
       </c>
-      <c r="I134" s="78" t="s">
+      <c r="K134" s="78" t="s">
         <v>75</v>
       </c>
-      <c r="J134" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L134" s="78" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="M134" s="94" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
       <c r="Q134" s="1"/>
       <c r="R134" s="1"/>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
-    <row r="135" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:23" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A135" s="148"/>
       <c r="B135" s="130" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C135" s="99" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D135" s="99"/>
       <c r="E135" s="99" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F135" s="99"/>
       <c r="G135" s="99" t="s">
+        <v>39</v>
+      </c>
+      <c r="H135" s="99" t="s">
         <v>41</v>
       </c>
-      <c r="H135" s="99" t="s">
+      <c r="I135" s="99" t="s">
+        <v>41</v>
+      </c>
+      <c r="J135" s="99" t="s">
         <v>43</v>
       </c>
-      <c r="I135" s="99" t="s">
+      <c r="K135" s="99" t="s">
         <v>43</v>
       </c>
-      <c r="J135" s="99" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L135" s="99" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M135" s="100" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
-    <row r="136" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A136" s="65"/>
       <c r="D136" s="11"/>
       <c r="G136" s="11"/>
       <c r="H136" s="11"/>
       <c r="I136" s="11"/>
       <c r="J136" s="11"/>
       <c r="K136" s="11"/>
       <c r="L136" s="11"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
-    <row r="137" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A137" s="16"/>
       <c r="B137" s="7"/>
       <c r="C137" s="7"/>
       <c r="D137" s="7"/>
       <c r="E137" s="7"/>
       <c r="F137" s="7"/>
       <c r="G137" s="7"/>
       <c r="H137" s="7"/>
       <c r="I137" s="7"/>
       <c r="J137" s="7"/>
       <c r="K137" s="7"/>
       <c r="L137" s="7"/>
       <c r="M137" s="5"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
-    <row r="138" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A138" s="45" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B138" s="7"/>
       <c r="C138" s="7"/>
       <c r="D138" s="7"/>
       <c r="E138" s="7"/>
       <c r="F138" s="7"/>
       <c r="G138" s="7"/>
       <c r="H138" s="7"/>
       <c r="I138" s="7"/>
       <c r="J138" s="7"/>
       <c r="K138" s="7"/>
       <c r="L138" s="7"/>
       <c r="M138" s="5"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
-    <row r="139" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A139" s="6"/>
       <c r="B139" s="1"/>
       <c r="C139" s="1"/>
       <c r="D139" s="1"/>
       <c r="E139" s="1"/>
       <c r="F139" s="1"/>
       <c r="G139" s="1"/>
       <c r="H139" s="1"/>
       <c r="I139" s="1"/>
       <c r="J139" s="1"/>
       <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
       <c r="N139" s="1"/>
       <c r="O139" s="1"/>
       <c r="P139" s="1"/>
       <c r="Q139" s="1"/>
       <c r="R139" s="1"/>
       <c r="S139" s="1"/>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
-    <row r="140" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A140" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="B140" s="1"/>
       <c r="C140" s="1"/>
       <c r="D140" s="1"/>
       <c r="E140" s="1"/>
       <c r="F140" s="1"/>
       <c r="G140" s="1"/>
       <c r="H140" s="1"/>
       <c r="I140" s="1"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1"/>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
       <c r="P140" s="1"/>
       <c r="Q140" s="1"/>
       <c r="R140" s="1"/>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
-    <row r="141" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A141" s="1"/>
       <c r="B141" s="1"/>
       <c r="C141" s="1"/>
       <c r="D141" s="1"/>
       <c r="E141" s="1"/>
       <c r="F141" s="1"/>
       <c r="G141" s="1"/>
       <c r="H141" s="1"/>
       <c r="I141" s="1"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
       <c r="Q141" s="1"/>
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
-    <row r="142" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A142" s="1" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B142" s="1"/>
       <c r="C142" s="1"/>
       <c r="D142" s="1"/>
       <c r="E142" s="1"/>
       <c r="F142" s="1"/>
       <c r="G142" s="1"/>
       <c r="H142" s="1"/>
       <c r="I142" s="1"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
       <c r="P142" s="1"/>
       <c r="Q142" s="1"/>
       <c r="R142" s="1"/>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="73" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:U47"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="P36" sqref="P36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="27" customWidth="1"/>
-    <col min="2" max="13" width="9.7109375" customWidth="1"/>
+    <col min="2" max="13" width="9.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:21" x14ac:dyDescent="0.35">
       <c r="C1" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:21" x14ac:dyDescent="0.25">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
-      <c r="S3" s="290"/>
-[...3 lines deleted...]
-    <row r="4" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S3" s="283"/>
+      <c r="T3" s="283"/>
+      <c r="U3" s="283"/>
+    </row>
+    <row r="4" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A4" s="1" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
-      <c r="S4" s="290"/>
-[...3 lines deleted...]
-    <row r="5" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="S4" s="283"/>
+      <c r="T4" s="283"/>
+      <c r="U4" s="283"/>
+    </row>
+    <row r="5" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
-      <c r="S5" s="290"/>
-[...3 lines deleted...]
-    <row r="6" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="S5" s="283"/>
+      <c r="T5" s="283"/>
+      <c r="U5" s="283"/>
+    </row>
+    <row r="6" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="176"/>
       <c r="B6" s="91" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="92" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="92" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="92" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="92" t="s">
         <v>5</v>
       </c>
       <c r="G6" s="92" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="92" t="s">
         <v>7</v>
       </c>
       <c r="I6" s="92" t="s">
         <v>8</v>
       </c>
       <c r="J6" s="92" t="s">
         <v>9</v>
       </c>
       <c r="K6" s="92" t="s">
         <v>10</v>
       </c>
       <c r="L6" s="92" t="s">
         <v>11</v>
       </c>
       <c r="M6" s="177" t="s">
         <v>12</v>
       </c>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
-      <c r="S6" s="290"/>
-[...3 lines deleted...]
-    <row r="7" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S6" s="283"/>
+      <c r="T6" s="283"/>
+      <c r="U6" s="283"/>
+    </row>
+    <row r="7" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A7" s="151"/>
       <c r="B7" s="173" t="s">
+        <v>15</v>
+      </c>
+      <c r="C7" s="174" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="174" t="s">
         <v>16</v>
       </c>
-      <c r="C7" s="174" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="174" t="s">
+      <c r="E7" s="174" t="s">
         <v>17</v>
       </c>
-      <c r="E7" s="174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="174" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" s="174" t="s">
+        <v>20</v>
+      </c>
+      <c r="H7" s="174" t="s">
+        <v>20</v>
+      </c>
+      <c r="I7" s="174" t="s">
         <v>21</v>
       </c>
-      <c r="G7" s="174" t="s">
-[...5 lines deleted...]
-      <c r="I7" s="174" t="s">
+      <c r="J7" s="174" t="s">
         <v>22</v>
       </c>
-      <c r="J7" s="174" t="s">
+      <c r="K7" s="174" t="s">
         <v>23</v>
       </c>
-      <c r="K7" s="174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L7" s="174" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="M7" s="175" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
-      <c r="S7" s="290"/>
-[...3 lines deleted...]
-    <row r="8" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S7" s="283"/>
+      <c r="T7" s="283"/>
+      <c r="U7" s="283"/>
+    </row>
+    <row r="8" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A8" s="48" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="B8" s="171" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="74" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" s="74" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="74" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E8" s="74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" s="74" t="s">
         <v>21</v>
       </c>
-      <c r="F8" s="74" t="s">
+      <c r="G8" s="74" t="s">
+        <v>21</v>
+      </c>
+      <c r="H8" s="74" t="s">
+        <v>21</v>
+      </c>
+      <c r="I8" s="74" t="s">
         <v>22</v>
       </c>
-      <c r="G8" s="74" t="s">
-[...5 lines deleted...]
-      <c r="I8" s="74" t="s">
+      <c r="J8" s="74" t="s">
         <v>23</v>
       </c>
-      <c r="J8" s="74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K8" s="74" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="L8" s="74" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M8" s="172" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
-      <c r="S8" s="290"/>
-[...4 lines deleted...]
-      <c r="A9" s="219"/>
+      <c r="S8" s="283"/>
+      <c r="T8" s="283"/>
+      <c r="U8" s="283"/>
+    </row>
+    <row r="9" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A9" s="217"/>
       <c r="B9" s="144" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C9" s="129" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D9" s="129" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E9" s="129" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F9" s="129" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" s="129" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9" s="129" t="s">
+        <v>32</v>
+      </c>
+      <c r="I9" s="129" t="s">
+        <v>33</v>
+      </c>
+      <c r="J9" s="129" t="s">
         <v>34</v>
       </c>
-      <c r="G9" s="129" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K9" s="129" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="L9" s="129" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="M9" s="152" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
-      <c r="S9" s="290"/>
-[...3 lines deleted...]
-    <row r="10" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S9" s="283"/>
+      <c r="T9" s="283"/>
+      <c r="U9" s="283"/>
+    </row>
+    <row r="10" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A10" s="151"/>
       <c r="B10" s="153" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C10" s="76" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D10" s="76" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E10" s="76" t="s">
+        <v>18</v>
+      </c>
+      <c r="F10" s="76" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="76" t="s">
         <v>19</v>
       </c>
-      <c r="F10" s="76" t="s">
-[...2 lines deleted...]
-      <c r="G10" s="76" t="s">
+      <c r="H10" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="H10" s="76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I10" s="76" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="J10" s="76" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="K10" s="76" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L10" s="76" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M10" s="154" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
-      <c r="S10" s="290"/>
-[...3 lines deleted...]
-    <row r="11" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S10" s="283"/>
+      <c r="T10" s="283"/>
+      <c r="U10" s="283"/>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A11" s="20"/>
       <c r="B11" s="106" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C11" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="D11" s="79" t="s">
+      <c r="F11" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="E11" s="79" t="s">
+      <c r="G11" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="F11" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H11" s="79" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I11" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J11" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K11" s="79" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L11" s="79" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="M11" s="95" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
-      <c r="S11" s="290"/>
-[...3 lines deleted...]
-    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S11" s="283"/>
+      <c r="T11" s="283"/>
+      <c r="U11" s="283"/>
+    </row>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A12" s="65"/>
       <c r="B12" s="107" t="s">
+        <v>18</v>
+      </c>
+      <c r="C12" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="C12" s="80" t="s">
+      <c r="D12" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" s="80" t="s">
         <v>20</v>
       </c>
-      <c r="D12" s="80" t="s">
+      <c r="F12" s="80" t="s">
         <v>20</v>
       </c>
-      <c r="E12" s="80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G12" s="80" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H12" s="80" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I12" s="80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="J12" s="80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K12" s="80" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="L12" s="80" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="M12" s="96" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
-      <c r="S12" s="290"/>
-[...3 lines deleted...]
-    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S12" s="283"/>
+      <c r="T12" s="283"/>
+      <c r="U12" s="283"/>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A13" s="142"/>
       <c r="B13" s="106" t="s">
+        <v>19</v>
+      </c>
+      <c r="C13" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="C13" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="79" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E13" s="79" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F13" s="79" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G13" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H13" s="79" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I13" s="79" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J13" s="79" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K13" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="L13" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="M13" s="95" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
-      <c r="S13" s="290"/>
-[...3 lines deleted...]
-    <row r="14" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S13" s="283"/>
+      <c r="T13" s="283"/>
+      <c r="U13" s="283"/>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A14" s="65"/>
       <c r="B14" s="107" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C14" s="80" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D14" s="80" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E14" s="80" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F14" s="80" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G14" s="80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H14" s="80" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I14" s="80" t="s">
+        <v>18</v>
+      </c>
+      <c r="J14" s="80" t="s">
+        <v>18</v>
+      </c>
+      <c r="K14" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="J14" s="80" t="s">
+      <c r="L14" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="K14" s="80" t="s">
+      <c r="M14" s="96" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
-      <c r="S14" s="290"/>
-[...3 lines deleted...]
-    <row r="15" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S14" s="283"/>
+      <c r="T14" s="283"/>
+      <c r="U14" s="283"/>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A15" s="142"/>
       <c r="B15" s="106" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" s="79" t="s">
         <v>40</v>
       </c>
-      <c r="C15" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="79" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="E15" s="79" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F15" s="79" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G15" s="79" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H15" s="79" t="s">
+        <v>44</v>
+      </c>
+      <c r="I15" s="79" t="s">
         <v>46</v>
       </c>
-      <c r="I15" s="79" t="s">
+      <c r="J15" s="79" t="s">
+        <v>46</v>
+      </c>
+      <c r="K15" s="79" t="s">
         <v>48</v>
       </c>
-      <c r="J15" s="79" t="s">
+      <c r="L15" s="79" t="s">
         <v>48</v>
       </c>
-      <c r="K15" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M15" s="95" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
-      <c r="S15" s="290"/>
-[...3 lines deleted...]
-    <row r="16" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S15" s="283"/>
+      <c r="T15" s="283"/>
+      <c r="U15" s="283"/>
+    </row>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A16" s="65"/>
       <c r="B16" s="107" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C16" s="80" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D16" s="80" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E16" s="80" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F16" s="80" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G16" s="80" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H16" s="80" t="s">
+        <v>78</v>
+      </c>
+      <c r="I16" s="80" t="s">
         <v>80</v>
       </c>
-      <c r="I16" s="80" t="s">
+      <c r="J16" s="80" t="s">
+        <v>80</v>
+      </c>
+      <c r="K16" s="80" t="s">
         <v>82</v>
       </c>
-      <c r="J16" s="80" t="s">
+      <c r="L16" s="80" t="s">
         <v>82</v>
       </c>
-      <c r="K16" s="80" t="s">
+      <c r="M16" s="96" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
-      <c r="S16" s="290"/>
-[...3 lines deleted...]
-    <row r="17" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S16" s="283"/>
+      <c r="T16" s="283"/>
+      <c r="U16" s="283"/>
+    </row>
+    <row r="17" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A17" s="20" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B17" s="106" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C17" s="79" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" s="79" t="s">
+        <v>74</v>
+      </c>
+      <c r="E17" s="79" t="s">
         <v>76</v>
       </c>
-      <c r="D17" s="79" t="s">
+      <c r="F17" s="79" t="s">
         <v>76</v>
       </c>
-      <c r="E17" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G17" s="79" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="H17" s="79" t="s">
+        <v>110</v>
+      </c>
+      <c r="I17" s="79" t="s">
         <v>112</v>
       </c>
-      <c r="I17" s="79" t="s">
+      <c r="J17" s="79" t="s">
+        <v>112</v>
+      </c>
+      <c r="K17" s="79" t="s">
         <v>114</v>
       </c>
-      <c r="J17" s="79" t="s">
+      <c r="L17" s="79" t="s">
         <v>114</v>
       </c>
-      <c r="K17" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M17" s="95" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
-      <c r="S17" s="290"/>
-[...3 lines deleted...]
-    <row r="18" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S17" s="283"/>
+      <c r="T17" s="283"/>
+      <c r="U17" s="283"/>
+    </row>
+    <row r="18" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A18" s="65"/>
       <c r="B18" s="153" t="s">
+        <v>105</v>
+      </c>
+      <c r="C18" s="76" t="s">
         <v>107</v>
       </c>
-      <c r="C18" s="76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="76" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E18" s="76" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="F18" s="76" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G18" s="76" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="H18" s="76" t="s">
+        <v>132</v>
+      </c>
+      <c r="I18" s="76" t="s">
         <v>134</v>
       </c>
-      <c r="I18" s="76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" s="76" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="K18" s="76" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="L18" s="76" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="M18" s="154" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
-      <c r="S18" s="290"/>
-[...3 lines deleted...]
-    <row r="19" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S18" s="283"/>
+      <c r="T18" s="283"/>
+      <c r="U18" s="283"/>
+    </row>
+    <row r="19" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A19" s="142"/>
       <c r="B19" s="106" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C19" s="79" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D19" s="79" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E19" s="79" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F19" s="79" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="G19" s="79" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19" s="79" t="s">
         <v>46</v>
       </c>
-      <c r="H19" s="79" t="s">
+      <c r="I19" s="79" t="s">
         <v>48</v>
       </c>
-      <c r="I19" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" s="79" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K19" s="79" t="s">
+        <v>38</v>
+      </c>
+      <c r="L19" s="79" t="s">
+        <v>38</v>
+      </c>
+      <c r="M19" s="95" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
-      <c r="S19" s="290"/>
-[...3 lines deleted...]
-    <row r="20" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S19" s="283"/>
+      <c r="T19" s="283"/>
+      <c r="U19" s="283"/>
+    </row>
+    <row r="20" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A20" s="65"/>
       <c r="B20" s="107" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C20" s="80" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D20" s="80" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E20" s="80" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F20" s="80" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G20" s="80" t="s">
+        <v>78</v>
+      </c>
+      <c r="H20" s="80" t="s">
         <v>80</v>
       </c>
-      <c r="H20" s="80" t="s">
+      <c r="I20" s="80" t="s">
         <v>82</v>
       </c>
-      <c r="I20" s="80" t="s">
+      <c r="J20" s="80" t="s">
+        <v>82</v>
+      </c>
+      <c r="K20" s="80" t="s">
         <v>84</v>
       </c>
-      <c r="J20" s="80" t="s">
+      <c r="L20" s="80" t="s">
         <v>84</v>
       </c>
-      <c r="K20" s="80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M20" s="96" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
-      <c r="S20" s="290"/>
-[...3 lines deleted...]
-    <row r="21" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S20" s="283"/>
+      <c r="T20" s="283"/>
+      <c r="U20" s="283"/>
+    </row>
+    <row r="21" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A21" s="142"/>
       <c r="B21" s="106" t="s">
+        <v>74</v>
+      </c>
+      <c r="C21" s="79" t="s">
         <v>76</v>
       </c>
-      <c r="C21" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="79" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="E21" s="79" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F21" s="79" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G21" s="79" t="s">
+        <v>110</v>
+      </c>
+      <c r="H21" s="79" t="s">
         <v>112</v>
       </c>
-      <c r="H21" s="79" t="s">
+      <c r="I21" s="79" t="s">
         <v>114</v>
       </c>
-      <c r="I21" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" s="79" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="K21" s="79" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="L21" s="79" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="M21" s="95" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
-      <c r="S21" s="290"/>
-[...3 lines deleted...]
-    <row r="22" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S21" s="283"/>
+      <c r="T21" s="283"/>
+      <c r="U21" s="283"/>
+    </row>
+    <row r="22" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A22" s="65"/>
       <c r="B22" s="107" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C22" s="80" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D22" s="80" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E22" s="80" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" s="80" t="s">
+        <v>44</v>
+      </c>
+      <c r="G22" s="80" t="s">
         <v>46</v>
       </c>
-      <c r="F22" s="80" t="s">
-[...2 lines deleted...]
-      <c r="G22" s="80" t="s">
+      <c r="H22" s="80" t="s">
         <v>48</v>
       </c>
-      <c r="H22" s="80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I22" s="80" t="s">
+        <v>38</v>
+      </c>
+      <c r="J22" s="80" t="s">
+        <v>38</v>
+      </c>
+      <c r="K22" s="80" t="s">
         <v>40</v>
       </c>
-      <c r="J22" s="80" t="s">
+      <c r="L22" s="80" t="s">
         <v>40</v>
       </c>
-      <c r="K22" s="80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M22" s="96" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
-      <c r="S22" s="290"/>
-[...3 lines deleted...]
-    <row r="23" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S22" s="283"/>
+      <c r="T22" s="283"/>
+      <c r="U22" s="283"/>
+    </row>
+    <row r="23" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A23" s="142"/>
       <c r="B23" s="106" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C23" s="79" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D23" s="79" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E23" s="79" t="s">
+        <v>78</v>
+      </c>
+      <c r="F23" s="79" t="s">
+        <v>78</v>
+      </c>
+      <c r="G23" s="79" t="s">
         <v>80</v>
       </c>
-      <c r="F23" s="79" t="s">
-[...2 lines deleted...]
-      <c r="G23" s="79" t="s">
+      <c r="H23" s="79" t="s">
         <v>82</v>
       </c>
-      <c r="H23" s="79" t="s">
+      <c r="I23" s="79" t="s">
         <v>84</v>
       </c>
-      <c r="I23" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" s="79" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="K23" s="79" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="L23" s="79" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="M23" s="95" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
-      <c r="S23" s="290"/>
-[...3 lines deleted...]
-    <row r="24" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="S23" s="283"/>
+      <c r="T23" s="283"/>
+      <c r="U23" s="283"/>
+    </row>
+    <row r="24" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A24" s="158"/>
       <c r="B24" s="155" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C24" s="145" t="s">
+        <v>44</v>
+      </c>
+      <c r="D24" s="145" t="s">
+        <v>44</v>
+      </c>
+      <c r="E24" s="145" t="s">
         <v>46</v>
       </c>
-      <c r="D24" s="145" t="s">
+      <c r="F24" s="145" t="s">
         <v>46</v>
       </c>
-      <c r="E24" s="145" t="s">
+      <c r="G24" s="145" t="s">
         <v>48</v>
       </c>
-      <c r="F24" s="145" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H24" s="145" t="s">
+        <v>38</v>
+      </c>
+      <c r="I24" s="145" t="s">
         <v>40</v>
       </c>
-      <c r="I24" s="145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" s="145" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="K24" s="145" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="L24" s="145" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="M24" s="156" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
-      <c r="S24" s="290"/>
-[...4 lines deleted...]
-      <c r="A25" s="302"/>
+      <c r="S24" s="283"/>
+      <c r="T24" s="283"/>
+      <c r="U24" s="283"/>
+    </row>
+    <row r="25" spans="1:21" x14ac:dyDescent="0.35">
+      <c r="A25" s="295"/>
       <c r="B25" s="160" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C25" s="75" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D25" s="75" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E25" s="75" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F25" s="75" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G25" s="75" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="H25" s="75" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I25" s="75" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="J25" s="75" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="K25" s="75" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L25" s="75" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M25" s="113" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
-      <c r="S25" s="290"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S25" s="283"/>
+      <c r="T25" s="283"/>
+      <c r="U25" s="283"/>
+    </row>
+    <row r="26" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A26" s="134"/>
       <c r="B26" s="104" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C26" s="78" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D26" s="78" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E26" s="78" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F26" s="78" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G26" s="78" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H26" s="78" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I26" s="78" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J26" s="78" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K26" s="78" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L26" s="78" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="M26" s="94" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
-      <c r="S26" s="290"/>
-[...3 lines deleted...]
-    <row r="27" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S26" s="283"/>
+      <c r="T26" s="283"/>
+      <c r="U26" s="283"/>
+    </row>
+    <row r="27" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A27" s="132"/>
       <c r="B27" s="105" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C27" s="77" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D27" s="77" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E27" s="77" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F27" s="77" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G27" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H27" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I27" s="77" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="J27" s="77" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K27" s="77" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="L27" s="77" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="M27" s="93" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
-      <c r="S27" s="290"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S27" s="283"/>
+      <c r="T27" s="283"/>
+      <c r="U27" s="283"/>
+    </row>
+    <row r="28" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A28" s="134"/>
       <c r="B28" s="104" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C28" s="78" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D28" s="78" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E28" s="78" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F28" s="78" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G28" s="78" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H28" s="78" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I28" s="78" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J28" s="78" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K28" s="78" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L28" s="78" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M28" s="94" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
-      <c r="S28" s="290"/>
-[...3 lines deleted...]
-    <row r="29" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S28" s="283"/>
+      <c r="T28" s="283"/>
+      <c r="U28" s="283"/>
+    </row>
+    <row r="29" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A29" s="132"/>
       <c r="B29" s="105" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C29" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D29" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E29" s="77" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F29" s="77" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G29" s="77" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H29" s="77" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I29" s="77" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J29" s="77" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K29" s="77" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L29" s="77" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M29" s="93" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
-      <c r="S29" s="290"/>
-[...3 lines deleted...]
-    <row r="30" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S29" s="283"/>
+      <c r="T29" s="283"/>
+      <c r="U29" s="283"/>
+    </row>
+    <row r="30" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A30" s="134"/>
       <c r="B30" s="104" t="s">
+        <v>38</v>
+      </c>
+      <c r="C30" s="78" t="s">
         <v>40</v>
       </c>
-      <c r="C30" s="78" t="s">
+      <c r="D30" s="78" t="s">
+        <v>40</v>
+      </c>
+      <c r="E30" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="D30" s="78" t="s">
+      <c r="F30" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="E30" s="78" t="s">
+      <c r="G30" s="78" t="s">
         <v>44</v>
       </c>
-      <c r="F30" s="78" t="s">
+      <c r="H30" s="78" t="s">
         <v>44</v>
       </c>
-      <c r="G30" s="78" t="s">
+      <c r="I30" s="78" t="s">
         <v>46</v>
       </c>
-      <c r="H30" s="78" t="s">
+      <c r="J30" s="78" t="s">
         <v>46</v>
       </c>
-      <c r="I30" s="78" t="s">
+      <c r="K30" s="78" t="s">
         <v>48</v>
       </c>
-      <c r="J30" s="78" t="s">
+      <c r="L30" s="78" t="s">
         <v>48</v>
       </c>
-      <c r="K30" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M30" s="94" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
-      <c r="S30" s="290"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S30" s="283"/>
+      <c r="T30" s="283"/>
+      <c r="U30" s="283"/>
+    </row>
+    <row r="31" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A31" s="132"/>
       <c r="B31" s="105" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C31" s="77" t="s">
+        <v>74</v>
+      </c>
+      <c r="D31" s="77" t="s">
+        <v>74</v>
+      </c>
+      <c r="E31" s="77" t="s">
         <v>76</v>
       </c>
-      <c r="D31" s="77" t="s">
+      <c r="F31" s="77" t="s">
         <v>76</v>
       </c>
-      <c r="E31" s="77" t="s">
+      <c r="G31" s="77" t="s">
         <v>78</v>
       </c>
-      <c r="F31" s="77" t="s">
+      <c r="H31" s="77" t="s">
         <v>78</v>
       </c>
-      <c r="G31" s="77" t="s">
+      <c r="I31" s="77" t="s">
         <v>80</v>
       </c>
-      <c r="H31" s="77" t="s">
+      <c r="J31" s="77" t="s">
         <v>80</v>
       </c>
-      <c r="I31" s="77" t="s">
+      <c r="K31" s="77" t="s">
         <v>82</v>
       </c>
-      <c r="J31" s="77" t="s">
+      <c r="L31" s="77" t="s">
         <v>82</v>
       </c>
-      <c r="K31" s="77" t="s">
+      <c r="M31" s="93" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
-      <c r="S31" s="290"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S31" s="283"/>
+      <c r="T31" s="283"/>
+      <c r="U31" s="283"/>
+    </row>
+    <row r="32" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A32" s="134" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B32" s="104" t="s">
+        <v>105</v>
+      </c>
+      <c r="C32" s="78" t="s">
         <v>107</v>
       </c>
-      <c r="C32" s="78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="78" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E32" s="78" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="F32" s="78" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G32" s="78" t="s">
+        <v>110</v>
+      </c>
+      <c r="H32" s="78" t="s">
+        <v>110</v>
+      </c>
+      <c r="I32" s="78" t="s">
         <v>112</v>
       </c>
-      <c r="H32" s="78" t="s">
+      <c r="J32" s="78" t="s">
         <v>112</v>
       </c>
-      <c r="I32" s="78" t="s">
+      <c r="K32" s="78" t="s">
         <v>114</v>
       </c>
-      <c r="J32" s="78" t="s">
+      <c r="L32" s="78" t="s">
         <v>114</v>
       </c>
-      <c r="K32" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M32" s="94" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
-      <c r="S32" s="290"/>
-[...3 lines deleted...]
-    <row r="33" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S32" s="283"/>
+      <c r="T32" s="283"/>
+      <c r="U32" s="283"/>
+    </row>
+    <row r="33" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A33" s="132"/>
       <c r="B33" s="105" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C33" s="77" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D33" s="77" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="E33" s="77" t="s">
+        <v>130</v>
+      </c>
+      <c r="F33" s="77" t="s">
+        <v>130</v>
+      </c>
+      <c r="G33" s="77" t="s">
         <v>132</v>
       </c>
-      <c r="F33" s="77" t="s">
+      <c r="H33" s="77" t="s">
         <v>132</v>
       </c>
-      <c r="G33" s="77" t="s">
+      <c r="I33" s="77" t="s">
         <v>134</v>
       </c>
-      <c r="H33" s="77" t="s">
+      <c r="J33" s="77" t="s">
         <v>134</v>
       </c>
-      <c r="I33" s="77" t="s">
+      <c r="K33" s="77" t="s">
         <v>136</v>
       </c>
-      <c r="J33" s="77" t="s">
+      <c r="L33" s="77" t="s">
         <v>136</v>
       </c>
-      <c r="K33" s="77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M33" s="93" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
-      <c r="S33" s="290"/>
-[...3 lines deleted...]
-    <row r="34" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S33" s="283"/>
+      <c r="T33" s="283"/>
+      <c r="U33" s="283"/>
+    </row>
+    <row r="34" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A34" s="134"/>
       <c r="B34" s="104" t="s">
+        <v>40</v>
+      </c>
+      <c r="C34" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="C34" s="78" t="s">
+      <c r="D34" s="78" t="s">
+        <v>42</v>
+      </c>
+      <c r="E34" s="78" t="s">
         <v>44</v>
       </c>
-      <c r="D34" s="78" t="s">
+      <c r="F34" s="78" t="s">
         <v>44</v>
       </c>
-      <c r="E34" s="78" t="s">
+      <c r="G34" s="78" t="s">
         <v>46</v>
       </c>
-      <c r="F34" s="78" t="s">
+      <c r="H34" s="78" t="s">
         <v>46</v>
       </c>
-      <c r="G34" s="78" t="s">
+      <c r="I34" s="78" t="s">
         <v>48</v>
       </c>
-      <c r="H34" s="78" t="s">
+      <c r="J34" s="78" t="s">
         <v>48</v>
       </c>
-      <c r="I34" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K34" s="78" t="s">
+        <v>38</v>
+      </c>
+      <c r="L34" s="78" t="s">
+        <v>38</v>
+      </c>
+      <c r="M34" s="94" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
-      <c r="S34" s="290"/>
-[...3 lines deleted...]
-    <row r="35" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S34" s="283"/>
+      <c r="T34" s="283"/>
+      <c r="U34" s="283"/>
+    </row>
+    <row r="35" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A35" s="132"/>
       <c r="B35" s="105" t="s">
+        <v>74</v>
+      </c>
+      <c r="C35" s="77" t="s">
         <v>76</v>
       </c>
-      <c r="C35" s="77" t="s">
+      <c r="D35" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="E35" s="77" t="s">
         <v>78</v>
       </c>
-      <c r="D35" s="77" t="s">
+      <c r="F35" s="77" t="s">
         <v>78</v>
       </c>
-      <c r="E35" s="77" t="s">
+      <c r="G35" s="77" t="s">
         <v>80</v>
       </c>
-      <c r="F35" s="77" t="s">
+      <c r="H35" s="77" t="s">
         <v>80</v>
       </c>
-      <c r="G35" s="77" t="s">
+      <c r="I35" s="77" t="s">
         <v>82</v>
       </c>
-      <c r="H35" s="77" t="s">
+      <c r="J35" s="77" t="s">
         <v>82</v>
       </c>
-      <c r="I35" s="77" t="s">
+      <c r="K35" s="77" t="s">
         <v>84</v>
       </c>
-      <c r="J35" s="77" t="s">
+      <c r="L35" s="77" t="s">
         <v>84</v>
       </c>
-      <c r="K35" s="77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M35" s="93" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
-      <c r="S35" s="290"/>
-[...3 lines deleted...]
-    <row r="36" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S35" s="283"/>
+      <c r="T35" s="283"/>
+      <c r="U35" s="283"/>
+    </row>
+    <row r="36" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A36" s="134"/>
       <c r="B36" s="104" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C36" s="78" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D36" s="78" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E36" s="78" t="s">
+        <v>110</v>
+      </c>
+      <c r="F36" s="78" t="s">
+        <v>110</v>
+      </c>
+      <c r="G36" s="78" t="s">
         <v>112</v>
       </c>
-      <c r="F36" s="78" t="s">
+      <c r="H36" s="78" t="s">
         <v>112</v>
       </c>
-      <c r="G36" s="78" t="s">
+      <c r="I36" s="78" t="s">
         <v>114</v>
       </c>
-      <c r="H36" s="78" t="s">
+      <c r="J36" s="78" t="s">
         <v>114</v>
       </c>
-      <c r="I36" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K36" s="78" t="s">
+        <v>105</v>
+      </c>
+      <c r="L36" s="78" t="s">
+        <v>105</v>
+      </c>
+      <c r="M36" s="94" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
-      <c r="S36" s="290"/>
-[...3 lines deleted...]
-    <row r="37" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S36" s="283"/>
+      <c r="T36" s="283"/>
+      <c r="U36" s="283"/>
+    </row>
+    <row r="37" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A37" s="132"/>
       <c r="B37" s="105" t="s">
+        <v>42</v>
+      </c>
+      <c r="C37" s="77" t="s">
         <v>44</v>
       </c>
-      <c r="C37" s="77" t="s">
+      <c r="D37" s="77" t="s">
+        <v>44</v>
+      </c>
+      <c r="E37" s="77" t="s">
         <v>46</v>
       </c>
-      <c r="D37" s="77" t="s">
+      <c r="F37" s="77" t="s">
         <v>46</v>
       </c>
-      <c r="E37" s="77" t="s">
+      <c r="G37" s="77" t="s">
         <v>48</v>
       </c>
-      <c r="F37" s="77" t="s">
+      <c r="H37" s="77" t="s">
         <v>48</v>
       </c>
-      <c r="G37" s="77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I37" s="77" t="s">
+        <v>38</v>
+      </c>
+      <c r="J37" s="77" t="s">
+        <v>38</v>
+      </c>
+      <c r="K37" s="77" t="s">
         <v>40</v>
       </c>
-      <c r="J37" s="77" t="s">
+      <c r="L37" s="77" t="s">
         <v>40</v>
       </c>
-      <c r="K37" s="77" t="s">
+      <c r="M37" s="93" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
-      <c r="S37" s="290"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S37" s="283"/>
+      <c r="T37" s="283"/>
+      <c r="U37" s="283"/>
+    </row>
+    <row r="38" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A38" s="134"/>
       <c r="B38" s="104" t="s">
+        <v>76</v>
+      </c>
+      <c r="C38" s="78" t="s">
         <v>78</v>
       </c>
-      <c r="C38" s="78" t="s">
+      <c r="D38" s="78" t="s">
+        <v>78</v>
+      </c>
+      <c r="E38" s="78" t="s">
         <v>80</v>
       </c>
-      <c r="D38" s="78" t="s">
+      <c r="F38" s="78" t="s">
         <v>80</v>
       </c>
-      <c r="E38" s="78" t="s">
+      <c r="G38" s="78" t="s">
         <v>82</v>
       </c>
-      <c r="F38" s="78" t="s">
+      <c r="H38" s="78" t="s">
         <v>82</v>
       </c>
-      <c r="G38" s="78" t="s">
+      <c r="I38" s="78" t="s">
         <v>84</v>
       </c>
-      <c r="H38" s="78" t="s">
+      <c r="J38" s="78" t="s">
         <v>84</v>
       </c>
-      <c r="I38" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K38" s="78" t="s">
+        <v>74</v>
+      </c>
+      <c r="L38" s="78" t="s">
+        <v>74</v>
+      </c>
+      <c r="M38" s="94" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
-      <c r="S38" s="290"/>
-[...3 lines deleted...]
-    <row r="39" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="S38" s="283"/>
+      <c r="T38" s="283"/>
+      <c r="U38" s="283"/>
+    </row>
+    <row r="39" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A39" s="157"/>
       <c r="B39" s="130" t="s">
+        <v>44</v>
+      </c>
+      <c r="C39" s="99" t="s">
         <v>46</v>
       </c>
-      <c r="C39" s="99" t="s">
+      <c r="D39" s="99" t="s">
+        <v>46</v>
+      </c>
+      <c r="E39" s="145" t="s">
         <v>48</v>
       </c>
-      <c r="D39" s="99" t="s">
+      <c r="F39" s="145" t="s">
         <v>48</v>
       </c>
-      <c r="E39" s="145" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G39" s="145" t="s">
+        <v>38</v>
+      </c>
+      <c r="H39" s="145" t="s">
+        <v>38</v>
+      </c>
+      <c r="I39" s="99" t="s">
         <v>40</v>
       </c>
-      <c r="H39" s="145" t="s">
+      <c r="J39" s="99" t="s">
         <v>40</v>
       </c>
-      <c r="I39" s="99" t="s">
+      <c r="K39" s="99" t="s">
         <v>42</v>
       </c>
-      <c r="J39" s="99" t="s">
+      <c r="L39" s="99" t="s">
         <v>42</v>
       </c>
-      <c r="K39" s="99" t="s">
+      <c r="M39" s="100" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
-      <c r="S39" s="290"/>
-[...3 lines deleted...]
-    <row r="41" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S39" s="283"/>
+      <c r="T39" s="283"/>
+      <c r="U39" s="283"/>
+    </row>
+    <row r="41" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A41" s="17"/>
       <c r="B41" s="15"/>
       <c r="C41" s="14"/>
       <c r="D41" s="15"/>
       <c r="E41" s="14"/>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15"/>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="14"/>
       <c r="L41" s="15"/>
       <c r="M41" s="14"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
-      <c r="S41" s="290"/>
-[...3 lines deleted...]
-    <row r="42" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S41" s="283"/>
+      <c r="T41" s="283"/>
+      <c r="U41" s="283"/>
+    </row>
+    <row r="42" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A42" s="45" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="B42" s="15"/>
       <c r="C42" s="14"/>
       <c r="D42" s="15"/>
       <c r="E42" s="14"/>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15"/>
       <c r="I42" s="15"/>
       <c r="J42" s="15"/>
       <c r="K42" s="14"/>
       <c r="L42" s="15"/>
       <c r="M42" s="14"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
-      <c r="S42" s="290"/>
-[...3 lines deleted...]
-    <row r="43" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S42" s="283"/>
+      <c r="T42" s="283"/>
+      <c r="U42" s="283"/>
+    </row>
+    <row r="43" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A43" s="1"/>
       <c r="B43" s="1"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
-      <c r="S43" s="290"/>
-[...3 lines deleted...]
-    <row r="44" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S43" s="283"/>
+      <c r="T43" s="283"/>
+      <c r="U43" s="283"/>
+    </row>
+    <row r="44" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A44" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
-      <c r="S44" s="290"/>
-[...3 lines deleted...]
-    <row r="45" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S44" s="283"/>
+      <c r="T44" s="283"/>
+      <c r="U44" s="283"/>
+    </row>
+    <row r="45" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A45" s="1"/>
       <c r="B45" s="1"/>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
-      <c r="S45" s="290"/>
-[...3 lines deleted...]
-    <row r="46" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S45" s="283"/>
+      <c r="T45" s="283"/>
+      <c r="U45" s="283"/>
+    </row>
+    <row r="46" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A46" s="1" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B46" s="1"/>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
-      <c r="S46" s="290"/>
-[...20 lines deleted...]
-      <c r="Q47" s="290"/>
+      <c r="S46" s="283"/>
+      <c r="T46" s="283"/>
+      <c r="U46" s="283"/>
+    </row>
+    <row r="47" spans="1:21" x14ac:dyDescent="0.35">
+      <c r="A47" s="283"/>
+      <c r="B47" s="283"/>
+      <c r="C47" s="283"/>
+      <c r="D47" s="283"/>
+      <c r="E47" s="283"/>
+      <c r="F47" s="283"/>
+      <c r="G47" s="283"/>
+      <c r="H47" s="283"/>
+      <c r="I47" s="283"/>
+      <c r="J47" s="283"/>
+      <c r="K47" s="283"/>
+      <c r="L47" s="283"/>
+      <c r="M47" s="283"/>
+      <c r="N47" s="283"/>
+      <c r="O47" s="283"/>
+      <c r="P47" s="283"/>
+      <c r="Q47" s="283"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="78" fitToWidth="0" fitToHeight="0" orientation="landscape"/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A4:Z82"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="Q56" sqref="Q56"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="31.42578125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="16384" width="8.85546875" style="1"/>
+    <col min="1" max="1" width="31.453125" style="1" customWidth="1"/>
+    <col min="2" max="13" width="9.7265625" style="1" customWidth="1"/>
+    <col min="14" max="14" width="3.453125" style="1" customWidth="1"/>
+    <col min="15" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="4" spans="1:13" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="38" t="s">
-        <v>224</v>
-[...3 lines deleted...]
-    <row r="6" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="6" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="176"/>
       <c r="B6" s="91" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="92" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="92" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="92" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="92" t="s">
         <v>5</v>
       </c>
       <c r="G6" s="92" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="92" t="s">
         <v>7</v>
       </c>
       <c r="I6" s="92" t="s">
         <v>8</v>
       </c>
       <c r="J6" s="92" t="s">
         <v>9</v>
       </c>
       <c r="K6" s="92" t="s">
         <v>10</v>
       </c>
       <c r="L6" s="92" t="s">
         <v>11</v>
       </c>
       <c r="M6" s="177" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="179" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B7" s="91"/>
       <c r="C7" s="180"/>
       <c r="D7" s="180"/>
       <c r="E7" s="180"/>
       <c r="F7" s="180"/>
       <c r="G7" s="180"/>
       <c r="H7" s="180"/>
       <c r="I7" s="180"/>
       <c r="J7" s="180"/>
       <c r="K7" s="180"/>
       <c r="L7" s="180"/>
       <c r="M7" s="181"/>
     </row>
-    <row r="8" spans="1:13" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="415" t="s">
+    <row r="8" spans="1:13" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="408" t="s">
+        <v>224</v>
+      </c>
+      <c r="B8" s="409" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" s="336" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="336" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="336" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" s="336" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="336" t="s">
+        <v>18</v>
+      </c>
+      <c r="H8" s="336" t="s">
+        <v>19</v>
+      </c>
+      <c r="I8" s="336" t="s">
+        <v>20</v>
+      </c>
+      <c r="J8" s="336" t="s">
+        <v>21</v>
+      </c>
+      <c r="K8" s="336" t="s">
+        <v>22</v>
+      </c>
+      <c r="L8" s="336" t="s">
+        <v>23</v>
+      </c>
+      <c r="M8" s="337" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="518" t="s">
+        <v>225</v>
+      </c>
+      <c r="B9" s="410" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="369" t="s">
         <v>226</v>
       </c>
-      <c r="B8" s="416" t="s">
+      <c r="D9" s="369" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9" s="369" t="s">
+        <v>227</v>
+      </c>
+      <c r="F9" s="369" t="s">
+        <v>19</v>
+      </c>
+      <c r="G9" s="369" t="s">
+        <v>228</v>
+      </c>
+      <c r="H9" s="369" t="s">
+        <v>21</v>
+      </c>
+      <c r="I9" s="369" t="s">
+        <v>229</v>
+      </c>
+      <c r="J9" s="369" t="s">
+        <v>24</v>
+      </c>
+      <c r="K9" s="369" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" s="369" t="s">
+        <v>60</v>
+      </c>
+      <c r="M9" s="370" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="519"/>
+      <c r="B10" s="411" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="371" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="371" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" s="371" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" s="371" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" s="371" t="s">
+        <v>21</v>
+      </c>
+      <c r="H10" s="371" t="s">
+        <v>24</v>
+      </c>
+      <c r="I10" s="371" t="s">
+        <v>24</v>
+      </c>
+      <c r="J10" s="371" t="s">
+        <v>15</v>
+      </c>
+      <c r="K10" s="371" t="s">
+        <v>15</v>
+      </c>
+      <c r="L10" s="371" t="s">
+        <v>15</v>
+      </c>
+      <c r="M10" s="372" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="519"/>
+      <c r="B11" s="412" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" s="373" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="373" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="373" t="s">
+        <v>21</v>
+      </c>
+      <c r="F11" s="373" t="s">
+        <v>24</v>
+      </c>
+      <c r="G11" s="373" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="373" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="373" t="s">
+        <v>15</v>
+      </c>
+      <c r="J11" s="373" t="s">
+        <v>17</v>
+      </c>
+      <c r="K11" s="373" t="s">
+        <v>17</v>
+      </c>
+      <c r="L11" s="373" t="s">
+        <v>17</v>
+      </c>
+      <c r="M11" s="374" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="519"/>
+      <c r="B12" s="411" t="s">
+        <v>21</v>
+      </c>
+      <c r="C12" s="371" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" s="371" t="s">
+        <v>24</v>
+      </c>
+      <c r="E12" s="371" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="371" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" s="371" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" s="371" t="s">
+        <v>17</v>
+      </c>
+      <c r="I12" s="371" t="s">
+        <v>17</v>
+      </c>
+      <c r="J12" s="371" t="s">
+        <v>19</v>
+      </c>
+      <c r="K12" s="371" t="s">
+        <v>19</v>
+      </c>
+      <c r="L12" s="371" t="s">
+        <v>19</v>
+      </c>
+      <c r="M12" s="372" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="519"/>
+      <c r="B13" s="413" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="375" t="s">
+        <v>24</v>
+      </c>
+      <c r="D13" s="375" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="375" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="375" t="s">
+        <v>17</v>
+      </c>
+      <c r="G13" s="375" t="s">
+        <v>17</v>
+      </c>
+      <c r="H13" s="375" t="s">
+        <v>19</v>
+      </c>
+      <c r="I13" s="375" t="s">
+        <v>19</v>
+      </c>
+      <c r="J13" s="375" t="s">
+        <v>21</v>
+      </c>
+      <c r="K13" s="375" t="s">
+        <v>21</v>
+      </c>
+      <c r="L13" s="375" t="s">
+        <v>21</v>
+      </c>
+      <c r="M13" s="376" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="519"/>
+      <c r="B14" s="414" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="377" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" s="377" t="s">
+        <v>41</v>
+      </c>
+      <c r="E14" s="377" t="s">
+        <v>41</v>
+      </c>
+      <c r="F14" s="377" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" s="377" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14" s="377" t="s">
+        <v>67</v>
+      </c>
+      <c r="I14" s="377" t="s">
+        <v>67</v>
+      </c>
+      <c r="J14" s="377" t="s">
+        <v>70</v>
+      </c>
+      <c r="K14" s="377" t="s">
+        <v>70</v>
+      </c>
+      <c r="L14" s="377" t="s">
+        <v>70</v>
+      </c>
+      <c r="M14" s="378" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="519"/>
+      <c r="B15" s="413" t="s">
+        <v>73</v>
+      </c>
+      <c r="C15" s="375" t="s">
+        <v>73</v>
+      </c>
+      <c r="D15" s="375" t="s">
+        <v>75</v>
+      </c>
+      <c r="E15" s="375" t="s">
+        <v>75</v>
+      </c>
+      <c r="F15" s="375" t="s">
+        <v>89</v>
+      </c>
+      <c r="G15" s="375" t="s">
+        <v>89</v>
+      </c>
+      <c r="H15" s="375" t="s">
+        <v>111</v>
+      </c>
+      <c r="I15" s="375" t="s">
+        <v>111</v>
+      </c>
+      <c r="J15" s="375" t="s">
+        <v>94</v>
+      </c>
+      <c r="K15" s="375" t="s">
+        <v>94</v>
+      </c>
+      <c r="L15" s="375" t="s">
+        <v>94</v>
+      </c>
+      <c r="M15" s="376" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="519"/>
+      <c r="B16" s="414" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" s="377" t="s">
+        <v>106</v>
+      </c>
+      <c r="D16" s="377" t="s">
+        <v>99</v>
+      </c>
+      <c r="E16" s="377" t="s">
+        <v>99</v>
+      </c>
+      <c r="F16" s="371" t="s">
+        <v>131</v>
+      </c>
+      <c r="G16" s="371" t="s">
+        <v>131</v>
+      </c>
+      <c r="H16" s="371" t="s">
+        <v>133</v>
+      </c>
+      <c r="I16" s="371" t="s">
+        <v>133</v>
+      </c>
+      <c r="J16" s="371" t="s">
+        <v>125</v>
+      </c>
+      <c r="K16" s="371" t="s">
+        <v>125</v>
+      </c>
+      <c r="L16" s="371" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" s="372" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="519"/>
+      <c r="B17" s="413" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" s="375" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" s="375" t="s">
+        <v>151</v>
+      </c>
+      <c r="E17" s="375" t="s">
+        <v>151</v>
+      </c>
+      <c r="F17" s="375" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" s="375" t="s">
+        <v>153</v>
+      </c>
+      <c r="H17" s="375" t="s">
+        <v>155</v>
+      </c>
+      <c r="I17" s="375" t="s">
+        <v>155</v>
+      </c>
+      <c r="J17" s="375" t="s">
+        <v>147</v>
+      </c>
+      <c r="K17" s="375" t="s">
+        <v>147</v>
+      </c>
+      <c r="L17" s="375" t="s">
+        <v>147</v>
+      </c>
+      <c r="M17" s="376" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="519"/>
+      <c r="B18" s="414" t="s">
+        <v>41</v>
+      </c>
+      <c r="C18" s="377" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" s="377" t="s">
+        <v>43</v>
+      </c>
+      <c r="E18" s="377" t="s">
+        <v>43</v>
+      </c>
+      <c r="F18" s="377" t="s">
+        <v>67</v>
+      </c>
+      <c r="G18" s="377" t="s">
+        <v>67</v>
+      </c>
+      <c r="H18" s="377" t="s">
+        <v>70</v>
+      </c>
+      <c r="I18" s="377" t="s">
+        <v>70</v>
+      </c>
+      <c r="J18" s="377" t="s">
+        <v>39</v>
+      </c>
+      <c r="K18" s="377" t="s">
+        <v>39</v>
+      </c>
+      <c r="L18" s="377" t="s">
+        <v>39</v>
+      </c>
+      <c r="M18" s="378" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="519"/>
+      <c r="B19" s="413" t="s">
+        <v>75</v>
+      </c>
+      <c r="C19" s="375" t="s">
+        <v>75</v>
+      </c>
+      <c r="D19" s="375" t="s">
+        <v>89</v>
+      </c>
+      <c r="E19" s="375" t="s">
+        <v>89</v>
+      </c>
+      <c r="F19" s="375" t="s">
+        <v>111</v>
+      </c>
+      <c r="G19" s="375" t="s">
+        <v>111</v>
+      </c>
+      <c r="H19" s="375" t="s">
+        <v>94</v>
+      </c>
+      <c r="I19" s="375" t="s">
+        <v>94</v>
+      </c>
+      <c r="J19" s="375" t="s">
+        <v>73</v>
+      </c>
+      <c r="K19" s="375" t="s">
+        <v>73</v>
+      </c>
+      <c r="L19" s="375" t="s">
+        <v>73</v>
+      </c>
+      <c r="M19" s="376" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="519"/>
+      <c r="B20" s="414" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" s="377" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" s="377" t="s">
+        <v>131</v>
+      </c>
+      <c r="E20" s="377" t="s">
+        <v>131</v>
+      </c>
+      <c r="F20" s="377" t="s">
+        <v>133</v>
+      </c>
+      <c r="G20" s="377" t="s">
+        <v>133</v>
+      </c>
+      <c r="H20" s="377" t="s">
+        <v>125</v>
+      </c>
+      <c r="I20" s="377" t="s">
+        <v>125</v>
+      </c>
+      <c r="J20" s="377" t="s">
+        <v>106</v>
+      </c>
+      <c r="K20" s="377" t="s">
+        <v>106</v>
+      </c>
+      <c r="L20" s="377" t="s">
+        <v>106</v>
+      </c>
+      <c r="M20" s="378" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="519"/>
+      <c r="B21" s="413" t="s">
+        <v>43</v>
+      </c>
+      <c r="C21" s="375" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" s="375" t="s">
+        <v>67</v>
+      </c>
+      <c r="E21" s="375" t="s">
+        <v>67</v>
+      </c>
+      <c r="F21" s="375" t="s">
+        <v>70</v>
+      </c>
+      <c r="G21" s="375" t="s">
+        <v>70</v>
+      </c>
+      <c r="H21" s="375" t="s">
+        <v>39</v>
+      </c>
+      <c r="I21" s="375" t="s">
+        <v>39</v>
+      </c>
+      <c r="J21" s="375" t="s">
+        <v>41</v>
+      </c>
+      <c r="K21" s="375" t="s">
+        <v>41</v>
+      </c>
+      <c r="L21" s="375" t="s">
+        <v>41</v>
+      </c>
+      <c r="M21" s="376" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="519"/>
+      <c r="B22" s="414" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="377" t="s">
+        <v>89</v>
+      </c>
+      <c r="D22" s="377" t="s">
+        <v>111</v>
+      </c>
+      <c r="E22" s="377" t="s">
+        <v>111</v>
+      </c>
+      <c r="F22" s="377" t="s">
+        <v>94</v>
+      </c>
+      <c r="G22" s="377" t="s">
+        <v>94</v>
+      </c>
+      <c r="H22" s="377" t="s">
+        <v>73</v>
+      </c>
+      <c r="I22" s="377" t="s">
+        <v>73</v>
+      </c>
+      <c r="J22" s="377" t="s">
+        <v>75</v>
+      </c>
+      <c r="K22" s="377" t="s">
+        <v>75</v>
+      </c>
+      <c r="L22" s="377" t="s">
+        <v>75</v>
+      </c>
+      <c r="M22" s="378" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="520"/>
+      <c r="B23" s="415" t="s">
+        <v>67</v>
+      </c>
+      <c r="C23" s="379" t="s">
+        <v>67</v>
+      </c>
+      <c r="D23" s="379" t="s">
+        <v>70</v>
+      </c>
+      <c r="E23" s="379" t="s">
+        <v>70</v>
+      </c>
+      <c r="F23" s="379" t="s">
+        <v>39</v>
+      </c>
+      <c r="G23" s="379" t="s">
+        <v>39</v>
+      </c>
+      <c r="H23" s="379" t="s">
+        <v>41</v>
+      </c>
+      <c r="I23" s="379" t="s">
+        <v>41</v>
+      </c>
+      <c r="J23" s="379" t="s">
+        <v>43</v>
+      </c>
+      <c r="K23" s="379" t="s">
+        <v>43</v>
+      </c>
+      <c r="L23" s="379" t="s">
+        <v>43</v>
+      </c>
+      <c r="M23" s="380" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="425"/>
+      <c r="B24" s="419" t="s">
         <v>14</v>
       </c>
-      <c r="C8" s="343" t="s">
+      <c r="C24" s="381" t="s">
+        <v>16</v>
+      </c>
+      <c r="D24" s="381" t="s">
+        <v>16</v>
+      </c>
+      <c r="E24" s="381" t="s">
+        <v>18</v>
+      </c>
+      <c r="F24" s="381" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="381" t="s">
+        <v>20</v>
+      </c>
+      <c r="H24" s="381" t="s">
+        <v>20</v>
+      </c>
+      <c r="I24" s="381" t="s">
+        <v>22</v>
+      </c>
+      <c r="J24" s="381" t="s">
+        <v>22</v>
+      </c>
+      <c r="K24" s="382" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" s="382" t="s">
+        <v>24</v>
+      </c>
+      <c r="M24" s="383" t="s">
+        <v>14</v>
+      </c>
+      <c r="N24" s="367"/>
+      <c r="O24" s="367"/>
+      <c r="P24" s="367"/>
+      <c r="Q24" s="367"/>
+      <c r="R24" s="367"/>
+      <c r="S24" s="367"/>
+      <c r="T24" s="367"/>
+      <c r="U24" s="367"/>
+      <c r="V24" s="367"/>
+      <c r="W24" s="367"/>
+      <c r="X24" s="367"/>
+      <c r="Y24" s="367"/>
+      <c r="Z24" s="367"/>
+    </row>
+    <row r="25" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="426"/>
+      <c r="B25" s="420" t="s">
+        <v>16</v>
+      </c>
+      <c r="C25" s="384" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" s="384" t="s">
+        <v>18</v>
+      </c>
+      <c r="E25" s="384" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" s="384" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" s="384" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25" s="384" t="s">
+        <v>22</v>
+      </c>
+      <c r="I25" s="385" t="s">
+        <v>24</v>
+      </c>
+      <c r="J25" s="385" t="s">
+        <v>24</v>
+      </c>
+      <c r="K25" s="385" t="s">
+        <v>14</v>
+      </c>
+      <c r="L25" s="385" t="s">
+        <v>14</v>
+      </c>
+      <c r="M25" s="386" t="s">
+        <v>16</v>
+      </c>
+      <c r="N25" s="366"/>
+      <c r="O25" s="366"/>
+      <c r="P25" s="366"/>
+      <c r="Q25" s="366"/>
+      <c r="R25" s="366"/>
+      <c r="S25" s="366"/>
+      <c r="T25" s="366"/>
+      <c r="U25" s="366"/>
+      <c r="V25" s="366"/>
+      <c r="W25" s="366"/>
+      <c r="X25" s="366"/>
+      <c r="Y25" s="366"/>
+      <c r="Z25" s="366"/>
+    </row>
+    <row r="26" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="425"/>
+      <c r="B26" s="421" t="s">
+        <v>18</v>
+      </c>
+      <c r="C26" s="387" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" s="387" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" s="387" t="s">
+        <v>22</v>
+      </c>
+      <c r="F26" s="387" t="s">
+        <v>22</v>
+      </c>
+      <c r="G26" s="388" t="s">
+        <v>24</v>
+      </c>
+      <c r="H26" s="388" t="s">
+        <v>24</v>
+      </c>
+      <c r="I26" s="388" t="s">
+        <v>14</v>
+      </c>
+      <c r="J26" s="388" t="s">
+        <v>14</v>
+      </c>
+      <c r="K26" s="388" t="s">
+        <v>16</v>
+      </c>
+      <c r="L26" s="388" t="s">
+        <v>16</v>
+      </c>
+      <c r="M26" s="389" t="s">
+        <v>18</v>
+      </c>
+      <c r="N26" s="367"/>
+      <c r="O26" s="367"/>
+      <c r="P26" s="367"/>
+      <c r="Q26" s="367"/>
+      <c r="R26" s="367"/>
+      <c r="S26" s="367"/>
+      <c r="T26" s="367"/>
+      <c r="U26" s="367"/>
+      <c r="V26" s="367"/>
+      <c r="W26" s="367"/>
+      <c r="X26" s="367"/>
+      <c r="Y26" s="367"/>
+      <c r="Z26" s="367"/>
+    </row>
+    <row r="27" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="426"/>
+      <c r="B27" s="420" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="384" t="s">
+        <v>22</v>
+      </c>
+      <c r="D27" s="384" t="s">
+        <v>22</v>
+      </c>
+      <c r="E27" s="385" t="s">
+        <v>24</v>
+      </c>
+      <c r="F27" s="385" t="s">
+        <v>24</v>
+      </c>
+      <c r="G27" s="385" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" s="385" t="s">
+        <v>14</v>
+      </c>
+      <c r="I27" s="385" t="s">
+        <v>16</v>
+      </c>
+      <c r="J27" s="385" t="s">
+        <v>16</v>
+      </c>
+      <c r="K27" s="385" t="s">
+        <v>18</v>
+      </c>
+      <c r="L27" s="385" t="s">
+        <v>18</v>
+      </c>
+      <c r="M27" s="386" t="s">
+        <v>20</v>
+      </c>
+      <c r="N27" s="366"/>
+      <c r="O27" s="366"/>
+      <c r="P27" s="366"/>
+      <c r="Q27" s="366"/>
+      <c r="R27" s="366"/>
+      <c r="S27" s="366"/>
+      <c r="T27" s="366"/>
+      <c r="U27" s="366"/>
+      <c r="V27" s="366"/>
+      <c r="W27" s="366"/>
+      <c r="X27" s="366"/>
+      <c r="Y27" s="366"/>
+      <c r="Z27" s="366"/>
+    </row>
+    <row r="28" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="425"/>
+      <c r="B28" s="417" t="s">
+        <v>22</v>
+      </c>
+      <c r="C28" s="388" t="s">
+        <v>24</v>
+      </c>
+      <c r="D28" s="388" t="s">
+        <v>24</v>
+      </c>
+      <c r="E28" s="388" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="388" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" s="388" t="s">
+        <v>16</v>
+      </c>
+      <c r="H28" s="388" t="s">
+        <v>16</v>
+      </c>
+      <c r="I28" s="388" t="s">
+        <v>18</v>
+      </c>
+      <c r="J28" s="388" t="s">
+        <v>18</v>
+      </c>
+      <c r="K28" s="388" t="s">
+        <v>20</v>
+      </c>
+      <c r="L28" s="388" t="s">
+        <v>20</v>
+      </c>
+      <c r="M28" s="389" t="s">
+        <v>22</v>
+      </c>
+      <c r="N28" s="367"/>
+      <c r="O28" s="367"/>
+      <c r="P28" s="367"/>
+      <c r="Q28" s="367"/>
+      <c r="R28" s="367"/>
+      <c r="S28" s="367"/>
+      <c r="T28" s="367"/>
+      <c r="U28" s="367"/>
+      <c r="V28" s="367"/>
+      <c r="W28" s="367"/>
+      <c r="X28" s="367"/>
+      <c r="Y28" s="367"/>
+      <c r="Z28" s="367"/>
+    </row>
+    <row r="29" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="516" t="s">
+        <v>230</v>
+      </c>
+      <c r="B29" s="385" t="s">
+        <v>38</v>
+      </c>
+      <c r="C29" s="385" t="s">
+        <v>40</v>
+      </c>
+      <c r="D29" s="385" t="s">
+        <v>40</v>
+      </c>
+      <c r="E29" s="385" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" s="385" t="s">
+        <v>42</v>
+      </c>
+      <c r="G29" s="385" t="s">
+        <v>44</v>
+      </c>
+      <c r="H29" s="385" t="s">
+        <v>44</v>
+      </c>
+      <c r="I29" s="385" t="s">
+        <v>46</v>
+      </c>
+      <c r="J29" s="385" t="s">
+        <v>46</v>
+      </c>
+      <c r="K29" s="385" t="s">
+        <v>48</v>
+      </c>
+      <c r="L29" s="385" t="s">
+        <v>48</v>
+      </c>
+      <c r="M29" s="386" t="s">
+        <v>38</v>
+      </c>
+      <c r="N29" s="366"/>
+      <c r="O29" s="366"/>
+      <c r="P29" s="366"/>
+      <c r="Q29" s="366"/>
+      <c r="R29" s="366"/>
+      <c r="S29" s="366"/>
+      <c r="T29" s="366"/>
+      <c r="U29" s="366"/>
+      <c r="V29" s="366"/>
+      <c r="W29" s="366"/>
+      <c r="X29" s="366"/>
+      <c r="Y29" s="366"/>
+      <c r="Z29" s="366"/>
+    </row>
+    <row r="30" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="516"/>
+      <c r="B30" s="388" t="s">
+        <v>84</v>
+      </c>
+      <c r="C30" s="388" t="s">
+        <v>74</v>
+      </c>
+      <c r="D30" s="388" t="s">
+        <v>74</v>
+      </c>
+      <c r="E30" s="388" t="s">
+        <v>76</v>
+      </c>
+      <c r="F30" s="388" t="s">
+        <v>76</v>
+      </c>
+      <c r="G30" s="388" t="s">
+        <v>78</v>
+      </c>
+      <c r="H30" s="388" t="s">
+        <v>78</v>
+      </c>
+      <c r="I30" s="388" t="s">
+        <v>80</v>
+      </c>
+      <c r="J30" s="388" t="s">
+        <v>80</v>
+      </c>
+      <c r="K30" s="388" t="s">
+        <v>82</v>
+      </c>
+      <c r="L30" s="388" t="s">
+        <v>82</v>
+      </c>
+      <c r="M30" s="389" t="s">
+        <v>84</v>
+      </c>
+      <c r="N30" s="367"/>
+      <c r="O30" s="367"/>
+      <c r="P30" s="367"/>
+      <c r="Q30" s="367"/>
+      <c r="R30" s="367"/>
+      <c r="S30" s="367"/>
+      <c r="T30" s="367"/>
+      <c r="U30" s="367"/>
+      <c r="V30" s="367"/>
+      <c r="W30" s="367"/>
+      <c r="X30" s="367"/>
+      <c r="Y30" s="367"/>
+      <c r="Z30" s="367"/>
+    </row>
+    <row r="31" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="516"/>
+      <c r="B31" s="385" t="s">
+        <v>105</v>
+      </c>
+      <c r="C31" s="385" t="s">
+        <v>107</v>
+      </c>
+      <c r="D31" s="385" t="s">
+        <v>107</v>
+      </c>
+      <c r="E31" s="406" t="s">
+        <v>100</v>
+      </c>
+      <c r="F31" s="406" t="s">
+        <v>100</v>
+      </c>
+      <c r="G31" s="406" t="s">
+        <v>110</v>
+      </c>
+      <c r="H31" s="406" t="s">
+        <v>110</v>
+      </c>
+      <c r="I31" s="406" t="s">
+        <v>112</v>
+      </c>
+      <c r="J31" s="406" t="s">
+        <v>112</v>
+      </c>
+      <c r="K31" s="406" t="s">
+        <v>114</v>
+      </c>
+      <c r="L31" s="406" t="s">
+        <v>114</v>
+      </c>
+      <c r="M31" s="386" t="s">
+        <v>105</v>
+      </c>
+      <c r="N31" s="366"/>
+      <c r="O31" s="366"/>
+      <c r="P31" s="366"/>
+      <c r="Q31" s="366"/>
+      <c r="R31" s="366"/>
+      <c r="S31" s="366"/>
+      <c r="T31" s="366"/>
+      <c r="U31" s="366"/>
+      <c r="V31" s="366"/>
+      <c r="W31" s="366"/>
+      <c r="X31" s="366"/>
+      <c r="Y31" s="366"/>
+      <c r="Z31" s="366"/>
+    </row>
+    <row r="32" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="516"/>
+      <c r="B32" s="388" t="s">
+        <v>127</v>
+      </c>
+      <c r="C32" s="407" t="s">
+        <v>98</v>
+      </c>
+      <c r="D32" s="407" t="s">
+        <v>98</v>
+      </c>
+      <c r="E32" s="407" t="s">
+        <v>130</v>
+      </c>
+      <c r="F32" s="407" t="s">
+        <v>130</v>
+      </c>
+      <c r="G32" s="407" t="s">
+        <v>132</v>
+      </c>
+      <c r="H32" s="407" t="s">
+        <v>132</v>
+      </c>
+      <c r="I32" s="407" t="s">
+        <v>134</v>
+      </c>
+      <c r="J32" s="407" t="s">
+        <v>134</v>
+      </c>
+      <c r="K32" s="407" t="s">
+        <v>136</v>
+      </c>
+      <c r="L32" s="407" t="s">
+        <v>136</v>
+      </c>
+      <c r="M32" s="389" t="s">
+        <v>127</v>
+      </c>
+      <c r="N32" s="367"/>
+      <c r="O32" s="367"/>
+      <c r="P32" s="367"/>
+      <c r="Q32" s="367"/>
+      <c r="R32" s="367"/>
+      <c r="S32" s="367"/>
+      <c r="T32" s="367"/>
+      <c r="U32" s="367"/>
+      <c r="V32" s="367"/>
+      <c r="W32" s="367"/>
+      <c r="X32" s="367"/>
+      <c r="Y32" s="367"/>
+      <c r="Z32" s="367"/>
+    </row>
+    <row r="33" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="422"/>
+      <c r="B33" s="416" t="s">
+        <v>40</v>
+      </c>
+      <c r="C33" s="385" t="s">
+        <v>42</v>
+      </c>
+      <c r="D33" s="385" t="s">
+        <v>42</v>
+      </c>
+      <c r="E33" s="385" t="s">
+        <v>44</v>
+      </c>
+      <c r="F33" s="385" t="s">
+        <v>44</v>
+      </c>
+      <c r="G33" s="385" t="s">
+        <v>46</v>
+      </c>
+      <c r="H33" s="385" t="s">
+        <v>46</v>
+      </c>
+      <c r="I33" s="385" t="s">
+        <v>48</v>
+      </c>
+      <c r="J33" s="385" t="s">
+        <v>48</v>
+      </c>
+      <c r="K33" s="385" t="s">
+        <v>38</v>
+      </c>
+      <c r="L33" s="385" t="s">
+        <v>38</v>
+      </c>
+      <c r="M33" s="386" t="s">
+        <v>40</v>
+      </c>
+      <c r="N33" s="366"/>
+      <c r="O33" s="366"/>
+      <c r="P33" s="366"/>
+      <c r="Q33" s="366"/>
+      <c r="R33" s="366"/>
+      <c r="S33" s="366"/>
+      <c r="T33" s="366"/>
+      <c r="U33" s="366"/>
+      <c r="V33" s="366"/>
+      <c r="W33" s="366"/>
+      <c r="X33" s="366"/>
+      <c r="Y33" s="366"/>
+      <c r="Z33" s="366"/>
+    </row>
+    <row r="34" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="423"/>
+      <c r="B34" s="417" t="s">
+        <v>74</v>
+      </c>
+      <c r="C34" s="388" t="s">
+        <v>76</v>
+      </c>
+      <c r="D34" s="388" t="s">
+        <v>76</v>
+      </c>
+      <c r="E34" s="388" t="s">
+        <v>78</v>
+      </c>
+      <c r="F34" s="388" t="s">
+        <v>78</v>
+      </c>
+      <c r="G34" s="388" t="s">
+        <v>80</v>
+      </c>
+      <c r="H34" s="388" t="s">
+        <v>80</v>
+      </c>
+      <c r="I34" s="388" t="s">
+        <v>82</v>
+      </c>
+      <c r="J34" s="388" t="s">
+        <v>82</v>
+      </c>
+      <c r="K34" s="388" t="s">
+        <v>84</v>
+      </c>
+      <c r="L34" s="388" t="s">
+        <v>84</v>
+      </c>
+      <c r="M34" s="389" t="s">
+        <v>74</v>
+      </c>
+      <c r="N34" s="367"/>
+      <c r="O34" s="367"/>
+      <c r="P34" s="367"/>
+      <c r="Q34" s="367"/>
+      <c r="R34" s="367"/>
+      <c r="S34" s="367"/>
+      <c r="T34" s="367"/>
+      <c r="U34" s="367"/>
+      <c r="V34" s="367"/>
+      <c r="W34" s="367"/>
+      <c r="X34" s="367"/>
+      <c r="Y34" s="367"/>
+      <c r="Z34" s="367"/>
+    </row>
+    <row r="35" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="422"/>
+      <c r="B35" s="416" t="s">
+        <v>107</v>
+      </c>
+      <c r="C35" s="406" t="s">
+        <v>100</v>
+      </c>
+      <c r="D35" s="406" t="s">
+        <v>100</v>
+      </c>
+      <c r="E35" s="406" t="s">
+        <v>110</v>
+      </c>
+      <c r="F35" s="406" t="s">
+        <v>110</v>
+      </c>
+      <c r="G35" s="406" t="s">
+        <v>112</v>
+      </c>
+      <c r="H35" s="406" t="s">
+        <v>112</v>
+      </c>
+      <c r="I35" s="406" t="s">
+        <v>114</v>
+      </c>
+      <c r="J35" s="406" t="s">
+        <v>114</v>
+      </c>
+      <c r="K35" s="406" t="s">
+        <v>105</v>
+      </c>
+      <c r="L35" s="406" t="s">
+        <v>105</v>
+      </c>
+      <c r="M35" s="386" t="s">
+        <v>107</v>
+      </c>
+      <c r="N35" s="366"/>
+      <c r="O35" s="366"/>
+      <c r="P35" s="366"/>
+      <c r="Q35" s="366"/>
+      <c r="R35" s="366"/>
+      <c r="S35" s="366"/>
+      <c r="T35" s="366"/>
+      <c r="U35" s="366"/>
+      <c r="V35" s="366"/>
+      <c r="W35" s="366"/>
+      <c r="X35" s="366"/>
+      <c r="Y35" s="366"/>
+      <c r="Z35" s="366"/>
+    </row>
+    <row r="36" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="423"/>
+      <c r="B36" s="417" t="s">
+        <v>42</v>
+      </c>
+      <c r="C36" s="388" t="s">
+        <v>44</v>
+      </c>
+      <c r="D36" s="388" t="s">
+        <v>44</v>
+      </c>
+      <c r="E36" s="388" t="s">
+        <v>46</v>
+      </c>
+      <c r="F36" s="388" t="s">
+        <v>46</v>
+      </c>
+      <c r="G36" s="388" t="s">
+        <v>48</v>
+      </c>
+      <c r="H36" s="388" t="s">
+        <v>48</v>
+      </c>
+      <c r="I36" s="388" t="s">
+        <v>38</v>
+      </c>
+      <c r="J36" s="388" t="s">
+        <v>38</v>
+      </c>
+      <c r="K36" s="388" t="s">
+        <v>40</v>
+      </c>
+      <c r="L36" s="388" t="s">
+        <v>40</v>
+      </c>
+      <c r="M36" s="389" t="s">
+        <v>42</v>
+      </c>
+      <c r="N36" s="367"/>
+      <c r="O36" s="367"/>
+      <c r="P36" s="367"/>
+      <c r="Q36" s="367"/>
+      <c r="R36" s="367"/>
+      <c r="S36" s="367"/>
+      <c r="T36" s="367"/>
+      <c r="U36" s="367"/>
+      <c r="V36" s="367"/>
+      <c r="W36" s="367"/>
+      <c r="X36" s="367"/>
+      <c r="Y36" s="367"/>
+      <c r="Z36" s="367"/>
+    </row>
+    <row r="37" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="422"/>
+      <c r="B37" s="416" t="s">
+        <v>76</v>
+      </c>
+      <c r="C37" s="385" t="s">
+        <v>78</v>
+      </c>
+      <c r="D37" s="385" t="s">
+        <v>78</v>
+      </c>
+      <c r="E37" s="385" t="s">
+        <v>80</v>
+      </c>
+      <c r="F37" s="385" t="s">
+        <v>80</v>
+      </c>
+      <c r="G37" s="385" t="s">
+        <v>82</v>
+      </c>
+      <c r="H37" s="385" t="s">
+        <v>82</v>
+      </c>
+      <c r="I37" s="385" t="s">
+        <v>84</v>
+      </c>
+      <c r="J37" s="385" t="s">
+        <v>84</v>
+      </c>
+      <c r="K37" s="385" t="s">
+        <v>42</v>
+      </c>
+      <c r="L37" s="385" t="s">
+        <v>42</v>
+      </c>
+      <c r="M37" s="386" t="s">
+        <v>76</v>
+      </c>
+      <c r="N37" s="366"/>
+      <c r="O37" s="366"/>
+      <c r="P37" s="366"/>
+      <c r="Q37" s="366"/>
+      <c r="R37" s="366"/>
+      <c r="S37" s="366"/>
+      <c r="T37" s="366"/>
+      <c r="U37" s="366"/>
+      <c r="V37" s="366"/>
+      <c r="W37" s="366"/>
+      <c r="X37" s="366"/>
+      <c r="Y37" s="366"/>
+      <c r="Z37" s="366"/>
+    </row>
+    <row r="38" spans="1:26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="424"/>
+      <c r="B38" s="418" t="s">
+        <v>44</v>
+      </c>
+      <c r="C38" s="390" t="s">
+        <v>46</v>
+      </c>
+      <c r="D38" s="390" t="s">
+        <v>46</v>
+      </c>
+      <c r="E38" s="390" t="s">
+        <v>48</v>
+      </c>
+      <c r="F38" s="390" t="s">
+        <v>48</v>
+      </c>
+      <c r="G38" s="390" t="s">
+        <v>38</v>
+      </c>
+      <c r="H38" s="390" t="s">
+        <v>38</v>
+      </c>
+      <c r="I38" s="390" t="s">
+        <v>40</v>
+      </c>
+      <c r="J38" s="390" t="s">
+        <v>40</v>
+      </c>
+      <c r="K38" s="390" t="s">
+        <v>43</v>
+      </c>
+      <c r="L38" s="390" t="s">
+        <v>43</v>
+      </c>
+      <c r="M38" s="391" t="s">
+        <v>44</v>
+      </c>
+      <c r="N38" s="367"/>
+      <c r="O38" s="367"/>
+      <c r="P38" s="367"/>
+      <c r="Q38" s="367"/>
+      <c r="R38" s="367"/>
+      <c r="S38" s="367"/>
+      <c r="T38" s="367"/>
+      <c r="U38" s="367"/>
+      <c r="V38" s="367"/>
+      <c r="W38" s="367"/>
+      <c r="X38" s="367"/>
+      <c r="Y38" s="367"/>
+      <c r="Z38" s="367"/>
+    </row>
+    <row r="39" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="434"/>
+      <c r="B39" s="429" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="343" t="s">
+      <c r="C39" s="392" t="s">
+        <v>226</v>
+      </c>
+      <c r="D39" s="392" t="s">
+        <v>17</v>
+      </c>
+      <c r="E39" s="392" t="s">
+        <v>227</v>
+      </c>
+      <c r="F39" s="392" t="s">
+        <v>19</v>
+      </c>
+      <c r="G39" s="392" t="s">
+        <v>228</v>
+      </c>
+      <c r="H39" s="392" t="s">
+        <v>21</v>
+      </c>
+      <c r="I39" s="392" t="s">
+        <v>229</v>
+      </c>
+      <c r="J39" s="392" t="s">
+        <v>24</v>
+      </c>
+      <c r="K39" s="392" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" s="392" t="s">
+        <v>60</v>
+      </c>
+      <c r="M39" s="393" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26" s="61" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="435"/>
+      <c r="B40" s="430" t="s">
+        <v>17</v>
+      </c>
+      <c r="C40" s="394" t="s">
+        <v>17</v>
+      </c>
+      <c r="D40" s="394" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" s="394" t="s">
+        <v>19</v>
+      </c>
+      <c r="F40" s="394" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" s="394" t="s">
+        <v>21</v>
+      </c>
+      <c r="H40" s="394" t="s">
+        <v>24</v>
+      </c>
+      <c r="I40" s="394" t="s">
+        <v>24</v>
+      </c>
+      <c r="J40" s="394" t="s">
+        <v>15</v>
+      </c>
+      <c r="K40" s="394" t="s">
+        <v>15</v>
+      </c>
+      <c r="L40" s="394" t="s">
+        <v>15</v>
+      </c>
+      <c r="M40" s="395" t="s">
+        <v>17</v>
+      </c>
+      <c r="Q40" s="61" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="434"/>
+      <c r="B41" s="431" t="s">
+        <v>19</v>
+      </c>
+      <c r="C41" s="396" t="s">
+        <v>19</v>
+      </c>
+      <c r="D41" s="396" t="s">
+        <v>21</v>
+      </c>
+      <c r="E41" s="396" t="s">
+        <v>21</v>
+      </c>
+      <c r="F41" s="396" t="s">
+        <v>24</v>
+      </c>
+      <c r="G41" s="396" t="s">
+        <v>24</v>
+      </c>
+      <c r="H41" s="396" t="s">
+        <v>15</v>
+      </c>
+      <c r="I41" s="396" t="s">
+        <v>15</v>
+      </c>
+      <c r="J41" s="396" t="s">
+        <v>17</v>
+      </c>
+      <c r="K41" s="396" t="s">
+        <v>17</v>
+      </c>
+      <c r="L41" s="396" t="s">
+        <v>17</v>
+      </c>
+      <c r="M41" s="397" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="435"/>
+      <c r="B42" s="430" t="s">
+        <v>21</v>
+      </c>
+      <c r="C42" s="394" t="s">
+        <v>21</v>
+      </c>
+      <c r="D42" s="394" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="394" t="s">
+        <v>24</v>
+      </c>
+      <c r="F42" s="394" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" s="394" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" s="394" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" s="394" t="s">
+        <v>17</v>
+      </c>
+      <c r="J42" s="394" t="s">
+        <v>19</v>
+      </c>
+      <c r="K42" s="394" t="s">
+        <v>19</v>
+      </c>
+      <c r="L42" s="394" t="s">
+        <v>19</v>
+      </c>
+      <c r="M42" s="395" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="434"/>
+      <c r="B43" s="427" t="s">
+        <v>24</v>
+      </c>
+      <c r="C43" s="398" t="s">
+        <v>24</v>
+      </c>
+      <c r="D43" s="398" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="398" t="s">
+        <v>15</v>
+      </c>
+      <c r="F43" s="398" t="s">
+        <v>17</v>
+      </c>
+      <c r="G43" s="398" t="s">
+        <v>17</v>
+      </c>
+      <c r="H43" s="398" t="s">
+        <v>19</v>
+      </c>
+      <c r="I43" s="398" t="s">
+        <v>19</v>
+      </c>
+      <c r="J43" s="398" t="s">
+        <v>21</v>
+      </c>
+      <c r="K43" s="398" t="s">
+        <v>21</v>
+      </c>
+      <c r="L43" s="398" t="s">
+        <v>21</v>
+      </c>
+      <c r="M43" s="399" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26" s="63" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="515" t="s">
+        <v>232</v>
+      </c>
+      <c r="B44" s="400" t="s">
+        <v>39</v>
+      </c>
+      <c r="C44" s="400" t="s">
+        <v>39</v>
+      </c>
+      <c r="D44" s="400" t="s">
+        <v>41</v>
+      </c>
+      <c r="E44" s="400" t="s">
+        <v>41</v>
+      </c>
+      <c r="F44" s="400" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" s="400" t="s">
+        <v>43</v>
+      </c>
+      <c r="H44" s="400" t="s">
+        <v>67</v>
+      </c>
+      <c r="I44" s="400" t="s">
+        <v>67</v>
+      </c>
+      <c r="J44" s="400" t="s">
+        <v>70</v>
+      </c>
+      <c r="K44" s="400" t="s">
+        <v>70</v>
+      </c>
+      <c r="L44" s="400" t="s">
+        <v>70</v>
+      </c>
+      <c r="M44" s="401" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26" s="335" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="515"/>
+      <c r="B45" s="398" t="s">
+        <v>73</v>
+      </c>
+      <c r="C45" s="398" t="s">
+        <v>73</v>
+      </c>
+      <c r="D45" s="398" t="s">
+        <v>75</v>
+      </c>
+      <c r="E45" s="398" t="s">
+        <v>75</v>
+      </c>
+      <c r="F45" s="398" t="s">
+        <v>89</v>
+      </c>
+      <c r="G45" s="398" t="s">
+        <v>89</v>
+      </c>
+      <c r="H45" s="398" t="s">
+        <v>111</v>
+      </c>
+      <c r="I45" s="398" t="s">
+        <v>111</v>
+      </c>
+      <c r="J45" s="398" t="s">
+        <v>94</v>
+      </c>
+      <c r="K45" s="398" t="s">
+        <v>94</v>
+      </c>
+      <c r="L45" s="398" t="s">
+        <v>94</v>
+      </c>
+      <c r="M45" s="399" t="s">
+        <v>73</v>
+      </c>
+      <c r="N45" s="334"/>
+    </row>
+    <row r="46" spans="1:26" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="515"/>
+      <c r="B46" s="400" t="s">
+        <v>106</v>
+      </c>
+      <c r="C46" s="400" t="s">
+        <v>106</v>
+      </c>
+      <c r="D46" s="400" t="s">
+        <v>99</v>
+      </c>
+      <c r="E46" s="400" t="s">
+        <v>99</v>
+      </c>
+      <c r="F46" s="394" t="s">
+        <v>131</v>
+      </c>
+      <c r="G46" s="394" t="s">
+        <v>131</v>
+      </c>
+      <c r="H46" s="394" t="s">
+        <v>133</v>
+      </c>
+      <c r="I46" s="394" t="s">
+        <v>133</v>
+      </c>
+      <c r="J46" s="394" t="s">
+        <v>125</v>
+      </c>
+      <c r="K46" s="394" t="s">
+        <v>125</v>
+      </c>
+      <c r="L46" s="394" t="s">
+        <v>125</v>
+      </c>
+      <c r="M46" s="395" t="s">
+        <v>106</v>
+      </c>
+      <c r="N46" s="43"/>
+    </row>
+    <row r="47" spans="1:26" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="432"/>
+      <c r="B47" s="427" t="s">
+        <v>97</v>
+      </c>
+      <c r="C47" s="398" t="s">
+        <v>97</v>
+      </c>
+      <c r="D47" s="398" t="s">
+        <v>151</v>
+      </c>
+      <c r="E47" s="398" t="s">
+        <v>151</v>
+      </c>
+      <c r="F47" s="398" t="s">
+        <v>153</v>
+      </c>
+      <c r="G47" s="398" t="s">
+        <v>153</v>
+      </c>
+      <c r="H47" s="398" t="s">
+        <v>155</v>
+      </c>
+      <c r="I47" s="398" t="s">
+        <v>155</v>
+      </c>
+      <c r="J47" s="398" t="s">
+        <v>147</v>
+      </c>
+      <c r="K47" s="398" t="s">
+        <v>147</v>
+      </c>
+      <c r="L47" s="398" t="s">
+        <v>147</v>
+      </c>
+      <c r="M47" s="399" t="s">
+        <v>97</v>
+      </c>
+      <c r="N47" s="43"/>
+    </row>
+    <row r="48" spans="1:26" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="433"/>
+      <c r="B48" s="428" t="s">
+        <v>41</v>
+      </c>
+      <c r="C48" s="400" t="s">
+        <v>41</v>
+      </c>
+      <c r="D48" s="400" t="s">
+        <v>43</v>
+      </c>
+      <c r="E48" s="400" t="s">
+        <v>43</v>
+      </c>
+      <c r="F48" s="400" t="s">
+        <v>67</v>
+      </c>
+      <c r="G48" s="400" t="s">
+        <v>67</v>
+      </c>
+      <c r="H48" s="400" t="s">
+        <v>70</v>
+      </c>
+      <c r="I48" s="400" t="s">
+        <v>70</v>
+      </c>
+      <c r="J48" s="400" t="s">
+        <v>39</v>
+      </c>
+      <c r="K48" s="400" t="s">
+        <v>39</v>
+      </c>
+      <c r="L48" s="400" t="s">
+        <v>39</v>
+      </c>
+      <c r="M48" s="401" t="s">
+        <v>41</v>
+      </c>
+      <c r="N48" s="43"/>
+    </row>
+    <row r="49" spans="1:14" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="432"/>
+      <c r="B49" s="427" t="s">
+        <v>75</v>
+      </c>
+      <c r="C49" s="398" t="s">
+        <v>75</v>
+      </c>
+      <c r="D49" s="398" t="s">
+        <v>89</v>
+      </c>
+      <c r="E49" s="398" t="s">
+        <v>89</v>
+      </c>
+      <c r="F49" s="398" t="s">
+        <v>111</v>
+      </c>
+      <c r="G49" s="398" t="s">
+        <v>111</v>
+      </c>
+      <c r="H49" s="398" t="s">
+        <v>94</v>
+      </c>
+      <c r="I49" s="398" t="s">
+        <v>94</v>
+      </c>
+      <c r="J49" s="398" t="s">
+        <v>73</v>
+      </c>
+      <c r="K49" s="398" t="s">
+        <v>73</v>
+      </c>
+      <c r="L49" s="398" t="s">
+        <v>73</v>
+      </c>
+      <c r="M49" s="399" t="s">
+        <v>75</v>
+      </c>
+      <c r="N49" s="43"/>
+    </row>
+    <row r="50" spans="1:14" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="433"/>
+      <c r="B50" s="428" t="s">
+        <v>99</v>
+      </c>
+      <c r="C50" s="400" t="s">
+        <v>99</v>
+      </c>
+      <c r="D50" s="400" t="s">
+        <v>131</v>
+      </c>
+      <c r="E50" s="400" t="s">
+        <v>131</v>
+      </c>
+      <c r="F50" s="400" t="s">
+        <v>133</v>
+      </c>
+      <c r="G50" s="400" t="s">
+        <v>133</v>
+      </c>
+      <c r="H50" s="400" t="s">
+        <v>125</v>
+      </c>
+      <c r="I50" s="400" t="s">
+        <v>125</v>
+      </c>
+      <c r="J50" s="400" t="s">
+        <v>106</v>
+      </c>
+      <c r="K50" s="400" t="s">
+        <v>106</v>
+      </c>
+      <c r="L50" s="400" t="s">
+        <v>106</v>
+      </c>
+      <c r="M50" s="401" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="432"/>
+      <c r="B51" s="427" t="s">
+        <v>43</v>
+      </c>
+      <c r="C51" s="398" t="s">
+        <v>43</v>
+      </c>
+      <c r="D51" s="398" t="s">
+        <v>67</v>
+      </c>
+      <c r="E51" s="398" t="s">
+        <v>67</v>
+      </c>
+      <c r="F51" s="398" t="s">
+        <v>70</v>
+      </c>
+      <c r="G51" s="398" t="s">
+        <v>70</v>
+      </c>
+      <c r="H51" s="398" t="s">
+        <v>39</v>
+      </c>
+      <c r="I51" s="398" t="s">
+        <v>39</v>
+      </c>
+      <c r="J51" s="398" t="s">
+        <v>41</v>
+      </c>
+      <c r="K51" s="398" t="s">
+        <v>41</v>
+      </c>
+      <c r="L51" s="398" t="s">
+        <v>41</v>
+      </c>
+      <c r="M51" s="399" t="s">
+        <v>43</v>
+      </c>
+      <c r="N51" s="43"/>
+    </row>
+    <row r="52" spans="1:14" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="433"/>
+      <c r="B52" s="428" t="s">
+        <v>89</v>
+      </c>
+      <c r="C52" s="400" t="s">
+        <v>89</v>
+      </c>
+      <c r="D52" s="400" t="s">
+        <v>111</v>
+      </c>
+      <c r="E52" s="400" t="s">
+        <v>111</v>
+      </c>
+      <c r="F52" s="400" t="s">
+        <v>94</v>
+      </c>
+      <c r="G52" s="400" t="s">
+        <v>94</v>
+      </c>
+      <c r="H52" s="400" t="s">
+        <v>73</v>
+      </c>
+      <c r="I52" s="400" t="s">
+        <v>73</v>
+      </c>
+      <c r="J52" s="400" t="s">
+        <v>75</v>
+      </c>
+      <c r="K52" s="400" t="s">
+        <v>75</v>
+      </c>
+      <c r="L52" s="400" t="s">
+        <v>75</v>
+      </c>
+      <c r="M52" s="401" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14" s="38" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="368"/>
+      <c r="B53" s="402" t="s">
+        <v>67</v>
+      </c>
+      <c r="C53" s="402" t="s">
+        <v>67</v>
+      </c>
+      <c r="D53" s="402" t="s">
+        <v>70</v>
+      </c>
+      <c r="E53" s="402" t="s">
+        <v>70</v>
+      </c>
+      <c r="F53" s="402" t="s">
+        <v>39</v>
+      </c>
+      <c r="G53" s="402" t="s">
+        <v>39</v>
+      </c>
+      <c r="H53" s="402" t="s">
+        <v>41</v>
+      </c>
+      <c r="I53" s="402" t="s">
+        <v>41</v>
+      </c>
+      <c r="J53" s="402" t="s">
+        <v>43</v>
+      </c>
+      <c r="K53" s="402" t="s">
+        <v>43</v>
+      </c>
+      <c r="L53" s="402" t="s">
+        <v>43</v>
+      </c>
+      <c r="M53" s="403" t="s">
+        <v>67</v>
+      </c>
+      <c r="N53" s="43"/>
+    </row>
+    <row r="54" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="333" t="s">
+        <v>233</v>
+      </c>
+      <c r="B54" s="404"/>
+      <c r="C54" s="404"/>
+      <c r="D54" s="404"/>
+      <c r="E54" s="404"/>
+      <c r="F54" s="404"/>
+      <c r="G54" s="404"/>
+      <c r="H54" s="404"/>
+      <c r="I54" s="404"/>
+      <c r="J54" s="404"/>
+      <c r="K54" s="404"/>
+      <c r="L54" s="404"/>
+      <c r="M54" s="405"/>
+    </row>
+    <row r="55" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="524" t="s">
+        <v>234</v>
+      </c>
+      <c r="B55" s="436" t="s">
+        <v>15</v>
+      </c>
+      <c r="C55" s="359" t="s">
+        <v>226</v>
+      </c>
+      <c r="D55" s="360" t="s">
+        <v>18</v>
+      </c>
+      <c r="E55" s="360" t="s">
+        <v>235</v>
+      </c>
+      <c r="F55" s="360" t="s">
+        <v>236</v>
+      </c>
+      <c r="G55" s="360" t="s">
+        <v>21</v>
+      </c>
+      <c r="H55" s="360" t="s">
+        <v>237</v>
+      </c>
+      <c r="I55" s="360" t="s">
+        <v>229</v>
+      </c>
+      <c r="J55" s="360" t="s">
+        <v>24</v>
+      </c>
+      <c r="K55" s="360" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" s="360" t="s">
+        <v>60</v>
+      </c>
+      <c r="M55" s="361" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="525"/>
+      <c r="B56" s="437" t="s">
+        <v>235</v>
+      </c>
+      <c r="C56" s="353" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" s="353" t="s">
+        <v>21</v>
+      </c>
+      <c r="E56" s="353" t="s">
+        <v>237</v>
+      </c>
+      <c r="F56" s="353" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" s="353" t="s">
+        <v>24</v>
+      </c>
+      <c r="H56" s="353" t="s">
+        <v>24</v>
+      </c>
+      <c r="I56" s="353" t="s">
+        <v>24</v>
+      </c>
+      <c r="J56" s="353" t="s">
+        <v>238</v>
+      </c>
+      <c r="K56" s="354" t="s">
+        <v>15</v>
+      </c>
+      <c r="L56" s="353" t="s">
+        <v>15</v>
+      </c>
+      <c r="M56" s="355" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="526"/>
+      <c r="B57" s="438" t="s">
+        <v>61</v>
+      </c>
+      <c r="C57" s="362" t="s">
+        <v>61</v>
+      </c>
+      <c r="D57" s="362" t="s">
+        <v>64</v>
+      </c>
+      <c r="E57" s="362" t="s">
+        <v>64</v>
+      </c>
+      <c r="F57" s="362" t="s">
+        <v>64</v>
+      </c>
+      <c r="G57" s="362" t="s">
+        <v>67</v>
+      </c>
+      <c r="H57" s="362" t="s">
+        <v>67</v>
+      </c>
+      <c r="I57" s="362" t="s">
+        <v>67</v>
+      </c>
+      <c r="J57" s="362" t="s">
+        <v>70</v>
+      </c>
+      <c r="K57" s="362" t="s">
+        <v>70</v>
+      </c>
+      <c r="L57" s="362" t="s">
+        <v>70</v>
+      </c>
+      <c r="M57" s="363" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="521" t="s">
+        <v>239</v>
+      </c>
+      <c r="B58" s="332" t="s">
         <v>16</v>
       </c>
-      <c r="E8" s="343" t="s">
-[...5 lines deleted...]
-      <c r="G8" s="343" t="s">
+      <c r="C58" s="332" t="s">
+        <v>16</v>
+      </c>
+      <c r="D58" s="332" t="s">
+        <v>240</v>
+      </c>
+      <c r="E58" s="332" t="s">
         <v>19</v>
       </c>
-      <c r="H8" s="343" t="s">
-[...5 lines deleted...]
-      <c r="J8" s="343" t="s">
+      <c r="F58" s="332" t="s">
+        <v>19</v>
+      </c>
+      <c r="G58" s="332" t="s">
+        <v>228</v>
+      </c>
+      <c r="H58" s="332" t="s">
         <v>22</v>
       </c>
-      <c r="K8" s="343" t="s">
-[...13 lines deleted...]
-      <c r="B9" s="417" t="s">
+      <c r="I58" s="332" t="s">
+        <v>22</v>
+      </c>
+      <c r="J58" s="332" t="s">
+        <v>241</v>
+      </c>
+      <c r="K58" s="332" t="s">
+        <v>13</v>
+      </c>
+      <c r="L58" s="332" t="s">
+        <v>13</v>
+      </c>
+      <c r="M58" s="356" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="522"/>
+      <c r="B59" s="364" t="s">
+        <v>19</v>
+      </c>
+      <c r="C59" s="364" t="s">
+        <v>19</v>
+      </c>
+      <c r="D59" s="364" t="s">
+        <v>19</v>
+      </c>
+      <c r="E59" s="364" t="s">
+        <v>22</v>
+      </c>
+      <c r="F59" s="364" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" s="364" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59" s="364" t="s">
+        <v>13</v>
+      </c>
+      <c r="I59" s="364" t="s">
+        <v>13</v>
+      </c>
+      <c r="J59" s="364" t="s">
+        <v>13</v>
+      </c>
+      <c r="K59" s="364" t="s">
         <v>16</v>
       </c>
-      <c r="C9" s="376" t="s">
-[...26 lines deleted...]
-      <c r="L9" s="376" t="s">
+      <c r="L59" s="364" t="s">
+        <v>16</v>
+      </c>
+      <c r="M59" s="365" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="523"/>
+      <c r="B60" s="357" t="s">
         <v>62</v>
       </c>
-      <c r="M9" s="377" t="s">
-[...1363 lines deleted...]
-      <c r="L39" s="399" t="s">
+      <c r="C60" s="357" t="s">
         <v>62</v>
       </c>
-      <c r="M39" s="400" t="s">
-[...612 lines deleted...]
-      <c r="L55" s="367" t="s">
+      <c r="D60" s="357" t="s">
         <v>62</v>
       </c>
-      <c r="M55" s="368" t="s">
-[...200 lines deleted...]
-    <row r="61" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="E60" s="357" t="s">
+        <v>65</v>
+      </c>
+      <c r="F60" s="357" t="s">
+        <v>65</v>
+      </c>
+      <c r="G60" s="357" t="s">
+        <v>65</v>
+      </c>
+      <c r="H60" s="357" t="s">
+        <v>68</v>
+      </c>
+      <c r="I60" s="357" t="s">
+        <v>68</v>
+      </c>
+      <c r="J60" s="357" t="s">
+        <v>68</v>
+      </c>
+      <c r="K60" s="357" t="s">
+        <v>71</v>
+      </c>
+      <c r="L60" s="357" t="s">
+        <v>71</v>
+      </c>
+      <c r="M60" s="358" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14" ht="13" x14ac:dyDescent="0.25">
       <c r="A61" s="31"/>
       <c r="B61" s="32"/>
       <c r="C61" s="32"/>
       <c r="D61" s="32"/>
       <c r="E61" s="32"/>
       <c r="F61" s="32"/>
       <c r="G61" s="32"/>
       <c r="H61" s="32"/>
       <c r="I61" s="32"/>
       <c r="J61" s="32"/>
       <c r="K61" s="32"/>
       <c r="L61" s="32"/>
       <c r="M61" s="32"/>
     </row>
-    <row r="62" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:14" ht="13" x14ac:dyDescent="0.3">
       <c r="A62" s="2" t="s">
-        <v>245</v>
-[...19 lines deleted...]
-    <row r="64" spans="1:14" x14ac:dyDescent="0.2">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="63" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="517" t="s">
+        <v>244</v>
+      </c>
+      <c r="B63" s="517"/>
+      <c r="C63" s="517"/>
+      <c r="D63" s="517"/>
+      <c r="E63" s="517"/>
+      <c r="F63" s="517"/>
+      <c r="G63" s="517"/>
+      <c r="H63" s="517"/>
+      <c r="I63" s="517"/>
+      <c r="J63" s="517"/>
+      <c r="K63" s="517"/>
+      <c r="L63" s="517"/>
+      <c r="M63" s="517"/>
+    </row>
+    <row r="64" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A64" s="4"/>
       <c r="B64" s="38"/>
       <c r="C64" s="38"/>
       <c r="D64" s="38"/>
       <c r="E64" s="38"/>
       <c r="F64" s="38"/>
       <c r="G64" s="38"/>
       <c r="H64" s="38"/>
       <c r="I64" s="38"/>
       <c r="J64" s="38"/>
       <c r="K64" s="38"/>
       <c r="L64" s="38"/>
       <c r="M64" s="38"/>
     </row>
-    <row r="65" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-    <row r="66" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="517" t="s">
+        <v>245</v>
+      </c>
+      <c r="B65" s="517"/>
+      <c r="C65" s="517"/>
+      <c r="D65" s="517"/>
+      <c r="E65" s="517"/>
+      <c r="F65" s="517"/>
+      <c r="G65" s="517"/>
+      <c r="H65" s="517"/>
+      <c r="I65" s="517"/>
+      <c r="J65" s="517"/>
+      <c r="K65" s="517"/>
+      <c r="L65" s="517"/>
+      <c r="M65" s="517"/>
+    </row>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A66" s="4"/>
       <c r="B66" s="38"/>
       <c r="C66" s="38"/>
       <c r="D66" s="38"/>
       <c r="E66" s="38"/>
       <c r="F66" s="38"/>
       <c r="G66" s="38"/>
       <c r="H66" s="38"/>
       <c r="I66" s="38"/>
       <c r="J66" s="38"/>
       <c r="K66" s="38"/>
       <c r="L66" s="38"/>
       <c r="M66" s="38"/>
     </row>
-    <row r="67" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-    <row r="68" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="528" t="s">
+        <v>246</v>
+      </c>
+      <c r="B67" s="528"/>
+      <c r="C67" s="528"/>
+      <c r="D67" s="528"/>
+      <c r="E67" s="528"/>
+      <c r="F67" s="528"/>
+      <c r="G67" s="528"/>
+      <c r="H67" s="528"/>
+      <c r="I67" s="528"/>
+      <c r="J67" s="528"/>
+      <c r="K67" s="528"/>
+      <c r="L67" s="528"/>
+      <c r="M67" s="528"/>
+    </row>
+    <row r="68" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A68" s="44"/>
       <c r="B68" s="44"/>
       <c r="C68" s="44"/>
       <c r="D68" s="44"/>
       <c r="E68" s="44"/>
       <c r="F68" s="44"/>
       <c r="G68" s="44"/>
       <c r="H68" s="44"/>
       <c r="I68" s="44"/>
       <c r="J68" s="44"/>
       <c r="K68" s="44"/>
       <c r="L68" s="44"/>
       <c r="M68" s="44"/>
     </row>
-    <row r="69" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...18 lines deleted...]
-    <row r="70" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="527" t="s">
+        <v>247</v>
+      </c>
+      <c r="B69" s="527"/>
+      <c r="C69" s="527"/>
+      <c r="D69" s="527"/>
+      <c r="E69" s="527"/>
+      <c r="F69" s="527"/>
+      <c r="G69" s="527"/>
+      <c r="H69" s="527"/>
+      <c r="I69" s="527"/>
+      <c r="J69" s="527"/>
+      <c r="K69" s="527"/>
+      <c r="L69" s="527"/>
+      <c r="M69" s="527"/>
+      <c r="N69" s="527"/>
+      <c r="O69" s="527"/>
+    </row>
+    <row r="70" spans="1:15" ht="14.5" x14ac:dyDescent="0.25">
       <c r="A70" s="33"/>
       <c r="B70" s="42"/>
       <c r="C70" s="38"/>
       <c r="D70" s="38"/>
       <c r="E70" s="38"/>
       <c r="F70" s="38"/>
       <c r="G70" s="38"/>
       <c r="H70" s="38"/>
       <c r="I70" s="38"/>
       <c r="J70" s="38"/>
       <c r="K70" s="38"/>
       <c r="L70" s="38"/>
       <c r="M70" s="38"/>
     </row>
-    <row r="71" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-    <row r="72" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="527" t="s">
+        <v>248</v>
+      </c>
+      <c r="B71" s="527"/>
+      <c r="C71" s="527"/>
+      <c r="D71" s="527"/>
+      <c r="E71" s="527"/>
+      <c r="F71" s="527"/>
+      <c r="G71" s="527"/>
+      <c r="H71" s="527"/>
+      <c r="I71" s="527"/>
+      <c r="J71" s="527"/>
+      <c r="K71" s="527"/>
+      <c r="L71" s="527"/>
+      <c r="M71" s="527"/>
+    </row>
+    <row r="72" spans="1:15" ht="14.5" x14ac:dyDescent="0.25">
       <c r="A72" s="33"/>
       <c r="B72" s="42"/>
       <c r="C72" s="38"/>
       <c r="D72" s="38"/>
       <c r="E72" s="38"/>
       <c r="F72" s="38"/>
       <c r="G72" s="38"/>
       <c r="H72" s="38"/>
       <c r="I72" s="38"/>
       <c r="J72" s="38"/>
       <c r="K72" s="38"/>
       <c r="L72" s="38"/>
       <c r="M72" s="38"/>
     </row>
-    <row r="73" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-    <row r="74" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="527" t="s">
+        <v>249</v>
+      </c>
+      <c r="B73" s="527"/>
+      <c r="C73" s="527"/>
+      <c r="D73" s="527"/>
+      <c r="E73" s="527"/>
+      <c r="F73" s="527"/>
+      <c r="G73" s="527"/>
+      <c r="H73" s="527"/>
+      <c r="I73" s="527"/>
+      <c r="J73" s="527"/>
+      <c r="K73" s="527"/>
+      <c r="L73" s="527"/>
+      <c r="M73" s="527"/>
+    </row>
+    <row r="74" spans="1:15" ht="14.5" x14ac:dyDescent="0.25">
       <c r="A74" s="33"/>
       <c r="B74" s="42"/>
       <c r="C74" s="38"/>
       <c r="D74" s="38"/>
       <c r="E74" s="38"/>
       <c r="F74" s="38"/>
       <c r="G74" s="38"/>
       <c r="H74" s="38"/>
       <c r="I74" s="38"/>
       <c r="J74" s="38"/>
       <c r="K74" s="38"/>
       <c r="L74" s="38"/>
       <c r="M74" s="38"/>
     </row>
-    <row r="75" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-    <row r="76" spans="1:15" ht="15" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="517" t="s">
+        <v>250</v>
+      </c>
+      <c r="B75" s="517"/>
+      <c r="C75" s="517"/>
+      <c r="D75" s="517"/>
+      <c r="E75" s="517"/>
+      <c r="F75" s="517"/>
+      <c r="G75" s="517"/>
+      <c r="H75" s="517"/>
+      <c r="I75" s="517"/>
+      <c r="J75" s="517"/>
+      <c r="K75" s="517"/>
+      <c r="L75" s="517"/>
+      <c r="M75" s="517"/>
+    </row>
+    <row r="76" spans="1:15" ht="14.5" x14ac:dyDescent="0.25">
       <c r="A76" s="33"/>
       <c r="B76" s="42"/>
       <c r="C76" s="38"/>
       <c r="D76" s="38"/>
       <c r="E76" s="38"/>
       <c r="F76" s="38"/>
       <c r="G76" s="38"/>
       <c r="H76" s="38"/>
       <c r="I76" s="38"/>
       <c r="J76" s="38"/>
       <c r="K76" s="38"/>
       <c r="L76" s="38"/>
       <c r="M76" s="38"/>
     </row>
-    <row r="77" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A77" s="44"/>
       <c r="B77" s="44"/>
       <c r="C77" s="44"/>
       <c r="D77" s="44"/>
       <c r="E77" s="44"/>
       <c r="F77" s="44"/>
       <c r="G77" s="44"/>
       <c r="H77" s="44"/>
       <c r="I77" s="44"/>
       <c r="J77" s="44"/>
       <c r="K77" s="44"/>
       <c r="L77" s="44"/>
       <c r="M77" s="44"/>
     </row>
-    <row r="78" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A78" s="44"/>
       <c r="B78" s="44"/>
       <c r="C78" s="44"/>
       <c r="D78" s="44"/>
       <c r="E78" s="44"/>
       <c r="F78" s="44"/>
       <c r="G78" s="44"/>
       <c r="H78" s="44"/>
       <c r="I78" s="44"/>
       <c r="J78" s="44"/>
       <c r="K78" s="44"/>
       <c r="L78" s="44"/>
       <c r="M78" s="44"/>
     </row>
-    <row r="79" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A79" s="44"/>
       <c r="B79" s="44"/>
       <c r="C79" s="44"/>
       <c r="D79" s="44"/>
       <c r="E79" s="44"/>
       <c r="F79" s="44"/>
       <c r="G79" s="44"/>
       <c r="H79" s="44"/>
       <c r="I79" s="44"/>
       <c r="J79" s="44"/>
       <c r="K79" s="44"/>
       <c r="L79" s="44"/>
       <c r="M79" s="44"/>
     </row>
-    <row r="80" spans="1:15" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A80" s="40"/>
       <c r="B80" s="33"/>
       <c r="C80" s="33"/>
       <c r="D80" s="33"/>
       <c r="E80" s="33"/>
       <c r="F80" s="33"/>
       <c r="G80" s="33"/>
       <c r="H80" s="33"/>
       <c r="I80" s="33"/>
       <c r="J80" s="33"/>
       <c r="K80" s="33"/>
       <c r="L80" s="33"/>
       <c r="M80" s="33"/>
     </row>
-    <row r="81" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:13" ht="13" x14ac:dyDescent="0.3">
       <c r="A81" s="3"/>
       <c r="B81" s="3"/>
       <c r="C81" s="3"/>
       <c r="D81" s="3"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3"/>
       <c r="K81" s="3"/>
       <c r="L81" s="3"/>
       <c r="M81" s="3"/>
     </row>
-    <row r="82" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A82"/>
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82"/>
       <c r="I82"/>
       <c r="J82"/>
       <c r="K82"/>
       <c r="L82"/>
       <c r="M82"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A75:M75"/>
     <mergeCell ref="A71:M71"/>
     <mergeCell ref="A73:M73"/>
     <mergeCell ref="A67:M67"/>
     <mergeCell ref="A69:O69"/>
     <mergeCell ref="A44:A46"/>
     <mergeCell ref="A29:A32"/>
     <mergeCell ref="A65:M65"/>
     <mergeCell ref="A9:A23"/>
     <mergeCell ref="A63:M63"/>
     <mergeCell ref="A58:A60"/>
     <mergeCell ref="A55:A57"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="85" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7FD859D1-8307-4D30-805A-E201B432F120}">
   <dimension ref="A1:U30"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="O19" sqref="O19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="43.28515625" customWidth="1"/>
-    <col min="2" max="13" width="9.7109375" customWidth="1"/>
+    <col min="1" max="1" width="43.26953125" customWidth="1"/>
+    <col min="2" max="13" width="9.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:21" x14ac:dyDescent="0.35">
       <c r="C1" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:21" x14ac:dyDescent="0.25">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
-      <c r="S3" s="290"/>
-[...3 lines deleted...]
-    <row r="4" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S3" s="283"/>
+      <c r="T3" s="283"/>
+      <c r="U3" s="283"/>
+    </row>
+    <row r="4" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A4" s="1" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
-      <c r="S4" s="290"/>
-[...3 lines deleted...]
-    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S4" s="283"/>
+      <c r="T4" s="283"/>
+      <c r="U4" s="283"/>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
-      <c r="S5" s="290"/>
-[...3 lines deleted...]
-    <row r="6" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="S5" s="283"/>
+      <c r="T5" s="283"/>
+      <c r="U5" s="283"/>
+    </row>
+    <row r="6" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="19"/>
       <c r="B6" s="27" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="27" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="D6" s="27" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="27" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="27" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="G6" s="27" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="27" t="s">
         <v>7</v>
       </c>
       <c r="I6" s="27" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="J6" s="27" t="s">
         <v>9</v>
       </c>
       <c r="K6" s="27" t="s">
         <v>10</v>
       </c>
       <c r="L6" s="27" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="M6" s="27" t="s">
         <v>12</v>
       </c>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
-      <c r="S6" s="290"/>
-[...3 lines deleted...]
-    <row r="7" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S6" s="283"/>
+      <c r="T6" s="283"/>
+      <c r="U6" s="283"/>
+    </row>
+    <row r="7" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A7" s="64"/>
       <c r="B7" s="101" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C7" s="102" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D7" s="102" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E7" s="102" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F7" s="102" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G7" s="102" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H7" s="102" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I7" s="102" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J7" s="102" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K7" s="102" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L7" s="102" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M7" s="103" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
-      <c r="S7" s="290"/>
-[...5 lines deleted...]
-        <v>258</v>
+      <c r="S7" s="283"/>
+      <c r="T7" s="283"/>
+      <c r="U7" s="283"/>
+    </row>
+    <row r="8" spans="1:21" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="224" t="s">
+        <v>256</v>
       </c>
       <c r="B8" s="192"/>
       <c r="C8" s="193" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="E8" s="227"/>
+        <v>18</v>
+      </c>
+      <c r="D8" s="225"/>
+      <c r="E8" s="225"/>
       <c r="F8" s="193" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="H8" s="227"/>
+        <v>21</v>
+      </c>
+      <c r="G8" s="225"/>
+      <c r="H8" s="225"/>
       <c r="I8" s="193" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="K8" s="227"/>
+        <v>24</v>
+      </c>
+      <c r="J8" s="225"/>
+      <c r="K8" s="225"/>
       <c r="L8" s="193" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="M8" s="228"/>
+        <v>15</v>
+      </c>
+      <c r="M8" s="226"/>
       <c r="N8" s="63"/>
       <c r="O8" s="63"/>
       <c r="P8" s="63"/>
       <c r="Q8" s="63"/>
       <c r="R8" s="63"/>
-      <c r="S8" s="291"/>
-[...3 lines deleted...]
-    <row r="9" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="S8" s="284"/>
+      <c r="T8" s="284"/>
+      <c r="U8" s="284"/>
+    </row>
+    <row r="9" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="141"/>
       <c r="B9" s="130"/>
       <c r="C9" s="99" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D9" s="99" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="E9" s="99" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="F9" s="99" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G9" s="99"/>
       <c r="H9" s="99"/>
       <c r="I9" s="99" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J9" s="99"/>
       <c r="K9" s="99"/>
       <c r="L9" s="99" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="M9" s="100"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
-      <c r="S9" s="290"/>
-[...39 lines deleted...]
-        <v>16</v>
+      <c r="S9" s="283"/>
+      <c r="T9" s="283"/>
+      <c r="U9" s="283"/>
+    </row>
+    <row r="10" spans="1:21" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="227"/>
+      <c r="B10" s="228" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="229" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="229" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" s="229" t="s">
+        <v>18</v>
+      </c>
+      <c r="F10" s="229" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="229" t="s">
+        <v>21</v>
+      </c>
+      <c r="H10" s="229" t="s">
+        <v>21</v>
+      </c>
+      <c r="I10" s="229" t="s">
+        <v>21</v>
+      </c>
+      <c r="J10" s="229" t="s">
+        <v>24</v>
+      </c>
+      <c r="K10" s="229" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" s="229" t="s">
+        <v>24</v>
+      </c>
+      <c r="M10" s="230" t="s">
+        <v>15</v>
       </c>
       <c r="N10" s="63"/>
       <c r="O10" s="63"/>
       <c r="P10" s="63"/>
       <c r="Q10" s="63"/>
       <c r="R10" s="63"/>
-      <c r="S10" s="291"/>
-[...3 lines deleted...]
-    <row r="11" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S10" s="284"/>
+      <c r="T10" s="284"/>
+      <c r="U10" s="284"/>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A11" s="159" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="B11" s="105" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C11" s="77" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D11" s="161"/>
       <c r="E11" s="161"/>
       <c r="F11" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G11" s="161"/>
       <c r="H11" s="161"/>
       <c r="I11" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J11" s="161"/>
       <c r="K11" s="161"/>
       <c r="L11" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M11" s="162"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
-      <c r="S11" s="290"/>
-[...30 lines deleted...]
-      <c r="M12" s="236"/>
+      <c r="S11" s="283"/>
+      <c r="T11" s="283"/>
+      <c r="U11" s="283"/>
+    </row>
+    <row r="12" spans="1:21" s="212" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="231"/>
+      <c r="B12" s="232" t="s">
+        <v>257</v>
+      </c>
+      <c r="C12" s="233" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" s="233" t="s">
+        <v>257</v>
+      </c>
+      <c r="E12" s="233" t="s">
+        <v>257</v>
+      </c>
+      <c r="F12" s="233" t="s">
+        <v>64</v>
+      </c>
+      <c r="G12" s="233"/>
+      <c r="H12" s="233"/>
+      <c r="I12" s="233" t="s">
+        <v>67</v>
+      </c>
+      <c r="J12" s="233"/>
+      <c r="K12" s="233"/>
+      <c r="L12" s="233" t="s">
+        <v>70</v>
+      </c>
+      <c r="M12" s="234"/>
       <c r="N12" s="63"/>
       <c r="O12" s="63"/>
       <c r="P12" s="63"/>
       <c r="Q12" s="63"/>
       <c r="R12" s="63"/>
-      <c r="S12" s="291"/>
-[...3 lines deleted...]
-    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S12" s="284"/>
+      <c r="T12" s="284"/>
+      <c r="U12" s="284"/>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A13" s="64"/>
       <c r="B13" s="160" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C13" s="75" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D13" s="75" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E13" s="75" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F13" s="75" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G13" s="75" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H13" s="75" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I13" s="75" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J13" s="75" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K13" s="75" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L13" s="75" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M13" s="113" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
-      <c r="S13" s="290"/>
-[...5 lines deleted...]
-        <v>261</v>
+      <c r="S13" s="283"/>
+      <c r="T13" s="283"/>
+      <c r="U13" s="283"/>
+    </row>
+    <row r="14" spans="1:21" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="224" t="s">
+        <v>259</v>
       </c>
       <c r="B14" s="192"/>
       <c r="C14" s="193" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="E14" s="227"/>
+        <v>18</v>
+      </c>
+      <c r="D14" s="225"/>
+      <c r="E14" s="225"/>
       <c r="F14" s="193" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="H14" s="227"/>
+        <v>21</v>
+      </c>
+      <c r="G14" s="225"/>
+      <c r="H14" s="225"/>
       <c r="I14" s="193" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="K14" s="227"/>
+        <v>24</v>
+      </c>
+      <c r="J14" s="225"/>
+      <c r="K14" s="225"/>
       <c r="L14" s="193" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="M14" s="228"/>
+        <v>15</v>
+      </c>
+      <c r="M14" s="226"/>
       <c r="N14" s="63"/>
       <c r="O14" s="63"/>
       <c r="P14" s="63"/>
       <c r="Q14" s="63"/>
       <c r="R14" s="63"/>
-      <c r="S14" s="291"/>
-[...3 lines deleted...]
-    <row r="15" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="S14" s="284"/>
+      <c r="T14" s="284"/>
+      <c r="U14" s="284"/>
+    </row>
+    <row r="15" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="49"/>
       <c r="B15" s="130" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C15" s="99" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D15" s="99" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="E15" s="99" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="F15" s="99" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G15" s="99"/>
       <c r="H15" s="99"/>
       <c r="I15" s="99" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J15" s="99"/>
       <c r="K15" s="99"/>
       <c r="L15" s="99" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="M15" s="100"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
-      <c r="S15" s="290"/>
-[...39 lines deleted...]
-        <v>16</v>
+      <c r="S15" s="283"/>
+      <c r="T15" s="283"/>
+      <c r="U15" s="283"/>
+    </row>
+    <row r="16" spans="1:21" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="227"/>
+      <c r="B16" s="228" t="s">
+        <v>15</v>
+      </c>
+      <c r="C16" s="229" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" s="229" t="s">
+        <v>18</v>
+      </c>
+      <c r="E16" s="229" t="s">
+        <v>18</v>
+      </c>
+      <c r="F16" s="229" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" s="229" t="s">
+        <v>21</v>
+      </c>
+      <c r="H16" s="229" t="s">
+        <v>21</v>
+      </c>
+      <c r="I16" s="229" t="s">
+        <v>21</v>
+      </c>
+      <c r="J16" s="229" t="s">
+        <v>24</v>
+      </c>
+      <c r="K16" s="229" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" s="229" t="s">
+        <v>24</v>
+      </c>
+      <c r="M16" s="230" t="s">
+        <v>15</v>
       </c>
       <c r="N16" s="63"/>
       <c r="O16" s="63"/>
       <c r="P16" s="63"/>
       <c r="Q16" s="63"/>
       <c r="R16" s="63"/>
-      <c r="S16" s="291"/>
-[...3 lines deleted...]
-    <row r="17" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S16" s="284"/>
+      <c r="T16" s="284"/>
+      <c r="U16" s="284"/>
+    </row>
+    <row r="17" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A17" s="45" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B17" s="105"/>
       <c r="C17" s="77" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D17" s="161"/>
       <c r="E17" s="161"/>
       <c r="F17" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G17" s="161"/>
       <c r="H17" s="161"/>
       <c r="I17" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J17" s="161"/>
       <c r="K17" s="161"/>
       <c r="L17" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M17" s="162"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
-      <c r="S17" s="290"/>
-[...28 lines deleted...]
-      <c r="M18" s="236"/>
+      <c r="S17" s="283"/>
+      <c r="T17" s="283"/>
+      <c r="U17" s="283"/>
+    </row>
+    <row r="18" spans="1:21" s="212" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A18" s="231"/>
+      <c r="B18" s="232"/>
+      <c r="C18" s="233" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" s="233" t="s">
+        <v>257</v>
+      </c>
+      <c r="E18" s="233" t="s">
+        <v>257</v>
+      </c>
+      <c r="F18" s="233" t="s">
+        <v>64</v>
+      </c>
+      <c r="G18" s="233"/>
+      <c r="H18" s="233"/>
+      <c r="I18" s="233" t="s">
+        <v>67</v>
+      </c>
+      <c r="J18" s="233"/>
+      <c r="K18" s="233"/>
+      <c r="L18" s="233" t="s">
+        <v>70</v>
+      </c>
+      <c r="M18" s="234"/>
       <c r="N18" s="63"/>
       <c r="O18" s="63"/>
       <c r="P18" s="63"/>
       <c r="Q18" s="63"/>
       <c r="R18" s="63"/>
-      <c r="S18" s="291"/>
-[...3 lines deleted...]
-    <row r="19" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S18" s="284"/>
+      <c r="T18" s="284"/>
+      <c r="U18" s="284"/>
+    </row>
+    <row r="19" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A19" s="64"/>
       <c r="B19" s="160" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C19" s="75" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D19" s="75" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E19" s="75" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F19" s="75" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G19" s="75" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H19" s="75" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I19" s="75" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J19" s="75" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K19" s="75" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L19" s="75" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="M19" s="113" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
-      <c r="S19" s="290"/>
-[...5 lines deleted...]
-        <v>263</v>
+      <c r="S19" s="283"/>
+      <c r="T19" s="283"/>
+      <c r="U19" s="283"/>
+    </row>
+    <row r="20" spans="1:21" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="224" t="s">
+        <v>261</v>
       </c>
       <c r="B20" s="192"/>
       <c r="C20" s="193" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="E20" s="227"/>
+        <v>18</v>
+      </c>
+      <c r="D20" s="225"/>
+      <c r="E20" s="225"/>
       <c r="F20" s="193" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="H20" s="227"/>
+        <v>21</v>
+      </c>
+      <c r="G20" s="225"/>
+      <c r="H20" s="225"/>
       <c r="I20" s="193" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="K20" s="227"/>
+        <v>24</v>
+      </c>
+      <c r="J20" s="225"/>
+      <c r="K20" s="225"/>
       <c r="L20" s="193" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="M20" s="228"/>
+        <v>15</v>
+      </c>
+      <c r="M20" s="226"/>
       <c r="N20" s="63"/>
       <c r="O20" s="63"/>
       <c r="P20" s="63"/>
       <c r="Q20" s="63"/>
       <c r="R20" s="63"/>
-      <c r="S20" s="291"/>
-[...3 lines deleted...]
-    <row r="21" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="S20" s="284"/>
+      <c r="T20" s="284"/>
+      <c r="U20" s="284"/>
+    </row>
+    <row r="21" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="49"/>
       <c r="B21" s="163"/>
       <c r="C21" s="73" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D21" s="73" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="E21" s="73" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="F21" s="73" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G21" s="73"/>
       <c r="H21" s="73"/>
       <c r="I21" s="73" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J21" s="73"/>
       <c r="K21" s="73"/>
       <c r="L21" s="73" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="M21" s="164"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
-      <c r="S21" s="290"/>
-[...39 lines deleted...]
-        <v>16</v>
+      <c r="S21" s="283"/>
+      <c r="T21" s="283"/>
+      <c r="U21" s="283"/>
+    </row>
+    <row r="22" spans="1:21" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="235"/>
+      <c r="B22" s="236" t="s">
+        <v>15</v>
+      </c>
+      <c r="C22" s="237" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" s="237" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" s="237" t="s">
+        <v>18</v>
+      </c>
+      <c r="F22" s="237" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="237" t="s">
+        <v>21</v>
+      </c>
+      <c r="H22" s="237" t="s">
+        <v>21</v>
+      </c>
+      <c r="I22" s="237" t="s">
+        <v>21</v>
+      </c>
+      <c r="J22" s="237" t="s">
+        <v>24</v>
+      </c>
+      <c r="K22" s="237" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" s="237" t="s">
+        <v>24</v>
+      </c>
+      <c r="M22" s="238" t="s">
+        <v>15</v>
       </c>
       <c r="N22" s="63"/>
       <c r="O22" s="63"/>
       <c r="P22" s="63"/>
       <c r="Q22" s="63"/>
       <c r="R22" s="63"/>
-      <c r="S22" s="291"/>
-[...3 lines deleted...]
-    <row r="23" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S22" s="284"/>
+      <c r="T22" s="284"/>
+      <c r="U22" s="284"/>
+    </row>
+    <row r="23" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A23" s="165" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B23" s="109"/>
       <c r="C23" s="77" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D23" s="161"/>
       <c r="E23" s="161"/>
       <c r="F23" s="77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G23" s="161"/>
       <c r="H23" s="161"/>
       <c r="I23" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J23" s="161"/>
       <c r="K23" s="161"/>
       <c r="L23" s="77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M23" s="162"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
-      <c r="S23" s="290"/>
-[...28 lines deleted...]
-      <c r="M24" s="236"/>
+      <c r="S23" s="283"/>
+      <c r="T23" s="283"/>
+      <c r="U23" s="283"/>
+    </row>
+    <row r="24" spans="1:21" s="212" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A24" s="231"/>
+      <c r="B24" s="232"/>
+      <c r="C24" s="233" t="s">
+        <v>61</v>
+      </c>
+      <c r="D24" s="233" t="s">
+        <v>257</v>
+      </c>
+      <c r="E24" s="233" t="s">
+        <v>257</v>
+      </c>
+      <c r="F24" s="233" t="s">
+        <v>64</v>
+      </c>
+      <c r="G24" s="233"/>
+      <c r="H24" s="233"/>
+      <c r="I24" s="233" t="s">
+        <v>67</v>
+      </c>
+      <c r="J24" s="233"/>
+      <c r="K24" s="233"/>
+      <c r="L24" s="233" t="s">
+        <v>70</v>
+      </c>
+      <c r="M24" s="234"/>
       <c r="N24" s="63"/>
       <c r="O24" s="63"/>
       <c r="P24" s="63"/>
       <c r="Q24" s="63"/>
       <c r="R24" s="63"/>
-      <c r="S24" s="291"/>
-[...3 lines deleted...]
-    <row r="25" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S24" s="284"/>
+      <c r="T24" s="284"/>
+      <c r="U24" s="284"/>
+    </row>
+    <row r="25" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A25" s="17"/>
       <c r="B25" s="15"/>
       <c r="C25" s="14"/>
       <c r="D25" s="15"/>
       <c r="E25" s="14"/>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="14"/>
       <c r="L25" s="15"/>
       <c r="M25" s="14"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
-      <c r="S25" s="290"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S25" s="283"/>
+      <c r="T25" s="283"/>
+      <c r="U25" s="283"/>
+    </row>
+    <row r="26" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A26" s="46" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="14"/>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15"/>
       <c r="K26" s="14"/>
       <c r="L26" s="15"/>
       <c r="M26" s="14"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
-      <c r="S26" s="290"/>
-[...12 lines deleted...]
-      <c r="G27" s="494"/>
+      <c r="S26" s="283"/>
+      <c r="T26" s="283"/>
+      <c r="U26" s="283"/>
+    </row>
+    <row r="27" spans="1:21" ht="44.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="517" t="s">
+        <v>264</v>
+      </c>
+      <c r="B27" s="517"/>
+      <c r="C27" s="517"/>
+      <c r="D27" s="517"/>
+      <c r="E27" s="517"/>
+      <c r="F27" s="517"/>
+      <c r="G27" s="517"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
-      <c r="S27" s="290"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S27" s="283"/>
+      <c r="T27" s="283"/>
+      <c r="U27" s="283"/>
+    </row>
+    <row r="28" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A28" s="1"/>
       <c r="B28" s="1"/>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
-      <c r="S28" s="290"/>
-[...3 lines deleted...]
-    <row r="29" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S28" s="283"/>
+      <c r="T28" s="283"/>
+      <c r="U28" s="283"/>
+    </row>
+    <row r="29" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A29" s="1"/>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
-      <c r="S29" s="290"/>
-[...3 lines deleted...]
-    <row r="30" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="S29" s="283"/>
+      <c r="T29" s="283"/>
+      <c r="U29" s="283"/>
+    </row>
+    <row r="30" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A30" s="1"/>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
-      <c r="S30" s="290"/>
-[...1 lines deleted...]
-      <c r="U30" s="290"/>
+      <c r="S30" s="283"/>
+      <c r="T30" s="283"/>
+      <c r="U30" s="283"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A27:G27"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:P44"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27" style="1" customWidth="1"/>
-    <col min="2" max="13" width="9.7109375" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="15" max="16384" width="8.85546875" style="1"/>
+    <col min="2" max="13" width="9.7265625" style="1" customWidth="1"/>
+    <col min="14" max="14" width="3.453125" style="1" customWidth="1"/>
+    <col min="15" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...2 lines deleted...]
-    <row r="4" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
-        <v>267</v>
-[...4 lines deleted...]
-    <row r="7" spans="1:13" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:13" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="18" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B7" s="27" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="27" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="27" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="27" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="27" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="27" t="s">
         <v>6</v>
       </c>
       <c r="H7" s="27" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="27" t="s">
         <v>8</v>
       </c>
       <c r="J7" s="27" t="s">
         <v>9</v>
       </c>
       <c r="K7" s="27" t="s">
         <v>10</v>
       </c>
       <c r="L7" s="27" t="s">
         <v>11</v>
       </c>
       <c r="M7" s="27" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="101" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="102" t="s">
         <v>15</v>
       </c>
-      <c r="C8" s="102" t="s">
+      <c r="D8" s="102" t="s">
         <v>16</v>
       </c>
-      <c r="D8" s="102" t="s">
+      <c r="E8" s="102" t="s">
         <v>17</v>
       </c>
-      <c r="E8" s="102" t="s">
+      <c r="F8" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="F8" s="102" t="s">
+      <c r="G8" s="102" t="s">
         <v>19</v>
       </c>
-      <c r="G8" s="102" t="s">
+      <c r="H8" s="102" t="s">
         <v>20</v>
       </c>
-      <c r="H8" s="102" t="s">
+      <c r="I8" s="102" t="s">
         <v>21</v>
       </c>
-      <c r="I8" s="102" t="s">
+      <c r="J8" s="102" t="s">
         <v>22</v>
       </c>
-      <c r="J8" s="102" t="s">
+      <c r="K8" s="102" t="s">
         <v>23</v>
       </c>
-      <c r="K8" s="102" t="s">
+      <c r="L8" s="102" t="s">
         <v>24</v>
       </c>
-      <c r="L8" s="102" t="s">
+      <c r="M8" s="103" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="20" t="s">
+        <v>267</v>
+      </c>
+      <c r="B9" s="104" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="78" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="G9" s="78" t="s">
+        <v>20</v>
+      </c>
+      <c r="H9" s="78" t="s">
+        <v>21</v>
+      </c>
+      <c r="I9" s="78" t="s">
+        <v>22</v>
+      </c>
+      <c r="J9" s="78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" s="78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" s="78" t="s">
+        <v>13</v>
+      </c>
+      <c r="M9" s="94" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="105" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="77" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" s="77" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" s="77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" s="77" t="s">
+        <v>21</v>
+      </c>
+      <c r="H10" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="I10" s="77" t="s">
+        <v>23</v>
+      </c>
+      <c r="J10" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="K10" s="77" t="s">
+        <v>13</v>
+      </c>
+      <c r="L10" s="77" t="s">
+        <v>14</v>
+      </c>
+      <c r="M10" s="93" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="20" t="s">
+        <v>268</v>
+      </c>
+      <c r="B11" s="106" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="79" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" s="79" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" s="79" t="s">
+        <v>29</v>
+      </c>
+      <c r="F11" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="G11" s="79" t="s">
+        <v>31</v>
+      </c>
+      <c r="H11" s="79" t="s">
+        <v>32</v>
+      </c>
+      <c r="I11" s="79" t="s">
+        <v>33</v>
+      </c>
+      <c r="J11" s="79" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" s="79" t="s">
+        <v>35</v>
+      </c>
+      <c r="L11" s="79" t="s">
+        <v>36</v>
+      </c>
+      <c r="M11" s="95" t="s">
         <v>25</v>
       </c>
-      <c r="M8" s="103" t="s">
+    </row>
+    <row r="12" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="107" t="s">
+        <v>38</v>
+      </c>
+      <c r="C12" s="80" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" s="80" t="s">
+        <v>40</v>
+      </c>
+      <c r="E12" s="80" t="s">
+        <v>41</v>
+      </c>
+      <c r="F12" s="80" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="H12" s="80" t="s">
+        <v>44</v>
+      </c>
+      <c r="I12" s="80" t="s">
+        <v>45</v>
+      </c>
+      <c r="J12" s="80" t="s">
+        <v>46</v>
+      </c>
+      <c r="K12" s="80" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" s="80" t="s">
+        <v>48</v>
+      </c>
+      <c r="M12" s="96" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="168" t="s">
+        <v>269</v>
+      </c>
+      <c r="B13" s="144" t="s">
+        <v>27</v>
+      </c>
+      <c r="C13" s="129" t="s">
+        <v>28</v>
+      </c>
+      <c r="D13" s="129" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="129" t="s">
+        <v>30</v>
+      </c>
+      <c r="F13" s="129" t="s">
+        <v>31</v>
+      </c>
+      <c r="G13" s="129" t="s">
+        <v>32</v>
+      </c>
+      <c r="H13" s="129" t="s">
+        <v>33</v>
+      </c>
+      <c r="I13" s="129" t="s">
+        <v>34</v>
+      </c>
+      <c r="J13" s="129" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" s="129" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" s="129" t="s">
+        <v>25</v>
+      </c>
+      <c r="M13" s="152" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="B14" s="153" t="s">
+        <v>15</v>
+      </c>
+      <c r="C14" s="76" t="s">
+        <v>16</v>
+      </c>
+      <c r="D14" s="76" t="s">
+        <v>17</v>
+      </c>
+      <c r="E14" s="76" t="s">
+        <v>18</v>
+      </c>
+      <c r="F14" s="76" t="s">
+        <v>19</v>
+      </c>
+      <c r="G14" s="76" t="s">
+        <v>20</v>
+      </c>
+      <c r="H14" s="76" t="s">
+        <v>21</v>
+      </c>
+      <c r="I14" s="76" t="s">
+        <v>22</v>
+      </c>
+      <c r="J14" s="76" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" s="76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" s="76" t="s">
+        <v>13</v>
+      </c>
+      <c r="M14" s="154" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="9" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B9" s="104" t="s">
+    <row r="15" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="B15" s="106" t="s">
         <v>16</v>
       </c>
-      <c r="C9" s="78" t="s">
+      <c r="C15" s="79" t="s">
         <v>17</v>
       </c>
-      <c r="D9" s="78" t="s">
+      <c r="D15" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="E9" s="78" t="s">
+      <c r="E15" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="F9" s="78" t="s">
+      <c r="F15" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="G9" s="78" t="s">
+      <c r="G15" s="79" t="s">
         <v>21</v>
       </c>
-      <c r="H9" s="78" t="s">
+      <c r="H15" s="79" t="s">
         <v>22</v>
       </c>
-      <c r="I9" s="78" t="s">
+      <c r="I15" s="79" t="s">
         <v>23</v>
       </c>
-      <c r="J9" s="78" t="s">
+      <c r="J15" s="79" t="s">
         <v>24</v>
       </c>
-      <c r="K9" s="78" t="s">
+      <c r="K15" s="79" t="s">
+        <v>13</v>
+      </c>
+      <c r="L15" s="79" t="s">
+        <v>14</v>
+      </c>
+      <c r="M15" s="95" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A16" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B16" s="107" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" s="80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" s="80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" s="80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" s="80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16" s="80" t="s">
+        <v>23</v>
+      </c>
+      <c r="I16" s="80" t="s">
+        <v>24</v>
+      </c>
+      <c r="J16" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="K16" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="L16" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="M16" s="96" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A17" s="20" t="s">
+        <v>270</v>
+      </c>
+      <c r="B17" s="106" t="s">
+        <v>27</v>
+      </c>
+      <c r="C17" s="79" t="s">
+        <v>28</v>
+      </c>
+      <c r="D17" s="79" t="s">
+        <v>29</v>
+      </c>
+      <c r="E17" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="F17" s="79" t="s">
+        <v>31</v>
+      </c>
+      <c r="G17" s="79" t="s">
+        <v>32</v>
+      </c>
+      <c r="H17" s="79" t="s">
+        <v>33</v>
+      </c>
+      <c r="I17" s="79" t="s">
+        <v>34</v>
+      </c>
+      <c r="J17" s="79" t="s">
+        <v>35</v>
+      </c>
+      <c r="K17" s="79" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" s="79" t="s">
         <v>25</v>
       </c>
-      <c r="L9" s="78" t="s">
-[...75 lines deleted...]
-      <c r="K11" s="79" t="s">
+      <c r="M17" s="95" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="B18" s="107" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" s="80" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" s="80" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" s="80" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" s="80" t="s">
+        <v>44</v>
+      </c>
+      <c r="H18" s="80" t="s">
+        <v>45</v>
+      </c>
+      <c r="I18" s="80" t="s">
+        <v>46</v>
+      </c>
+      <c r="J18" s="80" t="s">
+        <v>47</v>
+      </c>
+      <c r="K18" s="80" t="s">
+        <v>48</v>
+      </c>
+      <c r="L18" s="80" t="s">
         <v>37</v>
       </c>
-      <c r="L11" s="79" t="s">
+      <c r="M18" s="96" t="s">
         <v>38</v>
       </c>
-      <c r="M11" s="95" t="s">
-[...278 lines deleted...]
-    <row r="19" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="19" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="150"/>
       <c r="B19" s="144" t="s">
+        <v>28</v>
+      </c>
+      <c r="C19" s="129" t="s">
+        <v>29</v>
+      </c>
+      <c r="D19" s="129" t="s">
         <v>30</v>
       </c>
-      <c r="C19" s="129" t="s">
+      <c r="E19" s="129" t="s">
         <v>31</v>
       </c>
-      <c r="D19" s="129" t="s">
+      <c r="F19" s="129" t="s">
         <v>32</v>
       </c>
-      <c r="E19" s="129" t="s">
+      <c r="G19" s="129" t="s">
         <v>33</v>
       </c>
-      <c r="F19" s="129" t="s">
+      <c r="H19" s="129" t="s">
         <v>34</v>
       </c>
-      <c r="G19" s="129" t="s">
+      <c r="I19" s="129" t="s">
         <v>35</v>
       </c>
-      <c r="H19" s="129" t="s">
+      <c r="J19" s="129" t="s">
         <v>36</v>
       </c>
-      <c r="I19" s="129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K19" s="129" t="s">
+        <v>25</v>
+      </c>
+      <c r="L19" s="129" t="s">
+        <v>26</v>
+      </c>
+      <c r="M19" s="152" t="s">
         <v>27</v>
       </c>
-      <c r="L19" s="129" t="s">
-[...6 lines deleted...]
-    <row r="20" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="20" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="10"/>
       <c r="B20" s="11"/>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11"/>
       <c r="F20" s="11"/>
       <c r="G20" s="11"/>
       <c r="H20" s="11"/>
       <c r="I20" s="11"/>
       <c r="J20" s="11"/>
       <c r="K20" s="11"/>
       <c r="L20" s="11"/>
       <c r="M20" s="11"/>
     </row>
-    <row r="21" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="10"/>
       <c r="B21" s="11"/>
       <c r="C21" s="11"/>
       <c r="D21" s="11"/>
       <c r="E21" s="11"/>
       <c r="F21" s="11"/>
       <c r="G21" s="11"/>
       <c r="H21" s="11"/>
       <c r="I21" s="11"/>
       <c r="J21" s="11"/>
       <c r="K21" s="11"/>
       <c r="L21" s="11"/>
       <c r="M21" s="11"/>
     </row>
-    <row r="23" spans="1:13" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:13" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="18" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B23" s="27" t="s">
         <v>1</v>
       </c>
       <c r="C23" s="27" t="s">
         <v>2</v>
       </c>
       <c r="D23" s="27" t="s">
         <v>3</v>
       </c>
       <c r="E23" s="27" t="s">
         <v>4</v>
       </c>
       <c r="F23" s="27" t="s">
         <v>5</v>
       </c>
       <c r="G23" s="27" t="s">
         <v>6</v>
       </c>
       <c r="H23" s="27" t="s">
         <v>7</v>
       </c>
       <c r="I23" s="27" t="s">
         <v>8</v>
       </c>
       <c r="J23" s="27" t="s">
         <v>9</v>
       </c>
       <c r="K23" s="27" t="s">
         <v>10</v>
       </c>
       <c r="L23" s="27" t="s">
         <v>11</v>
       </c>
       <c r="M23" s="27" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="24" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B24" s="166" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="102" t="s">
         <v>15</v>
       </c>
-      <c r="C24" s="102" t="s">
+      <c r="D24" s="102" t="s">
         <v>16</v>
       </c>
-      <c r="D24" s="102" t="s">
+      <c r="E24" s="102" t="s">
         <v>17</v>
       </c>
-      <c r="E24" s="102" t="s">
+      <c r="F24" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="F24" s="102" t="s">
+      <c r="G24" s="102" t="s">
         <v>19</v>
       </c>
-      <c r="G24" s="102" t="s">
+      <c r="H24" s="102" t="s">
         <v>20</v>
       </c>
-      <c r="H24" s="102" t="s">
+      <c r="I24" s="102" t="s">
         <v>21</v>
       </c>
-      <c r="I24" s="102" t="s">
+      <c r="J24" s="102" t="s">
         <v>22</v>
       </c>
-      <c r="J24" s="102" t="s">
+      <c r="K24" s="102" t="s">
         <v>23</v>
       </c>
-      <c r="K24" s="102" t="s">
+      <c r="L24" s="102" t="s">
         <v>24</v>
       </c>
-      <c r="L24" s="102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M24" s="103" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="20" t="s">
+        <v>272</v>
+      </c>
+      <c r="B25" s="104" t="s">
+        <v>15</v>
+      </c>
+      <c r="C25" s="78" t="s">
+        <v>16</v>
+      </c>
+      <c r="D25" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="E25" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="F25" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="G25" s="78" t="s">
+        <v>20</v>
+      </c>
+      <c r="H25" s="78" t="s">
+        <v>21</v>
+      </c>
+      <c r="I25" s="78" t="s">
+        <v>22</v>
+      </c>
+      <c r="J25" s="78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" s="78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" s="78" t="s">
+        <v>13</v>
+      </c>
+      <c r="M25" s="94" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="25" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...40 lines deleted...]
-    <row r="26" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="20"/>
       <c r="B26" s="105" t="s">
+        <v>16</v>
+      </c>
+      <c r="C26" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="C26" s="77" t="s">
+      <c r="D26" s="77" t="s">
         <v>18</v>
       </c>
-      <c r="D26" s="77" t="s">
+      <c r="E26" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E26" s="77" t="s">
+      <c r="F26" s="77" t="s">
         <v>20</v>
       </c>
-      <c r="F26" s="77" t="s">
+      <c r="G26" s="77" t="s">
         <v>21</v>
       </c>
-      <c r="G26" s="77" t="s">
+      <c r="H26" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="H26" s="77" t="s">
+      <c r="I26" s="77" t="s">
         <v>23</v>
       </c>
-      <c r="I26" s="77" t="s">
+      <c r="J26" s="77" t="s">
         <v>24</v>
       </c>
-      <c r="J26" s="77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K26" s="77" t="s">
+        <v>13</v>
+      </c>
+      <c r="L26" s="77" t="s">
         <v>14</v>
       </c>
-      <c r="L26" s="77" t="s">
+      <c r="M26" s="93" t="s">
         <v>15</v>
       </c>
-      <c r="M26" s="93" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="27" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="2"/>
       <c r="B27" s="106" t="s">
+        <v>26</v>
+      </c>
+      <c r="C27" s="79" t="s">
+        <v>27</v>
+      </c>
+      <c r="D27" s="79" t="s">
         <v>28</v>
       </c>
-      <c r="C27" s="79" t="s">
+      <c r="E27" s="79" t="s">
         <v>29</v>
       </c>
-      <c r="D27" s="79" t="s">
+      <c r="F27" s="79" t="s">
         <v>30</v>
       </c>
-      <c r="E27" s="79" t="s">
+      <c r="G27" s="79" t="s">
         <v>31</v>
       </c>
-      <c r="F27" s="79" t="s">
+      <c r="H27" s="79" t="s">
         <v>32</v>
       </c>
-      <c r="G27" s="79" t="s">
+      <c r="I27" s="79" t="s">
         <v>33</v>
       </c>
-      <c r="H27" s="79" t="s">
+      <c r="J27" s="79" t="s">
         <v>34</v>
       </c>
-      <c r="I27" s="79" t="s">
+      <c r="K27" s="79" t="s">
         <v>35</v>
       </c>
-      <c r="J27" s="79" t="s">
+      <c r="L27" s="79" t="s">
         <v>36</v>
       </c>
-      <c r="K27" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M27" s="95" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="2"/>
       <c r="B28" s="107" t="s">
+        <v>38</v>
+      </c>
+      <c r="C28" s="80" t="s">
+        <v>39</v>
+      </c>
+      <c r="D28" s="80" t="s">
         <v>40</v>
       </c>
-      <c r="C28" s="80" t="s">
+      <c r="E28" s="80" t="s">
         <v>41</v>
       </c>
-      <c r="D28" s="80" t="s">
+      <c r="F28" s="80" t="s">
         <v>42</v>
       </c>
-      <c r="E28" s="80" t="s">
+      <c r="G28" s="80" t="s">
         <v>43</v>
       </c>
-      <c r="F28" s="80" t="s">
+      <c r="H28" s="80" t="s">
         <v>44</v>
       </c>
-      <c r="G28" s="80" t="s">
+      <c r="I28" s="80" t="s">
         <v>45</v>
       </c>
-      <c r="H28" s="80" t="s">
+      <c r="J28" s="80" t="s">
         <v>46</v>
       </c>
-      <c r="I28" s="80" t="s">
+      <c r="K28" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J28" s="80" t="s">
+      <c r="L28" s="80" t="s">
         <v>48</v>
       </c>
-      <c r="K28" s="80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M28" s="96" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:13" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="167"/>
       <c r="B29" s="144" t="s">
+        <v>27</v>
+      </c>
+      <c r="C29" s="129" t="s">
+        <v>28</v>
+      </c>
+      <c r="D29" s="129" t="s">
         <v>29</v>
       </c>
-      <c r="C29" s="129" t="s">
+      <c r="E29" s="129" t="s">
         <v>30</v>
       </c>
-      <c r="D29" s="129" t="s">
+      <c r="F29" s="129" t="s">
         <v>31</v>
       </c>
-      <c r="E29" s="129" t="s">
+      <c r="G29" s="129" t="s">
         <v>32</v>
       </c>
-      <c r="F29" s="129" t="s">
+      <c r="H29" s="129" t="s">
         <v>33</v>
       </c>
-      <c r="G29" s="129" t="s">
+      <c r="I29" s="129" t="s">
         <v>34</v>
       </c>
-      <c r="H29" s="129" t="s">
+      <c r="J29" s="129" t="s">
         <v>35</v>
       </c>
-      <c r="I29" s="129" t="s">
+      <c r="K29" s="129" t="s">
         <v>36</v>
       </c>
-      <c r="J29" s="129" t="s">
+      <c r="L29" s="129" t="s">
+        <v>25</v>
+      </c>
+      <c r="M29" s="152" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="B30" s="153" t="s">
+        <v>15</v>
+      </c>
+      <c r="C30" s="76" t="s">
+        <v>16</v>
+      </c>
+      <c r="D30" s="76" t="s">
+        <v>17</v>
+      </c>
+      <c r="E30" s="76" t="s">
+        <v>18</v>
+      </c>
+      <c r="F30" s="76" t="s">
+        <v>19</v>
+      </c>
+      <c r="G30" s="76" t="s">
+        <v>20</v>
+      </c>
+      <c r="H30" s="76" t="s">
+        <v>21</v>
+      </c>
+      <c r="I30" s="76" t="s">
+        <v>22</v>
+      </c>
+      <c r="J30" s="76" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" s="76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" s="76" t="s">
+        <v>13</v>
+      </c>
+      <c r="M30" s="154" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="B31" s="106" t="s">
+        <v>16</v>
+      </c>
+      <c r="C31" s="79" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="E31" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="F31" s="79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" s="79" t="s">
+        <v>21</v>
+      </c>
+      <c r="H31" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="I31" s="79" t="s">
+        <v>23</v>
+      </c>
+      <c r="J31" s="79" t="s">
+        <v>24</v>
+      </c>
+      <c r="K31" s="79" t="s">
+        <v>13</v>
+      </c>
+      <c r="L31" s="79" t="s">
+        <v>14</v>
+      </c>
+      <c r="M31" s="95" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" ht="13" x14ac:dyDescent="0.3">
+      <c r="A32" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B32" s="107" t="s">
+        <v>17</v>
+      </c>
+      <c r="C32" s="80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" s="80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" s="80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" s="80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32" s="80" t="s">
+        <v>23</v>
+      </c>
+      <c r="I32" s="80" t="s">
+        <v>24</v>
+      </c>
+      <c r="J32" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="K32" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="L32" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="M32" s="96" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="13" x14ac:dyDescent="0.3">
+      <c r="A33" s="20" t="s">
+        <v>273</v>
+      </c>
+      <c r="B33" s="106" t="s">
+        <v>27</v>
+      </c>
+      <c r="C33" s="79" t="s">
+        <v>28</v>
+      </c>
+      <c r="D33" s="79" t="s">
+        <v>29</v>
+      </c>
+      <c r="E33" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="F33" s="79" t="s">
+        <v>31</v>
+      </c>
+      <c r="G33" s="79" t="s">
+        <v>32</v>
+      </c>
+      <c r="H33" s="79" t="s">
+        <v>33</v>
+      </c>
+      <c r="I33" s="79" t="s">
+        <v>34</v>
+      </c>
+      <c r="J33" s="79" t="s">
+        <v>35</v>
+      </c>
+      <c r="K33" s="79" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33" s="79" t="s">
+        <v>25</v>
+      </c>
+      <c r="M33" s="95" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="13" x14ac:dyDescent="0.3">
+      <c r="B34" s="107" t="s">
+        <v>39</v>
+      </c>
+      <c r="C34" s="80" t="s">
+        <v>40</v>
+      </c>
+      <c r="D34" s="80" t="s">
+        <v>41</v>
+      </c>
+      <c r="E34" s="80" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" s="80" t="s">
+        <v>43</v>
+      </c>
+      <c r="G34" s="80" t="s">
+        <v>44</v>
+      </c>
+      <c r="H34" s="80" t="s">
+        <v>45</v>
+      </c>
+      <c r="I34" s="80" t="s">
+        <v>46</v>
+      </c>
+      <c r="J34" s="80" t="s">
+        <v>47</v>
+      </c>
+      <c r="K34" s="80" t="s">
+        <v>48</v>
+      </c>
+      <c r="L34" s="80" t="s">
         <v>37</v>
       </c>
-      <c r="K29" s="129" t="s">
+      <c r="M34" s="96" t="s">
         <v>38</v>
       </c>
-      <c r="L29" s="129" t="s">
-[...202 lines deleted...]
-    <row r="35" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="35" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" s="150"/>
       <c r="B35" s="144" t="s">
+        <v>28</v>
+      </c>
+      <c r="C35" s="129" t="s">
+        <v>29</v>
+      </c>
+      <c r="D35" s="129" t="s">
         <v>30</v>
       </c>
-      <c r="C35" s="129" t="s">
+      <c r="E35" s="129" t="s">
         <v>31</v>
       </c>
-      <c r="D35" s="129" t="s">
+      <c r="F35" s="129" t="s">
         <v>32</v>
       </c>
-      <c r="E35" s="129" t="s">
+      <c r="G35" s="129" t="s">
         <v>33</v>
       </c>
-      <c r="F35" s="129" t="s">
+      <c r="H35" s="129" t="s">
         <v>34</v>
       </c>
-      <c r="G35" s="129" t="s">
+      <c r="I35" s="129" t="s">
         <v>35</v>
       </c>
-      <c r="H35" s="129" t="s">
+      <c r="J35" s="129" t="s">
         <v>36</v>
       </c>
-      <c r="I35" s="129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K35" s="129" t="s">
+        <v>25</v>
+      </c>
+      <c r="L35" s="129" t="s">
+        <v>26</v>
+      </c>
+      <c r="M35" s="152" t="s">
         <v>27</v>
       </c>
-      <c r="L35" s="129" t="s">
-[...6 lines deleted...]
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
+    </row>
+    <row r="36" spans="1:16" ht="13" x14ac:dyDescent="0.3">
       <c r="B36" s="3"/>
       <c r="C36" s="3"/>
       <c r="D36" s="3"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="J36" s="3"/>
       <c r="K36" s="3"/>
       <c r="L36" s="3"/>
       <c r="M36" s="3"/>
     </row>
-    <row r="37" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="18" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B37" s="27" t="s">
         <v>1</v>
       </c>
       <c r="C37" s="27" t="s">
         <v>2</v>
       </c>
       <c r="D37" s="27" t="s">
         <v>3</v>
       </c>
       <c r="E37" s="27" t="s">
         <v>4</v>
       </c>
       <c r="F37" s="27" t="s">
         <v>5</v>
       </c>
       <c r="G37" s="27" t="s">
         <v>6</v>
       </c>
       <c r="H37" s="27" t="s">
         <v>7</v>
       </c>
       <c r="I37" s="27" t="s">
         <v>8</v>
       </c>
       <c r="J37" s="27" t="s">
         <v>9</v>
       </c>
       <c r="K37" s="27" t="s">
         <v>10</v>
       </c>
       <c r="L37" s="27" t="s">
         <v>11</v>
       </c>
       <c r="M37" s="27" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="38" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="150" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="B38" s="216" t="s">
+        <v>275</v>
+      </c>
+      <c r="B38" s="214" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="215" t="s">
         <v>15</v>
       </c>
-      <c r="C38" s="217" t="s">
+      <c r="D38" s="215" t="s">
         <v>16</v>
       </c>
-      <c r="D38" s="217" t="s">
+      <c r="E38" s="215" t="s">
         <v>17</v>
       </c>
-      <c r="E38" s="217" t="s">
+      <c r="F38" s="215" t="s">
         <v>18</v>
       </c>
-      <c r="F38" s="217" t="s">
+      <c r="G38" s="215" t="s">
         <v>19</v>
       </c>
-      <c r="G38" s="217" t="s">
+      <c r="H38" s="215" t="s">
         <v>20</v>
       </c>
-      <c r="H38" s="217" t="s">
+      <c r="I38" s="215" t="s">
         <v>21</v>
       </c>
-      <c r="I38" s="217" t="s">
+      <c r="J38" s="215" t="s">
         <v>22</v>
       </c>
-      <c r="J38" s="217" t="s">
+      <c r="K38" s="215" t="s">
         <v>23</v>
       </c>
-      <c r="K38" s="217" t="s">
+      <c r="L38" s="215" t="s">
         <v>24</v>
       </c>
-      <c r="L38" s="217" t="s">
-[...6 lines deleted...]
-    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="M38" s="216" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="13" x14ac:dyDescent="0.3">
       <c r="B39" s="3"/>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="13" x14ac:dyDescent="0.3">
       <c r="A40" s="3"/>
       <c r="N40" s="3"/>
       <c r="O40" s="3"/>
       <c r="P40" s="3"/>
     </row>
-    <row r="41" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="2" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="13" x14ac:dyDescent="0.3">
       <c r="A42" s="4"/>
       <c r="B42" s="59"/>
       <c r="C42" s="59"/>
       <c r="D42" s="59"/>
       <c r="E42" s="59"/>
       <c r="F42" s="59"/>
       <c r="G42" s="59"/>
       <c r="H42" s="59"/>
       <c r="I42" s="59"/>
       <c r="J42" s="59"/>
       <c r="K42" s="59"/>
       <c r="L42" s="59"/>
       <c r="M42" s="59"/>
       <c r="N42" s="2"/>
     </row>
-    <row r="43" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-      <c r="E44" s="506"/>
+    <row r="43" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="529" t="s">
+        <v>276</v>
+      </c>
+      <c r="B43" s="529"/>
+      <c r="C43" s="529"/>
+      <c r="D43" s="529"/>
+      <c r="E43" s="529"/>
+    </row>
+    <row r="44" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A44" s="529"/>
+      <c r="B44" s="529"/>
+      <c r="C44" s="529"/>
+      <c r="D44" s="529"/>
+      <c r="E44" s="529"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A43:E44"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A4:P15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H26" sqref="H26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27" style="23" customWidth="1"/>
-    <col min="2" max="13" width="9.7109375" style="23" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="15" max="16384" width="8.85546875" style="23"/>
+    <col min="2" max="13" width="9.7265625" style="23" customWidth="1"/>
+    <col min="14" max="14" width="3.453125" style="23" customWidth="1"/>
+    <col min="15" max="16384" width="8.81640625" style="23"/>
   </cols>
   <sheetData>
-    <row r="4" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:16" ht="13" x14ac:dyDescent="0.3">
       <c r="A4" s="30"/>
       <c r="B4" s="30"/>
       <c r="C4" s="30"/>
       <c r="D4" s="30"/>
       <c r="E4" s="30"/>
       <c r="F4" s="30"/>
       <c r="G4" s="30"/>
       <c r="H4" s="30"/>
       <c r="I4" s="30"/>
       <c r="J4" s="30"/>
       <c r="K4" s="30"/>
       <c r="L4" s="30"/>
       <c r="M4" s="30"/>
       <c r="N4" s="30"/>
       <c r="O4" s="30"/>
       <c r="P4" s="30"/>
     </row>
-    <row r="5" spans="1:16" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-    <row r="7" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:16" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A7" s="34"/>
       <c r="B7" s="35" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="35" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="35" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="35" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="35" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="35" t="s">
         <v>6</v>
       </c>
       <c r="H7" s="35" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="35" t="s">
         <v>8</v>
       </c>
       <c r="J7" s="35" t="s">
         <v>9</v>
       </c>
       <c r="K7" s="35" t="s">
         <v>10</v>
       </c>
       <c r="L7" s="35" t="s">
         <v>11</v>
       </c>
       <c r="M7" s="35" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A8" s="36" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B8" s="37"/>
       <c r="C8" s="37"/>
       <c r="D8" s="37"/>
       <c r="E8" s="37"/>
       <c r="F8" s="37"/>
       <c r="G8" s="37"/>
       <c r="H8" s="37"/>
       <c r="I8" s="37"/>
       <c r="J8" s="37"/>
       <c r="K8" s="37"/>
       <c r="L8" s="37"/>
       <c r="M8" s="36"/>
     </row>
-    <row r="9" spans="1:16" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="220" t="s">
+    <row r="9" spans="1:16" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="218" t="s">
+        <v>279</v>
+      </c>
+      <c r="B9" s="219" t="s">
+        <v>280</v>
+      </c>
+      <c r="C9" s="219" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="219" t="s">
+        <v>240</v>
+      </c>
+      <c r="E9" s="219" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" s="219" t="s">
+        <v>236</v>
+      </c>
+      <c r="G9" s="219" t="s">
+        <v>20</v>
+      </c>
+      <c r="H9" s="219" t="s">
         <v>281</v>
       </c>
-      <c r="B9" s="221" t="s">
+      <c r="I9" s="219" t="s">
+        <v>24</v>
+      </c>
+      <c r="J9" s="219" t="s">
+        <v>24</v>
+      </c>
+      <c r="K9" s="219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" s="219" t="s">
+        <v>60</v>
+      </c>
+      <c r="M9" s="219" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="220" t="s">
         <v>282</v>
       </c>
-      <c r="C9" s="221" t="s">
+      <c r="B10" s="221" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="221" t="s">
+        <v>226</v>
+      </c>
+      <c r="D10" s="221" t="s">
         <v>17</v>
       </c>
-      <c r="D9" s="221" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="221" t="s">
+      <c r="E10" s="221" t="s">
+        <v>227</v>
+      </c>
+      <c r="F10" s="221" t="s">
         <v>19</v>
       </c>
-      <c r="F9" s="221" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="221" t="s">
+      <c r="G10" s="221" t="s">
+        <v>228</v>
+      </c>
+      <c r="H10" s="221" t="s">
         <v>21</v>
       </c>
-      <c r="H9" s="221" t="s">
-[...14 lines deleted...]
-      <c r="M9" s="221" t="s">
+      <c r="I10" s="221" t="s">
+        <v>229</v>
+      </c>
+      <c r="J10" s="221" t="s">
+        <v>24</v>
+      </c>
+      <c r="K10" s="221" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" s="221" t="s">
+        <v>60</v>
+      </c>
+      <c r="M10" s="221" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="10" spans="1:16" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...40 lines deleted...]
-    <row r="11" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A11" s="21"/>
       <c r="B11" s="11"/>
       <c r="C11" s="11"/>
       <c r="D11" s="11"/>
       <c r="E11" s="11"/>
       <c r="F11" s="11"/>
       <c r="G11" s="11"/>
       <c r="H11" s="11"/>
       <c r="I11" s="11"/>
       <c r="J11" s="11"/>
       <c r="K11" s="11"/>
       <c r="L11" s="11"/>
       <c r="M11" s="11"/>
     </row>
-    <row r="12" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
-        <v>285</v>
-[...17 lines deleted...]
-      <c r="M13" s="508"/>
+        <v>283</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" s="1" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="530" t="s">
+        <v>284</v>
+      </c>
+      <c r="B13" s="531"/>
+      <c r="C13" s="531"/>
+      <c r="D13" s="531"/>
+      <c r="E13" s="531"/>
+      <c r="F13" s="531"/>
+      <c r="G13" s="531"/>
+      <c r="H13" s="531"/>
+      <c r="I13" s="531"/>
+      <c r="J13" s="531"/>
+      <c r="K13" s="531"/>
+      <c r="L13" s="531"/>
+      <c r="M13" s="531"/>
       <c r="N13" s="2"/>
     </row>
-    <row r="14" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" s="1" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A14" s="4"/>
       <c r="N14" s="2"/>
     </row>
-    <row r="15" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="10"/>
       <c r="B15" s="10"/>
       <c r="C15" s="10"/>
       <c r="D15" s="10"/>
       <c r="E15" s="10"/>
       <c r="F15" s="10"/>
       <c r="G15" s="10"/>
       <c r="H15" s="10"/>
       <c r="I15" s="10"/>
       <c r="J15" s="10"/>
       <c r="K15" s="10"/>
       <c r="L15" s="10"/>
       <c r="M15" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A13:M13"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{99BE0AF7-500A-4277-AAB9-734E41ECD529}">
   <dimension ref="A4:C26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G20" sqref="G20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="79.140625" customWidth="1"/>
+    <col min="1" max="1" width="79.1796875" customWidth="1"/>
     <col min="3" max="3" width="11" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A4" s="290" t="s">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A4" s="283" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A5" s="283"/>
+    </row>
+    <row r="6" spans="1:3" ht="26.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="170" t="s">
+        <v>286</v>
+      </c>
+      <c r="B6" s="196" t="s">
         <v>287</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="A6" s="170" t="s">
+      <c r="C6" s="196" t="s">
         <v>288</v>
       </c>
-      <c r="B6" s="196" t="s">
+    </row>
+    <row r="7" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A7" s="2" t="s">
         <v>289</v>
-      </c>
-[...6 lines deleted...]
-        <v>291</v>
       </c>
       <c r="B7" s="197"/>
       <c r="C7" s="197"/>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A8" s="269" t="s">
+    <row r="8" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A8" s="262" t="s">
+        <v>290</v>
+      </c>
+      <c r="B8" s="263" t="s">
+        <v>291</v>
+      </c>
+      <c r="C8" s="264">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="265" t="s">
         <v>292</v>
       </c>
-      <c r="B8" s="270" t="s">
+      <c r="B9" s="223" t="s">
         <v>293</v>
       </c>
-      <c r="C8" s="271">
+      <c r="C9" s="266">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A10" s="267" t="s">
+        <v>294</v>
+      </c>
+      <c r="B10" s="222" t="s">
+        <v>295</v>
+      </c>
+      <c r="C10" s="268">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="265" t="s">
+        <v>296</v>
+      </c>
+      <c r="B11" s="223" t="s">
+        <v>297</v>
+      </c>
+      <c r="C11" s="266">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A12" s="269" t="s">
+        <v>298</v>
+      </c>
+      <c r="B12" s="253" t="s">
+        <v>299</v>
+      </c>
+      <c r="C12" s="270">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A13" s="271" t="s">
+        <v>300</v>
+      </c>
+      <c r="B13" s="255" t="s">
+        <v>301</v>
+      </c>
+      <c r="C13" s="272">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="269" t="s">
+        <v>302</v>
+      </c>
+      <c r="B14" s="253" t="s">
+        <v>303</v>
+      </c>
+      <c r="C14" s="270">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A15" s="273" t="s">
+        <v>304</v>
+      </c>
+      <c r="B15" s="256" t="s">
+        <v>305</v>
+      </c>
+      <c r="C15" s="274">
         <v>350</v>
       </c>
     </row>
-    <row r="9" spans="1:3" s="214" customFormat="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C9" s="273">
+    <row r="16" spans="1:3" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="275" t="s">
+        <v>306</v>
+      </c>
+      <c r="B16" s="254" t="s">
+        <v>307</v>
+      </c>
+      <c r="C16" s="276">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A17" s="273" t="s">
+        <v>308</v>
+      </c>
+      <c r="B17" s="256" t="s">
+        <v>309</v>
+      </c>
+      <c r="C17" s="274">
         <v>347</v>
       </c>
     </row>
-    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="C11" s="273">
+    <row r="18" spans="1:3" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="267" t="s">
+        <v>310</v>
+      </c>
+      <c r="B18" s="222" t="s">
+        <v>311</v>
+      </c>
+      <c r="C18" s="268">
         <v>349</v>
       </c>
     </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
-[...61 lines deleted...]
-      <c r="C17" s="281">
+    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A19" s="273" t="s">
+        <v>312</v>
+      </c>
+      <c r="B19" s="256" t="s">
+        <v>313</v>
+      </c>
+      <c r="C19" s="274">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" s="212" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="267" t="s">
+        <v>314</v>
+      </c>
+      <c r="B20" s="222" t="s">
+        <v>315</v>
+      </c>
+      <c r="C20" s="268">
         <v>347</v>
       </c>
     </row>
-    <row r="18" spans="1:3" s="214" customFormat="1" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-      <c r="A20" s="274" t="s">
+    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A21" s="273" t="s">
         <v>316</v>
       </c>
-      <c r="B20" s="224" t="s">
+      <c r="B21" s="256" t="s">
         <v>317</v>
       </c>
-      <c r="C20" s="275">
-[...4 lines deleted...]
-      <c r="A21" s="280" t="s">
+      <c r="C21" s="274">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A22" s="267" t="s">
         <v>318</v>
       </c>
-      <c r="B21" s="259" t="s">
+      <c r="B22" s="222" t="s">
         <v>319</v>
       </c>
-      <c r="C21" s="281">
+      <c r="C22" s="268">
         <v>248</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A22" s="274" t="s">
+    <row r="23" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="280" t="s">
         <v>320</v>
       </c>
-      <c r="B22" s="224" t="s">
+      <c r="B23" s="261" t="s">
         <v>321</v>
       </c>
-      <c r="C22" s="275">
-[...4 lines deleted...]
-      <c r="A23" s="287" t="s">
+      <c r="C23" s="277">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="281" t="s">
         <v>322</v>
       </c>
-      <c r="B23" s="268" t="s">
+      <c r="B24" s="253" t="s">
         <v>323</v>
       </c>
-      <c r="C23" s="284">
+      <c r="C24" s="270">
         <v>440</v>
       </c>
     </row>
-    <row r="24" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="288" t="s">
+    <row r="25" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="280" t="s">
         <v>324</v>
       </c>
-      <c r="B24" s="256" t="s">
+      <c r="B25" s="261" t="s">
         <v>325</v>
       </c>
-      <c r="C24" s="277">
-[...4 lines deleted...]
-      <c r="A25" s="287" t="s">
+      <c r="C25" s="277">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="282" t="s">
         <v>326</v>
       </c>
-      <c r="B25" s="268" t="s">
+      <c r="B26" s="278" t="s">
         <v>327</v>
       </c>
-      <c r="C25" s="284">
-[...10 lines deleted...]
-      <c r="C26" s="286">
+      <c r="C26" s="279">
         <v>439</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...12 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7310885f-f371-4a94-86fe-3d897443470c" xmlns:ns3="3d252bf1-5def-44fc-bcc8-085c932a4b4d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8992d08b6877266feb10d4b7d691f239" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100120E55DBD38F5B488F6C15361323E146" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="059d3b6d2c303b34e84d1de70816b2ab">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7310885f-f371-4a94-86fe-3d897443470c" xmlns:ns3="3d252bf1-5def-44fc-bcc8-085c932a4b4d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ad771d16c99b161d95a7a60b51f5141" ns2:_="" ns3:_="">
     <xsd:import namespace="7310885f-f371-4a94-86fe-3d897443470c"/>
     <xsd:import namespace="3d252bf1-5def-44fc-bcc8-085c932a4b4d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7310885f-f371-4a94-86fe-3d897443470c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="12" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="13" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="14" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c5bb2edb-ef37-4e78-ba8f-b956bfde2717" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="22" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3d252bf1-5def-44fc-bcc8-085c932a4b4d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{10cc84a3-eaf0-4adb-8a31-f02873920b9e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="3d252bf1-5def-44fc-bcc8-085c932a4b4d">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -31781,90 +31796,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="3d252bf1-5def-44fc-bcc8-085c932a4b4d">
+      <UserInfo>
+        <DisplayName>Lemkan, John</DisplayName>
+        <AccountId>32</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <TaxCatchAll xmlns="3d252bf1-5def-44fc-bcc8-085c932a4b4d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7310885f-f371-4a94-86fe-3d897443470c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34101F5B-2547-46C5-93CC-0487AF649DC7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17066620-1503-43C5-BC26-12BD4C471EF5}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B66CF70-5790-4207-9123-5D1633461D31}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7310885f-f371-4a94-86fe-3d897443470c"/>
     <ds:schemaRef ds:uri="3d252bf1-5def-44fc-bcc8-085c932a4b4d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57249D09-0663-48FC-9274-A61366DB8FF9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="3d252bf1-5def-44fc-bcc8-085c932a4b4d"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7310885f-f371-4a94-86fe-3d897443470c"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>