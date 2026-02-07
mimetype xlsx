--- v0 (2025-12-28)
+++ v1 (2026-02-07)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
-    <sheet sheetId="1" name="Product Slate Dec 28 2025" state="visible" r:id="rId4"/>
+    <sheet sheetId="1" name="Product Slate Feb 07 2026" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Clearing</t>
   </si>
   <si>
     <t>Globex</t>
   </si>
   <si>
     <t>Floor</t>
   </si>
   <si>
     <t>Clearport</t>
   </si>
   <si>
     <t>Exchange</t>
   </si>
@@ -461,44 +461,44 @@
   </sheetData>
   <autoFilter ref="A5:M5"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0" footer="0"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1" firstPageNumber="1" useFirstPageNumber="1" copies="1"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Product Slate Dec 28 2025</vt:lpstr>
+      <vt:lpstr>Product Slate Feb 07 2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>