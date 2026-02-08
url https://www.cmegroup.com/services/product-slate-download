--- v1 (2026-02-07)
+++ v2 (2026-02-08)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
-    <sheet sheetId="1" name="Product Slate Feb 07 2026" state="visible" r:id="rId4"/>
+    <sheet sheetId="1" name="Product Slate Feb 08 2026" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Clearing</t>
   </si>
   <si>
     <t>Globex</t>
   </si>
   <si>
     <t>Floor</t>
   </si>
   <si>
     <t>Clearport</t>
   </si>
   <si>
     <t>Exchange</t>
   </si>
@@ -461,44 +461,44 @@
   </sheetData>
   <autoFilter ref="A5:M5"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0" footer="0"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1" firstPageNumber="1" useFirstPageNumber="1" copies="1"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Product Slate Feb 07 2026</vt:lpstr>
+      <vt:lpstr>Product Slate Feb 08 2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>