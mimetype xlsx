--- v0 (2025-12-16)
+++ v1 (2026-02-08)
@@ -8,104 +8,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Programs\Products\surveillance_products_program\5 MASTER TABLES - CHAPTER 5\CBOT\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0CB8089F-2460-45F2-8F43-4AF5084003BA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3077480A-A76A-4788-9A1D-5B4638207979}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="44610" yWindow="-1665" windowWidth="36180" windowHeight="17745" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="29910" yWindow="6615" windowWidth="43200" windowHeight="11085" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CBOT " sheetId="1" r:id="rId1"/>
     <sheet name="Table Notes" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'CBOT '!$A$2:$AH$524</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'CBOT '!$A$2:$AH$525</definedName>
     <definedName name="OLE_LINK1" localSheetId="1">'Table Notes'!$A$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="T204" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="L217" i="1"/>
+  <c r="T205" i="1" l="1"/>
+  <c r="T492" i="1"/>
+  <c r="W256" i="1"/>
+  <c r="L256" i="1"/>
+  <c r="W218" i="1"/>
+  <c r="L218" i="1"/>
   <c r="AC98" i="1"/>
   <c r="W98" i="1"/>
   <c r="L98" i="1"/>
   <c r="AC78" i="1"/>
   <c r="W78" i="1"/>
   <c r="L78" i="1"/>
   <c r="AC76" i="1"/>
   <c r="W76" i="1"/>
   <c r="L76" i="1"/>
-  <c r="T208" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="T203" i="1"/>
+  <c r="T209" i="1" l="1"/>
+  <c r="T208" i="1"/>
+  <c r="T204" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5602" uniqueCount="1638">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5614" uniqueCount="1639">
   <si>
     <t>Spot-Month</t>
   </si>
   <si>
     <t>Single Month</t>
   </si>
   <si>
     <t>All Month</t>
   </si>
   <si>
     <t>Contract Name</t>
   </si>
   <si>
     <t>Rule Chapter</t>
   </si>
   <si>
     <t>Commodity Code</t>
   </si>
   <si>
     <t>Contract Size</t>
   </si>
   <si>
     <t>Contract Units</t>
   </si>
   <si>
@@ -5135,90 +5135,130 @@
   <si>
     <t>Options on Ukrainian Wheat (Platts) Futures (For the June through April Contract Months)</t>
   </si>
   <si>
     <t>For UWF: First trading day of the expiring contract month (For the June through April Contract Months)</t>
   </si>
   <si>
     <t>Options on Ukrainian Wheat (Platts) Futures (For the May Contract Month)</t>
   </si>
   <si>
     <t>For UWF: First trading day of the expiring contract month (For the May Contract Month)</t>
   </si>
   <si>
     <t>Black Sea Sunflower Oil Financially Settled (Platts) Futures (For the October through July Contract Months)</t>
   </si>
   <si>
     <t>Opening of trading on the first trading day of the month preceding the contract month (For the October through July Contract Months)</t>
   </si>
   <si>
     <t>Black Sea Sunflower Oil Financially Settled (Platts) Futures (For the August and September Contract Months)</t>
   </si>
   <si>
     <t>Opening of trading on the first trading day of the month preceding the contract month (For the August and September Contract Months)</t>
   </si>
   <si>
-    <t>FOB Santos Soybeans Financially Settled (Platts) Futures (For the March through July Contract Months)</t>
-[...1 lines deleted...]
-  <si>
     <t>Opening of trading on the first business day in the month prior to the contract month (For the March through July Contract Months)</t>
   </si>
   <si>
-    <t>FOB Santos Soybeans Financially Settled (Platts) Futures (For the August through February Contract Months)</t>
-[...1 lines deleted...]
-  <si>
     <t>Opening of trading on the first business day in the month prior to the contract month (For the August through February Contract Months)</t>
   </si>
   <si>
     <t>Event Contracts on Dow Jones Industrial Average Index Futures (10:00 A.M. ET)</t>
   </si>
   <si>
     <t>23A</t>
   </si>
   <si>
     <t>ECD10</t>
   </si>
   <si>
     <t>Event Contracts on Dow Jones Industrial Average Index Futures (11:00 A.M. ET)</t>
   </si>
   <si>
     <t>ECD11</t>
   </si>
   <si>
     <t>Event Contracts on Dow Jones Industrial Average Index Futures (1:00 P.M. ET)</t>
   </si>
   <si>
     <t>ECD13</t>
   </si>
   <si>
     <t>Event Contracts on Dow Jones Industrial Average Index Futures (3:00 P.M. ET)</t>
   </si>
   <si>
     <t>ECD15</t>
   </si>
   <si>
-    <t>Last updated December 7, 2025</t>
+    <t>Last updated January 6, 2026</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">FOB Santos Soybeans Financially Settled (Platts) Futures (For the March through July Contract Months) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Commencing with the March 2026 Contract Month and Beyond)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">FOB Santos Soybeans Financially Settled (Platts) Futures (For the August through February Contract Months) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Up to and Including the February 2026 Contract Month)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">FOB Santos Soybeans Financially Settled (Platts) Futures (For the August through February Contract Months) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Commencing with the March 2026 Contract Month and Beyond)</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="0;[Red]0"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
     <numFmt numFmtId="167" formatCode="00000"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -6551,63 +6591,63 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AJ526"/>
+  <dimension ref="A1:AJ527"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="3" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection activeCell="M236" sqref="M236"/>
       <selection pane="topRight" activeCell="M236" sqref="M236"/>
       <selection pane="bottomLeft" activeCell="M236" sqref="M236"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="95.42578125" style="4" customWidth="1"/>
+    <col min="1" max="1" width="109.85546875" style="4" customWidth="1"/>
     <col min="2" max="2" width="8.5703125" style="25" customWidth="1"/>
     <col min="3" max="3" width="13" style="6" customWidth="1"/>
     <col min="4" max="4" width="17.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.7109375" style="4" customWidth="1"/>
     <col min="6" max="6" width="12.28515625" style="4" customWidth="1"/>
     <col min="7" max="7" width="29.7109375" style="4" customWidth="1"/>
     <col min="8" max="8" width="13" style="4" customWidth="1"/>
     <col min="9" max="9" width="11.5703125" style="7" customWidth="1"/>
     <col min="10" max="10" width="9.5703125" style="15" customWidth="1"/>
     <col min="11" max="11" width="13" style="4" customWidth="1"/>
     <col min="12" max="13" width="10.42578125" style="4" customWidth="1"/>
     <col min="14" max="14" width="13.28515625" style="4" customWidth="1"/>
     <col min="15" max="15" width="11.28515625" style="4" customWidth="1"/>
     <col min="16" max="17" width="13.42578125" style="4" customWidth="1"/>
     <col min="18" max="18" width="13.28515625" style="4" customWidth="1"/>
     <col min="19" max="19" width="100.7109375" style="4" customWidth="1"/>
     <col min="20" max="20" width="18.28515625" style="4" customWidth="1"/>
     <col min="21" max="21" width="17.28515625" style="4" customWidth="1"/>
     <col min="22" max="22" width="18.28515625" style="4" customWidth="1"/>
     <col min="23" max="23" width="12.28515625" style="4" customWidth="1"/>
     <col min="24" max="24" width="11.7109375" style="4" customWidth="1"/>
     <col min="25" max="25" width="18.7109375" style="4" customWidth="1"/>
     <col min="26" max="26" width="18.28515625" style="4" customWidth="1"/>
     <col min="27" max="27" width="12" style="4" customWidth="1"/>
     <col min="28" max="28" width="18" style="4" customWidth="1"/>
@@ -19179,19395 +19219,19465 @@
       </c>
       <c r="X198" s="64"/>
       <c r="Y198" s="63" t="s">
         <v>119</v>
       </c>
       <c r="Z198" s="13"/>
       <c r="AA198" s="64"/>
       <c r="AB198" s="64">
         <v>27300</v>
       </c>
       <c r="AC198" s="64" t="s">
         <v>41</v>
       </c>
       <c r="AD198" s="13"/>
       <c r="AE198" s="63" t="s">
         <v>119</v>
       </c>
       <c r="AF198" s="13"/>
       <c r="AG198" s="64"/>
       <c r="AH198" s="64">
         <v>27300</v>
       </c>
     </row>
     <row r="199" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A199" s="39" t="s">
-        <v>1624</v>
+        <v>1636</v>
       </c>
       <c r="B199" s="16" t="s">
         <v>559</v>
       </c>
       <c r="C199" s="40" t="s">
         <v>560</v>
       </c>
       <c r="D199" s="39">
         <v>136</v>
       </c>
       <c r="E199" s="39" t="s">
         <v>58</v>
       </c>
       <c r="F199" s="39" t="s">
         <v>37</v>
       </c>
       <c r="G199" s="39" t="s">
         <v>56</v>
       </c>
       <c r="H199" s="39" t="s">
         <v>39</v>
       </c>
       <c r="I199" s="41" t="s">
         <v>62</v>
       </c>
       <c r="J199" s="42">
         <v>25</v>
       </c>
       <c r="K199" s="39"/>
       <c r="L199" s="39" t="s">
         <v>560</v>
       </c>
       <c r="M199" s="39"/>
       <c r="N199" s="39"/>
       <c r="O199" s="39"/>
       <c r="P199" s="39"/>
       <c r="Q199" s="39"/>
       <c r="R199" s="43">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="S199" s="39" t="s">
-        <v>1625</v>
+        <v>1624</v>
       </c>
       <c r="T199" s="43">
-        <v>408000</v>
+        <v>544000</v>
       </c>
       <c r="U199" s="43"/>
       <c r="V199" s="39"/>
       <c r="W199" s="39" t="s">
         <v>560</v>
       </c>
       <c r="X199" s="39"/>
       <c r="Y199" s="39"/>
       <c r="Z199" s="39"/>
       <c r="AA199" s="45">
         <v>4000</v>
       </c>
       <c r="AB199" s="39"/>
       <c r="AC199" s="39" t="s">
         <v>560</v>
       </c>
       <c r="AD199" s="39"/>
       <c r="AE199" s="39"/>
       <c r="AF199" s="39"/>
       <c r="AG199" s="45">
         <v>4000</v>
       </c>
       <c r="AH199" s="39"/>
     </row>
     <row r="200" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A200" s="110" t="s">
-        <v>1626</v>
+        <v>1637</v>
       </c>
       <c r="B200" s="98" t="s">
         <v>559</v>
       </c>
       <c r="C200" s="93" t="s">
         <v>560</v>
       </c>
       <c r="D200" s="91">
         <v>136</v>
       </c>
       <c r="E200" s="91" t="s">
         <v>58</v>
       </c>
       <c r="F200" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G200" s="91" t="s">
         <v>56</v>
       </c>
       <c r="H200" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I200" s="94" t="s">
         <v>62</v>
       </c>
       <c r="J200" s="91">
         <v>25</v>
       </c>
       <c r="K200" s="91"/>
       <c r="L200" s="91" t="s">
         <v>560</v>
       </c>
       <c r="M200" s="91"/>
       <c r="N200" s="91"/>
       <c r="O200" s="91"/>
       <c r="P200" s="91"/>
       <c r="Q200" s="91"/>
       <c r="R200" s="115">
         <v>1000</v>
       </c>
       <c r="S200" s="110" t="s">
-        <v>1627</v>
+        <v>1625</v>
       </c>
       <c r="T200" s="115">
         <v>136000</v>
       </c>
       <c r="W200" s="91" t="s">
         <v>560</v>
       </c>
       <c r="X200" s="91"/>
       <c r="Y200" s="91"/>
       <c r="Z200" s="91"/>
       <c r="AA200" s="95">
         <v>4000</v>
       </c>
       <c r="AB200" s="91"/>
       <c r="AC200" s="91" t="s">
         <v>560</v>
       </c>
       <c r="AD200" s="91"/>
       <c r="AE200" s="91"/>
       <c r="AF200" s="91"/>
       <c r="AG200" s="95">
         <v>4000</v>
       </c>
       <c r="AH200" s="91"/>
     </row>
-    <row r="201" spans="1:34" x14ac:dyDescent="0.2">
-      <c r="A201" s="39" t="s">
+    <row r="201" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="110" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B201" s="98" t="s">
+        <v>559</v>
+      </c>
+      <c r="C201" s="93" t="s">
+        <v>560</v>
+      </c>
+      <c r="D201" s="91">
+        <v>136</v>
+      </c>
+      <c r="E201" s="91" t="s">
+        <v>58</v>
+      </c>
+      <c r="F201" s="91" t="s">
+        <v>37</v>
+      </c>
+      <c r="G201" s="91" t="s">
+        <v>56</v>
+      </c>
+      <c r="H201" s="91" t="s">
+        <v>39</v>
+      </c>
+      <c r="I201" s="94" t="s">
+        <v>62</v>
+      </c>
+      <c r="J201" s="91">
+        <v>25</v>
+      </c>
+      <c r="K201" s="91"/>
+      <c r="L201" s="91" t="s">
+        <v>560</v>
+      </c>
+      <c r="M201" s="91"/>
+      <c r="N201" s="91"/>
+      <c r="O201" s="91"/>
+      <c r="P201" s="91"/>
+      <c r="Q201" s="91"/>
+      <c r="R201" s="115">
+        <v>2500</v>
+      </c>
+      <c r="S201" s="110" t="s">
+        <v>1625</v>
+      </c>
+      <c r="T201" s="115">
+        <v>340000</v>
+      </c>
+      <c r="W201" s="91" t="s">
+        <v>560</v>
+      </c>
+      <c r="X201" s="91"/>
+      <c r="Y201" s="91"/>
+      <c r="Z201" s="91"/>
+      <c r="AA201" s="95">
+        <v>4000</v>
+      </c>
+      <c r="AB201" s="91"/>
+      <c r="AC201" s="91" t="s">
+        <v>560</v>
+      </c>
+      <c r="AD201" s="91"/>
+      <c r="AE201" s="91"/>
+      <c r="AF201" s="91"/>
+      <c r="AG201" s="95">
+        <v>4000</v>
+      </c>
+      <c r="AH201" s="91"/>
+    </row>
+    <row r="202" spans="1:34" x14ac:dyDescent="0.2">
+      <c r="A202" s="39" t="s">
         <v>557</v>
       </c>
-      <c r="B201" s="5">
+      <c r="B202" s="5">
         <v>45</v>
       </c>
-      <c r="C201" s="40" t="s">
+      <c r="C202" s="40" t="s">
         <v>558</v>
-      </c>
-[...70 lines deleted...]
-        <v>509</v>
       </c>
       <c r="D202" s="39">
         <v>100</v>
       </c>
       <c r="E202" s="39" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F202" s="39" t="s">
         <v>37</v>
       </c>
       <c r="G202" s="39" t="s">
         <v>56</v>
       </c>
       <c r="H202" s="39" t="s">
         <v>39</v>
       </c>
       <c r="I202" s="41" t="s">
         <v>62</v>
       </c>
-      <c r="J202" s="42">
+      <c r="J202" s="12">
         <v>25</v>
       </c>
-      <c r="L202" s="40" t="s">
-[...3 lines deleted...]
-        <v>1000</v>
+      <c r="K202" s="39"/>
+      <c r="L202" s="39" t="s">
+        <v>558</v>
+      </c>
+      <c r="M202" s="39"/>
+      <c r="N202" s="39"/>
+      <c r="O202" s="39"/>
+      <c r="P202" s="39"/>
+      <c r="Q202" s="39"/>
+      <c r="R202" s="39">
+        <v>150</v>
       </c>
       <c r="S202" s="39" t="s">
         <v>520</v>
       </c>
       <c r="T202" s="45">
-        <v>100000</v>
-[...4 lines deleted...]
-      <c r="X202" s="45"/>
+        <v>15000</v>
+      </c>
+      <c r="U202" s="39"/>
+      <c r="V202" s="39"/>
+      <c r="W202" s="39" t="s">
+        <v>558</v>
+      </c>
+      <c r="X202" s="39"/>
+      <c r="Y202" s="39"/>
+      <c r="Z202" s="39"/>
       <c r="AA202" s="45">
-        <v>2000</v>
-[...5 lines deleted...]
-      <c r="AE202" s="45"/>
+        <v>1000</v>
+      </c>
+      <c r="AB202" s="39"/>
+      <c r="AC202" s="39" t="s">
+        <v>558</v>
+      </c>
+      <c r="AD202" s="39"/>
+      <c r="AE202" s="39"/>
+      <c r="AF202" s="39"/>
       <c r="AG202" s="45">
-        <v>3000</v>
-      </c>
+        <v>1000</v>
+      </c>
+      <c r="AH202" s="39"/>
     </row>
     <row r="203" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A203" s="39" t="s">
-        <v>538</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>508</v>
+      </c>
+      <c r="B203" s="5">
+        <v>44</v>
       </c>
       <c r="C203" s="40" t="s">
-        <v>539</v>
+        <v>509</v>
       </c>
       <c r="D203" s="39">
         <v>100</v>
       </c>
       <c r="E203" s="39" t="s">
-        <v>540</v>
+        <v>58</v>
       </c>
       <c r="F203" s="39" t="s">
         <v>37</v>
       </c>
       <c r="G203" s="39" t="s">
         <v>56</v>
       </c>
       <c r="H203" s="39" t="s">
         <v>39</v>
       </c>
       <c r="I203" s="41" t="s">
         <v>62</v>
       </c>
       <c r="J203" s="42">
         <v>25</v>
       </c>
       <c r="L203" s="40" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>509</v>
+      </c>
+      <c r="R203" s="45">
+        <v>1000</v>
       </c>
       <c r="S203" s="39" t="s">
         <v>520</v>
       </c>
       <c r="T203" s="45">
-        <f>R203*D203</f>
-        <v>40000</v>
+        <v>100000</v>
       </c>
       <c r="W203" s="40" t="s">
-        <v>539</v>
-      </c>
+        <v>509</v>
+      </c>
+      <c r="X203" s="45"/>
       <c r="AA203" s="45">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="AB203" s="45"/>
       <c r="AC203" s="40" t="s">
+        <v>509</v>
+      </c>
+      <c r="AE203" s="45"/>
+      <c r="AG203" s="45">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="204" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="39" t="s">
+        <v>538</v>
+      </c>
+      <c r="B204" s="11">
+        <v>41</v>
+      </c>
+      <c r="C204" s="40" t="s">
         <v>539</v>
       </c>
-      <c r="AG203" s="45">
-[...14 lines deleted...]
-      <c r="D204" s="91">
+      <c r="D204" s="39">
         <v>100</v>
       </c>
-      <c r="E204" s="91" t="s">
+      <c r="E204" s="39" t="s">
         <v>540</v>
       </c>
-      <c r="F204" s="91" t="s">
-[...5 lines deleted...]
-      <c r="H204" s="91" t="s">
+      <c r="F204" s="39" t="s">
+        <v>37</v>
+      </c>
+      <c r="G204" s="39" t="s">
+        <v>56</v>
+      </c>
+      <c r="H204" s="39" t="s">
         <v>39</v>
       </c>
-      <c r="I204" s="94" t="s">
+      <c r="I204" s="41" t="s">
         <v>62</v>
       </c>
-      <c r="J204" s="91">
+      <c r="J204" s="42">
         <v>25</v>
       </c>
-      <c r="K204" s="91"/>
-      <c r="L204" s="91" t="s">
+      <c r="L204" s="40" t="s">
         <v>539</v>
       </c>
-      <c r="M204" s="91"/>
-[...6 lines deleted...]
-      <c r="R204" s="91">
+      <c r="R204" s="39">
         <v>400</v>
       </c>
-      <c r="S204" s="91" t="s">
-[...2 lines deleted...]
-      <c r="T204" s="95">
+      <c r="S204" s="39" t="s">
+        <v>520</v>
+      </c>
+      <c r="T204" s="45">
         <f>R204*D204</f>
         <v>40000</v>
       </c>
-      <c r="U204" s="91"/>
-[...1 lines deleted...]
-      <c r="W204" s="91" t="s">
+      <c r="W204" s="40" t="s">
         <v>539</v>
       </c>
-      <c r="X204" s="91"/>
-[...4 lines deleted...]
-      <c r="AA204" s="95">
+      <c r="AA204" s="45">
         <v>1000</v>
       </c>
-      <c r="AB204" s="91"/>
-      <c r="AC204" s="91" t="s">
+      <c r="AB204" s="45"/>
+      <c r="AC204" s="40" t="s">
         <v>539</v>
       </c>
-      <c r="AD204" s="91"/>
-[...3 lines deleted...]
-      <c r="AG204" s="95">
+      <c r="AG204" s="45">
         <v>1000</v>
       </c>
-      <c r="AH204" s="91"/>
+      <c r="AH204" s="45"/>
     </row>
     <row r="205" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A205" s="91" t="s">
-        <v>1410</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>881</v>
+      </c>
+      <c r="B205" s="98" t="s">
+        <v>882</v>
       </c>
       <c r="C205" s="93" t="s">
-        <v>1411</v>
+        <v>883</v>
       </c>
       <c r="D205" s="91">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="E205" s="91" t="s">
         <v>540</v>
       </c>
       <c r="F205" s="91" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="G205" s="91" t="s">
-        <v>56</v>
+        <v>329</v>
       </c>
       <c r="H205" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I205" s="94" t="s">
         <v>62</v>
       </c>
       <c r="J205" s="91">
         <v>25</v>
       </c>
       <c r="K205" s="91"/>
-      <c r="L205" s="93" t="s">
+      <c r="L205" s="91" t="s">
         <v>539</v>
       </c>
       <c r="M205" s="91"/>
       <c r="N205" s="91" t="s">
-        <v>1412</v>
+        <v>884</v>
       </c>
       <c r="O205" s="91"/>
       <c r="P205" s="91"/>
       <c r="Q205" s="91"/>
       <c r="R205" s="91">
         <v>400</v>
       </c>
       <c r="S205" s="91" t="s">
         <v>885</v>
       </c>
       <c r="T205" s="95">
+        <f>R205*D205</f>
         <v>40000</v>
       </c>
       <c r="U205" s="91"/>
       <c r="V205" s="91"/>
-      <c r="W205" s="93" t="s">
+      <c r="W205" s="91" t="s">
         <v>539</v>
       </c>
       <c r="X205" s="91"/>
       <c r="Y205" s="91" t="s">
-        <v>1412</v>
+        <v>884</v>
       </c>
       <c r="Z205" s="91"/>
       <c r="AA205" s="95">
         <v>1000</v>
       </c>
       <c r="AB205" s="91"/>
-      <c r="AC205" s="93" t="s">
+      <c r="AC205" s="91" t="s">
         <v>539</v>
       </c>
       <c r="AD205" s="91"/>
       <c r="AE205" s="91" t="s">
-        <v>1412</v>
-[...1 lines deleted...]
-      <c r="AF205" s="91"/>
+        <v>884</v>
+      </c>
       <c r="AG205" s="95">
         <v>1000</v>
       </c>
       <c r="AH205" s="91"/>
     </row>
     <row r="206" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A206" s="91" t="s">
-        <v>1413</v>
-[...2 lines deleted...]
-        <v>1414</v>
+        <v>1410</v>
+      </c>
+      <c r="B206" s="92">
+        <v>48</v>
       </c>
       <c r="C206" s="93" t="s">
         <v>1411</v>
       </c>
       <c r="D206" s="91">
         <v>10</v>
       </c>
       <c r="E206" s="91" t="s">
         <v>540</v>
       </c>
       <c r="F206" s="91" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="G206" s="91" t="s">
-        <v>329</v>
+        <v>56</v>
       </c>
       <c r="H206" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I206" s="94" t="s">
         <v>62</v>
       </c>
       <c r="J206" s="91">
         <v>25</v>
       </c>
       <c r="K206" s="91"/>
-      <c r="L206" s="91" t="s">
+      <c r="L206" s="93" t="s">
         <v>539</v>
       </c>
       <c r="M206" s="91"/>
       <c r="N206" s="91" t="s">
         <v>1412</v>
       </c>
       <c r="O206" s="91"/>
       <c r="P206" s="91"/>
       <c r="Q206" s="91"/>
       <c r="R206" s="91">
         <v>400</v>
       </c>
       <c r="S206" s="91" t="s">
         <v>885</v>
       </c>
       <c r="T206" s="95">
         <v>40000</v>
       </c>
       <c r="U206" s="91"/>
       <c r="V206" s="91"/>
-      <c r="W206" s="91" t="s">
+      <c r="W206" s="93" t="s">
         <v>539</v>
       </c>
       <c r="X206" s="91"/>
       <c r="Y206" s="91" t="s">
         <v>1412</v>
       </c>
       <c r="Z206" s="91"/>
       <c r="AA206" s="95">
         <v>1000</v>
       </c>
       <c r="AB206" s="91"/>
-      <c r="AC206" s="91" t="s">
+      <c r="AC206" s="93" t="s">
         <v>539</v>
       </c>
       <c r="AD206" s="91"/>
       <c r="AE206" s="91" t="s">
         <v>1412</v>
       </c>
       <c r="AF206" s="91"/>
       <c r="AG206" s="95">
         <v>1000</v>
       </c>
       <c r="AH206" s="91"/>
     </row>
-    <row r="207" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
-[...21 lines deleted...]
-      <c r="H207" s="39" t="s">
+    <row r="207" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="91" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B207" s="92" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C207" s="93" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D207" s="91">
+        <v>10</v>
+      </c>
+      <c r="E207" s="91" t="s">
+        <v>540</v>
+      </c>
+      <c r="F207" s="91" t="s">
+        <v>65</v>
+      </c>
+      <c r="G207" s="91" t="s">
+        <v>329</v>
+      </c>
+      <c r="H207" s="91" t="s">
         <v>39</v>
       </c>
-      <c r="I207" s="41" t="s">
+      <c r="I207" s="94" t="s">
         <v>62</v>
       </c>
-      <c r="J207" s="42">
+      <c r="J207" s="91">
         <v>25</v>
       </c>
-      <c r="L207" s="40" t="s">
-[...2 lines deleted...]
-      <c r="R207" s="39">
+      <c r="K207" s="91"/>
+      <c r="L207" s="91" t="s">
+        <v>539</v>
+      </c>
+      <c r="M207" s="91"/>
+      <c r="N207" s="91" t="s">
+        <v>1412</v>
+      </c>
+      <c r="O207" s="91"/>
+      <c r="P207" s="91"/>
+      <c r="Q207" s="91"/>
+      <c r="R207" s="91">
         <v>400</v>
       </c>
-      <c r="S207" s="39" t="s">
-[...3 lines deleted...]
-        <f t="shared" ref="T207:T208" si="0">R207*D207</f>
+      <c r="S207" s="91" t="s">
+        <v>885</v>
+      </c>
+      <c r="T207" s="95">
         <v>40000</v>
       </c>
-      <c r="W207" s="40" t="s">
-[...2 lines deleted...]
-      <c r="AA207" s="45">
+      <c r="U207" s="91"/>
+      <c r="V207" s="91"/>
+      <c r="W207" s="91" t="s">
+        <v>539</v>
+      </c>
+      <c r="X207" s="91"/>
+      <c r="Y207" s="91" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Z207" s="91"/>
+      <c r="AA207" s="95">
         <v>1000</v>
       </c>
-      <c r="AB207" s="45"/>
-[...3 lines deleted...]
-      <c r="AG207" s="45">
+      <c r="AB207" s="91"/>
+      <c r="AC207" s="91" t="s">
+        <v>539</v>
+      </c>
+      <c r="AD207" s="91"/>
+      <c r="AE207" s="91" t="s">
+        <v>1412</v>
+      </c>
+      <c r="AF207" s="91"/>
+      <c r="AG207" s="95">
         <v>1000</v>
       </c>
-      <c r="AH207" s="45"/>
+      <c r="AH207" s="91"/>
     </row>
     <row r="208" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A208" s="39" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="B208" s="11">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C208" s="40" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="D208" s="39">
         <v>100</v>
       </c>
       <c r="E208" s="39" t="s">
         <v>543</v>
       </c>
       <c r="F208" s="39" t="s">
         <v>37</v>
       </c>
       <c r="G208" s="39" t="s">
         <v>56</v>
       </c>
       <c r="H208" s="39" t="s">
         <v>39</v>
       </c>
       <c r="I208" s="41" t="s">
         <v>62</v>
       </c>
       <c r="J208" s="42">
         <v>25</v>
       </c>
       <c r="L208" s="40" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="R208" s="39">
         <v>400</v>
       </c>
       <c r="S208" s="39" t="s">
         <v>520</v>
       </c>
       <c r="T208" s="45">
+        <f t="shared" ref="T208:T209" si="0">R208*D208</f>
+        <v>40000</v>
+      </c>
+      <c r="W208" s="40" t="s">
+        <v>542</v>
+      </c>
+      <c r="AA208" s="45">
+        <v>1000</v>
+      </c>
+      <c r="AB208" s="45"/>
+      <c r="AC208" s="40" t="s">
+        <v>542</v>
+      </c>
+      <c r="AG208" s="45">
+        <v>1000</v>
+      </c>
+      <c r="AH208" s="45"/>
+    </row>
+    <row r="209" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A209" s="39" t="s">
+        <v>544</v>
+      </c>
+      <c r="B209" s="11">
+        <v>43</v>
+      </c>
+      <c r="C209" s="40" t="s">
+        <v>545</v>
+      </c>
+      <c r="D209" s="39">
+        <v>100</v>
+      </c>
+      <c r="E209" s="39" t="s">
+        <v>543</v>
+      </c>
+      <c r="F209" s="39" t="s">
+        <v>37</v>
+      </c>
+      <c r="G209" s="39" t="s">
+        <v>56</v>
+      </c>
+      <c r="H209" s="39" t="s">
+        <v>39</v>
+      </c>
+      <c r="I209" s="41" t="s">
+        <v>62</v>
+      </c>
+      <c r="J209" s="42">
+        <v>25</v>
+      </c>
+      <c r="L209" s="40" t="s">
+        <v>545</v>
+      </c>
+      <c r="R209" s="39">
+        <v>400</v>
+      </c>
+      <c r="S209" s="39" t="s">
+        <v>520</v>
+      </c>
+      <c r="T209" s="45">
         <f t="shared" si="0"/>
         <v>40000</v>
       </c>
-      <c r="W208" s="40" t="s">
+      <c r="W209" s="40" t="s">
         <v>545</v>
-      </c>
-[...56 lines deleted...]
-        <v>547</v>
       </c>
       <c r="AA209" s="45">
         <v>1000</v>
       </c>
       <c r="AB209" s="45"/>
       <c r="AC209" s="40" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="AG209" s="45">
         <v>1000</v>
       </c>
       <c r="AH209" s="45"/>
     </row>
     <row r="210" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A210" s="39" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="B210" s="11">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C210" s="40" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="D210" s="39">
         <v>100</v>
       </c>
       <c r="E210" s="39" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="F210" s="39" t="s">
         <v>37</v>
       </c>
       <c r="G210" s="39" t="s">
         <v>56</v>
       </c>
       <c r="H210" s="39" t="s">
         <v>39</v>
       </c>
       <c r="I210" s="41" t="s">
         <v>62</v>
       </c>
       <c r="J210" s="42">
         <v>25</v>
       </c>
       <c r="L210" s="40" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="R210" s="39">
         <v>200</v>
       </c>
       <c r="S210" s="39" t="s">
         <v>520</v>
       </c>
       <c r="T210" s="45">
         <v>20000</v>
       </c>
       <c r="W210" s="40" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="AA210" s="45">
         <v>1000</v>
       </c>
       <c r="AB210" s="45"/>
       <c r="AC210" s="40" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="AG210" s="45">
         <v>1000</v>
       </c>
       <c r="AH210" s="45"/>
     </row>
-    <row r="211" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
-[...21 lines deleted...]
-      <c r="H211" s="13" t="s">
+    <row r="211" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="39" t="s">
+        <v>548</v>
+      </c>
+      <c r="B211" s="11">
+        <v>47</v>
+      </c>
+      <c r="C211" s="40" t="s">
+        <v>549</v>
+      </c>
+      <c r="D211" s="39">
+        <v>100</v>
+      </c>
+      <c r="E211" s="39" t="s">
+        <v>540</v>
+      </c>
+      <c r="F211" s="39" t="s">
+        <v>37</v>
+      </c>
+      <c r="G211" s="39" t="s">
+        <v>56</v>
+      </c>
+      <c r="H211" s="39" t="s">
         <v>39</v>
       </c>
-      <c r="I211" s="65"/>
-[...41 lines deleted...]
-      </c>
+      <c r="I211" s="41" t="s">
+        <v>62</v>
+      </c>
+      <c r="J211" s="42">
+        <v>25</v>
+      </c>
+      <c r="L211" s="40" t="s">
+        <v>549</v>
+      </c>
+      <c r="R211" s="39">
+        <v>200</v>
+      </c>
+      <c r="S211" s="39" t="s">
+        <v>520</v>
+      </c>
+      <c r="T211" s="45">
+        <v>20000</v>
+      </c>
+      <c r="W211" s="40" t="s">
+        <v>549</v>
+      </c>
+      <c r="AA211" s="45">
+        <v>1000</v>
+      </c>
+      <c r="AB211" s="45"/>
+      <c r="AC211" s="40" t="s">
+        <v>549</v>
+      </c>
+      <c r="AG211" s="45">
+        <v>1000</v>
+      </c>
+      <c r="AH211" s="45"/>
     </row>
     <row r="212" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A212" s="13" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B212" s="10" t="s">
         <v>250</v>
       </c>
       <c r="C212" s="63" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D212" s="64">
         <v>5000</v>
       </c>
       <c r="E212" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F212" s="13" t="s">
         <v>86</v>
       </c>
       <c r="G212" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H212" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I212" s="65"/>
       <c r="J212" s="13">
         <v>150</v>
       </c>
       <c r="L212" s="64"/>
       <c r="M212" s="64"/>
       <c r="R212" s="64"/>
       <c r="S212" s="64"/>
       <c r="T212" s="64"/>
       <c r="U212" s="64"/>
       <c r="V212" s="64"/>
       <c r="W212" s="64" t="s">
         <v>49</v>
       </c>
       <c r="X212" s="64" t="s">
         <v>49</v>
       </c>
       <c r="Y212" s="63" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="Z212" s="63" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="AA212" s="64"/>
       <c r="AB212" s="64" t="s">
         <v>646</v>
       </c>
       <c r="AC212" s="64" t="s">
         <v>49</v>
       </c>
       <c r="AD212" s="64" t="s">
         <v>49</v>
       </c>
       <c r="AE212" s="63" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="AF212" s="63" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="AG212" s="64"/>
       <c r="AH212" s="64" t="s">
         <v>646</v>
       </c>
     </row>
-    <row r="213" spans="1:34" s="60" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="213" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A213" s="13" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B213" s="10" t="s">
         <v>250</v>
       </c>
       <c r="C213" s="63" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D213" s="64">
         <v>5000</v>
       </c>
       <c r="E213" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F213" s="13" t="s">
         <v>86</v>
       </c>
       <c r="G213" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H213" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I213" s="65"/>
       <c r="J213" s="13">
         <v>150</v>
       </c>
-      <c r="K213" s="13"/>
       <c r="L213" s="64"/>
       <c r="M213" s="64"/>
-      <c r="N213" s="13"/>
-[...2 lines deleted...]
-      <c r="Q213" s="13"/>
       <c r="R213" s="64"/>
       <c r="S213" s="64"/>
       <c r="T213" s="64"/>
       <c r="U213" s="64"/>
       <c r="V213" s="64"/>
       <c r="W213" s="64" t="s">
         <v>49</v>
       </c>
       <c r="X213" s="64" t="s">
         <v>49</v>
       </c>
       <c r="Y213" s="63" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="Z213" s="63" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="AA213" s="64"/>
       <c r="AB213" s="64" t="s">
         <v>646</v>
       </c>
       <c r="AC213" s="64" t="s">
         <v>49</v>
       </c>
       <c r="AD213" s="64" t="s">
         <v>49</v>
       </c>
       <c r="AE213" s="63" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="AF213" s="63" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="AG213" s="64"/>
       <c r="AH213" s="64" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="214" spans="1:34" s="60" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A214" s="13" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="B214" s="70" t="s">
+        <v>256</v>
+      </c>
+      <c r="B214" s="10" t="s">
         <v>250</v>
       </c>
       <c r="C214" s="63" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D214" s="64">
         <v>5000</v>
       </c>
       <c r="E214" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F214" s="13" t="s">
         <v>86</v>
       </c>
       <c r="G214" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H214" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I214" s="65"/>
-      <c r="J214" s="83">
+      <c r="J214" s="13">
         <v>150</v>
       </c>
       <c r="K214" s="13"/>
       <c r="L214" s="64"/>
       <c r="M214" s="64"/>
       <c r="N214" s="13"/>
       <c r="O214" s="13"/>
       <c r="P214" s="13"/>
       <c r="Q214" s="13"/>
       <c r="R214" s="64"/>
       <c r="S214" s="64"/>
       <c r="T214" s="64"/>
       <c r="U214" s="64"/>
       <c r="V214" s="64"/>
       <c r="W214" s="64" t="s">
         <v>49</v>
       </c>
       <c r="X214" s="64" t="s">
         <v>49</v>
       </c>
       <c r="Y214" s="63" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="Z214" s="63" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="AA214" s="64"/>
       <c r="AB214" s="64" t="s">
         <v>646</v>
       </c>
       <c r="AC214" s="64" t="s">
         <v>49</v>
       </c>
       <c r="AD214" s="64" t="s">
         <v>49</v>
       </c>
       <c r="AE214" s="63" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="AF214" s="63" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="AG214" s="64"/>
       <c r="AH214" s="64" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="215" spans="1:34" s="60" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A215" s="13" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B215" s="70" t="s">
         <v>250</v>
       </c>
-      <c r="C215" s="13" t="s">
-        <v>251</v>
+      <c r="C215" s="63" t="s">
+        <v>254</v>
       </c>
       <c r="D215" s="64">
         <v>5000</v>
       </c>
       <c r="E215" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F215" s="13" t="s">
         <v>86</v>
       </c>
       <c r="G215" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H215" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I215" s="65"/>
-      <c r="J215" s="13">
+      <c r="J215" s="83">
         <v>150</v>
       </c>
       <c r="K215" s="13"/>
       <c r="L215" s="64"/>
       <c r="M215" s="64"/>
       <c r="N215" s="13"/>
       <c r="O215" s="13"/>
       <c r="P215" s="13"/>
       <c r="Q215" s="13"/>
       <c r="R215" s="64"/>
       <c r="S215" s="64"/>
       <c r="T215" s="64"/>
       <c r="U215" s="64"/>
       <c r="V215" s="64"/>
-      <c r="W215" s="13" t="s">
+      <c r="W215" s="64" t="s">
         <v>49</v>
       </c>
-      <c r="X215" s="13" t="s">
+      <c r="X215" s="64" t="s">
         <v>49</v>
       </c>
-      <c r="Y215" s="13" t="s">
-[...5 lines deleted...]
-      <c r="AA215" s="13"/>
+      <c r="Y215" s="63" t="s">
+        <v>255</v>
+      </c>
+      <c r="Z215" s="63" t="s">
+        <v>649</v>
+      </c>
+      <c r="AA215" s="64"/>
       <c r="AB215" s="64" t="s">
         <v>646</v>
       </c>
-      <c r="AC215" s="13" t="s">
+      <c r="AC215" s="64" t="s">
         <v>49</v>
       </c>
-      <c r="AD215" s="13" t="s">
+      <c r="AD215" s="64" t="s">
         <v>49</v>
       </c>
-      <c r="AE215" s="13" t="s">
-[...5 lines deleted...]
-      <c r="AG215" s="13"/>
+      <c r="AE215" s="63" t="s">
+        <v>255</v>
+      </c>
+      <c r="AF215" s="63" t="s">
+        <v>649</v>
+      </c>
+      <c r="AG215" s="64"/>
       <c r="AH215" s="64" t="s">
         <v>646</v>
       </c>
     </row>
-    <row r="216" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="216" spans="1:34" s="60" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A216" s="13" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="B216" s="10" t="s">
+        <v>249</v>
+      </c>
+      <c r="B216" s="70" t="s">
         <v>250</v>
       </c>
-      <c r="C216" s="63" t="s">
-        <v>266</v>
+      <c r="C216" s="13" t="s">
+        <v>251</v>
       </c>
       <c r="D216" s="64">
         <v>5000</v>
       </c>
       <c r="E216" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F216" s="13" t="s">
         <v>86</v>
       </c>
       <c r="G216" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H216" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I216" s="65"/>
       <c r="J216" s="13">
         <v>150</v>
       </c>
+      <c r="K216" s="13"/>
       <c r="L216" s="64"/>
       <c r="M216" s="64"/>
+      <c r="N216" s="13"/>
+      <c r="O216" s="13"/>
+      <c r="P216" s="13"/>
+      <c r="Q216" s="13"/>
       <c r="R216" s="64"/>
       <c r="S216" s="64"/>
       <c r="T216" s="64"/>
       <c r="U216" s="64"/>
       <c r="V216" s="64"/>
-      <c r="W216" s="64" t="s">
+      <c r="W216" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="X216" s="64" t="s">
+      <c r="X216" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="Y216" s="63" t="s">
-[...5 lines deleted...]
-      <c r="AA216" s="64"/>
+      <c r="Y216" s="13" t="s">
+        <v>252</v>
+      </c>
+      <c r="Z216" s="13" t="s">
+        <v>650</v>
+      </c>
+      <c r="AA216" s="13"/>
       <c r="AB216" s="64" t="s">
         <v>646</v>
       </c>
-      <c r="AC216" s="64" t="s">
+      <c r="AC216" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="AD216" s="64" t="s">
+      <c r="AD216" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="AE216" s="63" t="s">
-[...5 lines deleted...]
-      <c r="AG216" s="64"/>
+      <c r="AE216" s="13" t="s">
+        <v>252</v>
+      </c>
+      <c r="AF216" s="13" t="s">
+        <v>650</v>
+      </c>
+      <c r="AG216" s="13"/>
       <c r="AH216" s="64" t="s">
         <v>646</v>
       </c>
     </row>
-    <row r="217" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="217" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A217" s="13" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>265</v>
+      </c>
+      <c r="B217" s="10" t="s">
+        <v>250</v>
       </c>
       <c r="C217" s="63" t="s">
-        <v>49</v>
+        <v>266</v>
       </c>
       <c r="D217" s="64">
         <v>5000</v>
       </c>
       <c r="E217" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F217" s="13" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="G217" s="13" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="H217" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I217" s="65"/>
       <c r="J217" s="13">
         <v>150</v>
       </c>
-      <c r="K217" s="64">
-[...5 lines deleted...]
-      </c>
+      <c r="L217" s="64"/>
       <c r="M217" s="64"/>
-      <c r="N217" s="13"/>
-[...20 lines deleted...]
-      <c r="Z217" s="13"/>
+      <c r="R217" s="64"/>
+      <c r="S217" s="64"/>
+      <c r="T217" s="64"/>
+      <c r="U217" s="64"/>
+      <c r="V217" s="64"/>
+      <c r="W217" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="X217" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y217" s="63" t="s">
+        <v>267</v>
+      </c>
+      <c r="Z217" s="63" t="s">
+        <v>651</v>
+      </c>
       <c r="AA217" s="64"/>
-      <c r="AB217" s="64">
-        <v>19300</v>
+      <c r="AB217" s="64" t="s">
+        <v>646</v>
       </c>
       <c r="AC217" s="64" t="s">
         <v>49</v>
       </c>
-      <c r="AD217" s="13"/>
-[...1 lines deleted...]
-      <c r="AF217" s="13"/>
+      <c r="AD217" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="AE217" s="63" t="s">
+        <v>267</v>
+      </c>
+      <c r="AF217" s="63" t="s">
+        <v>651</v>
+      </c>
       <c r="AG217" s="64"/>
-      <c r="AH217" s="64">
+      <c r="AH217" s="64" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="218" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="B218" s="70">
+        <v>14</v>
+      </c>
+      <c r="C218" s="63" t="s">
+        <v>49</v>
+      </c>
+      <c r="D218" s="64">
+        <v>5000</v>
+      </c>
+      <c r="E218" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="F218" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G218" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="H218" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="I218" s="65"/>
+      <c r="J218" s="13">
+        <v>150</v>
+      </c>
+      <c r="K218" s="64">
+        <v>1200</v>
+      </c>
+      <c r="L218" s="64" t="str">
+        <f>C218</f>
+        <v>W</v>
+      </c>
+      <c r="M218" s="64"/>
+      <c r="N218" s="13"/>
+      <c r="O218" s="13"/>
+      <c r="P218" s="13"/>
+      <c r="Q218" s="13"/>
+      <c r="R218" s="66">
+        <v>1200</v>
+      </c>
+      <c r="S218" s="66" t="s">
+        <v>517</v>
+      </c>
+      <c r="T218" s="66">
+        <v>6000000</v>
+      </c>
+      <c r="U218" s="71"/>
+      <c r="V218" s="72"/>
+      <c r="W218" s="64" t="str">
+        <f>C218</f>
+        <v>W</v>
+      </c>
+      <c r="X218" s="64"/>
+      <c r="Y218" s="13"/>
+      <c r="Z218" s="13"/>
+      <c r="AA218" s="64"/>
+      <c r="AB218" s="64">
         <v>19300</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A218" s="91" t="s">
+      <c r="AC218" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD218" s="13"/>
+      <c r="AE218" s="13"/>
+      <c r="AF218" s="13"/>
+      <c r="AG218" s="64"/>
+      <c r="AH218" s="64">
+        <v>19300</v>
+      </c>
+    </row>
+    <row r="219" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="91" t="s">
         <v>1341</v>
       </c>
-      <c r="B218" s="98" t="s">
+      <c r="B219" s="98" t="s">
         <v>1340</v>
       </c>
-      <c r="C218" s="93" t="s">
+      <c r="C219" s="93" t="s">
         <v>1339</v>
       </c>
-      <c r="D218" s="91">
+      <c r="D219" s="91">
         <v>500</v>
       </c>
-      <c r="E218" s="91" t="s">
+      <c r="E219" s="91" t="s">
         <v>36</v>
       </c>
-      <c r="F218" s="91" t="s">
+      <c r="F219" s="91" t="s">
         <v>37</v>
       </c>
-      <c r="G218" s="91" t="s">
+      <c r="G219" s="91" t="s">
         <v>56</v>
       </c>
-      <c r="H218" s="91" t="s">
+      <c r="H219" s="91" t="s">
         <v>39</v>
       </c>
-      <c r="I218" s="94"/>
-      <c r="J218" s="91">
+      <c r="I219" s="94"/>
+      <c r="J219" s="91">
         <v>150</v>
       </c>
-      <c r="K218" s="95"/>
-[...11 lines deleted...]
-      <c r="W218" s="95" t="s">
+      <c r="K219" s="95"/>
+      <c r="L219" s="91"/>
+      <c r="M219" s="91"/>
+      <c r="N219" s="91"/>
+      <c r="O219" s="91"/>
+      <c r="P219" s="91"/>
+      <c r="Q219" s="91"/>
+      <c r="R219" s="91"/>
+      <c r="S219" s="91"/>
+      <c r="T219" s="91"/>
+      <c r="U219" s="91"/>
+      <c r="V219" s="91"/>
+      <c r="W219" s="95" t="s">
         <v>49</v>
       </c>
-      <c r="X218" s="95"/>
-      <c r="Y218" s="93" t="s">
+      <c r="X219" s="95"/>
+      <c r="Y219" s="93" t="s">
         <v>1338</v>
       </c>
-      <c r="Z218" s="91"/>
-[...1 lines deleted...]
-      <c r="AB218" s="95">
+      <c r="Z219" s="91"/>
+      <c r="AA219" s="95"/>
+      <c r="AB219" s="95">
         <v>19300</v>
       </c>
-      <c r="AC218" s="95" t="s">
+      <c r="AC219" s="95" t="s">
         <v>49</v>
       </c>
-      <c r="AD218" s="91"/>
-      <c r="AE218" s="93" t="s">
+      <c r="AD219" s="91"/>
+      <c r="AE219" s="93" t="s">
         <v>1338</v>
       </c>
-      <c r="AF218" s="91"/>
-[...1 lines deleted...]
-      <c r="AH218" s="95">
+      <c r="AF219" s="91"/>
+      <c r="AG219" s="95"/>
+      <c r="AH219" s="95">
         <v>19300</v>
       </c>
     </row>
-    <row r="219" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A219" s="13" t="s">
+    <row r="220" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="13" t="s">
         <v>231</v>
       </c>
-      <c r="B219" s="70" t="s">
+      <c r="B220" s="70" t="s">
         <v>232</v>
       </c>
-      <c r="C219" s="63" t="s">
+      <c r="C220" s="63" t="s">
         <v>49</v>
       </c>
-      <c r="D219" s="64">
+      <c r="D220" s="64">
         <v>5000</v>
       </c>
-      <c r="E219" s="13" t="s">
+      <c r="E220" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="F219" s="13" t="s">
+      <c r="F220" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="G219" s="13" t="s">
+      <c r="G220" s="13" t="s">
         <v>66</v>
       </c>
-      <c r="H219" s="13" t="s">
+      <c r="H220" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="I219" s="65"/>
-      <c r="J219" s="13">
+      <c r="I220" s="65"/>
+      <c r="J220" s="13">
         <v>150</v>
       </c>
-      <c r="K219" s="13"/>
-[...11 lines deleted...]
-      <c r="W219" s="64" t="s">
+      <c r="K220" s="13"/>
+      <c r="L220" s="64"/>
+      <c r="M220" s="64"/>
+      <c r="N220" s="13"/>
+      <c r="O220" s="13"/>
+      <c r="P220" s="13"/>
+      <c r="Q220" s="13"/>
+      <c r="R220" s="66"/>
+      <c r="S220" s="66"/>
+      <c r="T220" s="66"/>
+      <c r="U220" s="66"/>
+      <c r="V220" s="61"/>
+      <c r="W220" s="64" t="s">
         <v>49</v>
       </c>
-      <c r="X219" s="64"/>
-[...3 lines deleted...]
-      <c r="AB219" s="64">
+      <c r="X220" s="64"/>
+      <c r="Y220" s="13"/>
+      <c r="Z220" s="13"/>
+      <c r="AA220" s="64"/>
+      <c r="AB220" s="64">
         <v>19300</v>
       </c>
-      <c r="AC219" s="64" t="s">
+      <c r="AC220" s="64" t="s">
         <v>49</v>
       </c>
-      <c r="AD219" s="13"/>
-[...61 lines deleted...]
-      <c r="AH220" s="95">
+      <c r="AD220" s="13"/>
+      <c r="AE220" s="13"/>
+      <c r="AF220" s="13"/>
+      <c r="AG220" s="64"/>
+      <c r="AH220" s="64">
         <v>19300</v>
       </c>
     </row>
     <row r="221" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A221" s="91" t="s">
-        <v>1265</v>
-[...1 lines deleted...]
-      <c r="B221" s="10" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B221" s="92" t="s">
         <v>232</v>
       </c>
       <c r="C221" s="93" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="D221" s="95">
         <v>5000</v>
       </c>
       <c r="E221" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F221" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G221" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H221" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I221" s="94"/>
       <c r="J221" s="91">
         <v>150</v>
       </c>
       <c r="L221" s="95"/>
       <c r="M221" s="95"/>
       <c r="R221" s="95"/>
       <c r="S221" s="95"/>
       <c r="T221" s="95"/>
       <c r="U221" s="95"/>
       <c r="V221" s="95"/>
       <c r="W221" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X221" s="95"/>
       <c r="Y221" s="93" t="s">
-        <v>1267</v>
+        <v>1264</v>
       </c>
       <c r="AA221" s="95"/>
       <c r="AB221" s="95">
         <v>19300</v>
       </c>
       <c r="AC221" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE221" s="93" t="s">
-        <v>1267</v>
+        <v>1264</v>
       </c>
       <c r="AG221" s="95"/>
       <c r="AH221" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="222" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A222" s="91" t="s">
-        <v>1268</v>
+        <v>1265</v>
       </c>
       <c r="B222" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C222" s="93" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="D222" s="95">
         <v>5000</v>
       </c>
       <c r="E222" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F222" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G222" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H222" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I222" s="94"/>
       <c r="J222" s="91">
         <v>150</v>
       </c>
       <c r="L222" s="95"/>
       <c r="M222" s="95"/>
       <c r="R222" s="95"/>
       <c r="S222" s="95"/>
       <c r="T222" s="95"/>
       <c r="U222" s="95"/>
       <c r="V222" s="95"/>
       <c r="W222" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X222" s="95"/>
       <c r="Y222" s="93" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="AA222" s="95"/>
       <c r="AB222" s="95">
         <v>19300</v>
       </c>
       <c r="AC222" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE222" s="93" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="AG222" s="95"/>
       <c r="AH222" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="223" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A223" s="91" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="B223" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C223" s="93" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="D223" s="95">
         <v>5000</v>
       </c>
       <c r="E223" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F223" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G223" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H223" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I223" s="94"/>
       <c r="J223" s="91">
         <v>150</v>
       </c>
       <c r="L223" s="95"/>
       <c r="M223" s="95"/>
       <c r="R223" s="95"/>
       <c r="S223" s="95"/>
       <c r="T223" s="95"/>
       <c r="U223" s="95"/>
       <c r="V223" s="95"/>
       <c r="W223" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X223" s="95"/>
       <c r="Y223" s="93" t="s">
-        <v>1273</v>
+        <v>1270</v>
       </c>
       <c r="AA223" s="95"/>
       <c r="AB223" s="95">
         <v>19300</v>
       </c>
       <c r="AC223" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE223" s="93" t="s">
-        <v>1273</v>
+        <v>1270</v>
       </c>
       <c r="AG223" s="95"/>
       <c r="AH223" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="224" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A224" s="91" t="s">
-        <v>1274</v>
+        <v>1271</v>
       </c>
       <c r="B224" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C224" s="93" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="D224" s="95">
         <v>5000</v>
       </c>
       <c r="E224" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F224" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G224" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H224" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I224" s="94"/>
       <c r="J224" s="91">
         <v>150</v>
       </c>
       <c r="L224" s="95"/>
       <c r="M224" s="95"/>
       <c r="R224" s="95"/>
       <c r="S224" s="95"/>
       <c r="T224" s="95"/>
       <c r="U224" s="95"/>
       <c r="V224" s="95"/>
       <c r="W224" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X224" s="95"/>
       <c r="Y224" s="93" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="AA224" s="95"/>
       <c r="AB224" s="95">
         <v>19300</v>
       </c>
       <c r="AC224" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE224" s="93" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="AG224" s="95"/>
       <c r="AH224" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="225" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A225" s="91" t="s">
-        <v>1277</v>
-[...1 lines deleted...]
-      <c r="B225" s="92" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B225" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C225" s="93" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="D225" s="95">
         <v>5000</v>
       </c>
       <c r="E225" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F225" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G225" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H225" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I225" s="94"/>
       <c r="J225" s="91">
         <v>150</v>
       </c>
       <c r="L225" s="95"/>
       <c r="M225" s="95"/>
       <c r="R225" s="95"/>
       <c r="S225" s="95"/>
       <c r="T225" s="95"/>
       <c r="U225" s="95"/>
       <c r="V225" s="95"/>
       <c r="W225" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X225" s="95"/>
       <c r="Y225" s="93" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="AA225" s="95"/>
       <c r="AB225" s="95">
         <v>19300</v>
       </c>
       <c r="AC225" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE225" s="93" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="AG225" s="95"/>
       <c r="AH225" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="226" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A226" s="91" t="s">
-        <v>1280</v>
-[...1 lines deleted...]
-      <c r="B226" s="10" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B226" s="92" t="s">
         <v>232</v>
       </c>
       <c r="C226" s="93" t="s">
-        <v>1281</v>
+        <v>1278</v>
       </c>
       <c r="D226" s="95">
         <v>5000</v>
       </c>
       <c r="E226" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F226" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G226" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H226" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I226" s="94"/>
       <c r="J226" s="91">
         <v>150</v>
       </c>
       <c r="L226" s="95"/>
       <c r="M226" s="95"/>
       <c r="R226" s="95"/>
       <c r="S226" s="95"/>
       <c r="T226" s="95"/>
       <c r="U226" s="95"/>
       <c r="V226" s="95"/>
       <c r="W226" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X226" s="95"/>
       <c r="Y226" s="93" t="s">
-        <v>1282</v>
+        <v>1279</v>
       </c>
       <c r="AA226" s="95"/>
       <c r="AB226" s="95">
         <v>19300</v>
       </c>
       <c r="AC226" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE226" s="93" t="s">
-        <v>1282</v>
+        <v>1279</v>
       </c>
       <c r="AG226" s="95"/>
       <c r="AH226" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="227" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A227" s="91" t="s">
-        <v>1283</v>
+        <v>1280</v>
       </c>
       <c r="B227" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C227" s="93" t="s">
-        <v>1284</v>
+        <v>1281</v>
       </c>
       <c r="D227" s="95">
         <v>5000</v>
       </c>
       <c r="E227" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F227" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G227" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H227" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I227" s="94"/>
       <c r="J227" s="91">
         <v>150</v>
       </c>
       <c r="L227" s="95"/>
       <c r="M227" s="95"/>
       <c r="R227" s="95"/>
       <c r="S227" s="95"/>
       <c r="T227" s="95"/>
       <c r="U227" s="95"/>
       <c r="V227" s="95"/>
       <c r="W227" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X227" s="95"/>
       <c r="Y227" s="93" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
       <c r="AA227" s="95"/>
       <c r="AB227" s="95">
         <v>19300</v>
       </c>
       <c r="AC227" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE227" s="93" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
       <c r="AG227" s="95"/>
       <c r="AH227" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="228" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A228" s="91" t="s">
-        <v>1286</v>
+        <v>1283</v>
       </c>
       <c r="B228" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C228" s="93" t="s">
-        <v>1287</v>
+        <v>1284</v>
       </c>
       <c r="D228" s="95">
         <v>5000</v>
       </c>
       <c r="E228" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F228" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G228" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H228" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I228" s="94"/>
       <c r="J228" s="91">
         <v>150</v>
       </c>
       <c r="L228" s="95"/>
       <c r="M228" s="95"/>
       <c r="R228" s="95"/>
       <c r="S228" s="95"/>
       <c r="T228" s="95"/>
       <c r="U228" s="95"/>
       <c r="V228" s="95"/>
       <c r="W228" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X228" s="95"/>
       <c r="Y228" s="93" t="s">
-        <v>1288</v>
+        <v>1285</v>
       </c>
       <c r="AA228" s="95"/>
       <c r="AB228" s="95">
         <v>19300</v>
       </c>
       <c r="AC228" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE228" s="93" t="s">
-        <v>1288</v>
+        <v>1285</v>
       </c>
       <c r="AG228" s="95"/>
       <c r="AH228" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="229" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A229" s="91" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="B229" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C229" s="93" t="s">
-        <v>1290</v>
+        <v>1287</v>
       </c>
       <c r="D229" s="95">
         <v>5000</v>
       </c>
       <c r="E229" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F229" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G229" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H229" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I229" s="94"/>
       <c r="J229" s="91">
         <v>150</v>
       </c>
       <c r="L229" s="95"/>
       <c r="M229" s="95"/>
       <c r="R229" s="95"/>
       <c r="S229" s="95"/>
       <c r="T229" s="95"/>
       <c r="U229" s="95"/>
       <c r="V229" s="95"/>
       <c r="W229" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X229" s="95"/>
       <c r="Y229" s="93" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="AA229" s="95"/>
       <c r="AB229" s="95">
         <v>19300</v>
       </c>
       <c r="AC229" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE229" s="93" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="AG229" s="95"/>
       <c r="AH229" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="230" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A230" s="91" t="s">
-        <v>1292</v>
-[...1 lines deleted...]
-      <c r="B230" s="92" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B230" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C230" s="93" t="s">
-        <v>1293</v>
+        <v>1290</v>
       </c>
       <c r="D230" s="95">
         <v>5000</v>
       </c>
       <c r="E230" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F230" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G230" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H230" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I230" s="94"/>
       <c r="J230" s="91">
         <v>150</v>
       </c>
       <c r="L230" s="95"/>
       <c r="M230" s="95"/>
       <c r="R230" s="95"/>
       <c r="S230" s="95"/>
       <c r="T230" s="95"/>
       <c r="U230" s="95"/>
       <c r="V230" s="95"/>
       <c r="W230" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X230" s="95"/>
       <c r="Y230" s="93" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="AA230" s="95"/>
       <c r="AB230" s="95">
         <v>19300</v>
       </c>
       <c r="AC230" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE230" s="93" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="AG230" s="95"/>
       <c r="AH230" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="231" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A231" s="91" t="s">
-        <v>1295</v>
-[...1 lines deleted...]
-      <c r="B231" s="10" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B231" s="92" t="s">
         <v>232</v>
       </c>
       <c r="C231" s="93" t="s">
-        <v>1296</v>
+        <v>1293</v>
       </c>
       <c r="D231" s="95">
         <v>5000</v>
       </c>
       <c r="E231" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F231" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G231" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H231" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I231" s="94"/>
       <c r="J231" s="91">
         <v>150</v>
       </c>
       <c r="L231" s="95"/>
       <c r="M231" s="95"/>
       <c r="R231" s="95"/>
       <c r="S231" s="95"/>
       <c r="T231" s="95"/>
       <c r="U231" s="95"/>
       <c r="V231" s="95"/>
       <c r="W231" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X231" s="95"/>
       <c r="Y231" s="93" t="s">
-        <v>1297</v>
+        <v>1294</v>
       </c>
       <c r="AA231" s="95"/>
       <c r="AB231" s="95">
         <v>19300</v>
       </c>
       <c r="AC231" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE231" s="93" t="s">
-        <v>1297</v>
+        <v>1294</v>
       </c>
       <c r="AG231" s="95"/>
       <c r="AH231" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="232" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A232" s="91" t="s">
-        <v>1298</v>
+        <v>1295</v>
       </c>
       <c r="B232" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C232" s="93" t="s">
-        <v>1299</v>
+        <v>1296</v>
       </c>
       <c r="D232" s="95">
         <v>5000</v>
       </c>
       <c r="E232" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F232" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G232" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H232" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I232" s="94"/>
       <c r="J232" s="91">
         <v>150</v>
       </c>
       <c r="L232" s="95"/>
       <c r="M232" s="95"/>
       <c r="R232" s="95"/>
       <c r="S232" s="95"/>
       <c r="T232" s="95"/>
       <c r="U232" s="95"/>
       <c r="V232" s="95"/>
       <c r="W232" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X232" s="95"/>
       <c r="Y232" s="93" t="s">
-        <v>1300</v>
+        <v>1297</v>
       </c>
       <c r="AA232" s="95"/>
       <c r="AB232" s="95">
         <v>19300</v>
       </c>
       <c r="AC232" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE232" s="93" t="s">
-        <v>1300</v>
+        <v>1297</v>
       </c>
       <c r="AG232" s="95"/>
       <c r="AH232" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="233" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A233" s="91" t="s">
-        <v>1301</v>
+        <v>1298</v>
       </c>
       <c r="B233" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C233" s="93" t="s">
-        <v>1302</v>
+        <v>1299</v>
       </c>
       <c r="D233" s="95">
         <v>5000</v>
       </c>
       <c r="E233" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F233" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G233" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H233" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I233" s="94"/>
       <c r="J233" s="91">
         <v>150</v>
       </c>
       <c r="L233" s="95"/>
       <c r="M233" s="95"/>
       <c r="R233" s="95"/>
       <c r="S233" s="95"/>
       <c r="T233" s="95"/>
       <c r="U233" s="95"/>
       <c r="V233" s="95"/>
       <c r="W233" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X233" s="95"/>
       <c r="Y233" s="93" t="s">
-        <v>1303</v>
+        <v>1300</v>
       </c>
       <c r="AA233" s="95"/>
       <c r="AB233" s="95">
         <v>19300</v>
       </c>
       <c r="AC233" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE233" s="93" t="s">
-        <v>1303</v>
+        <v>1300</v>
       </c>
       <c r="AG233" s="95"/>
       <c r="AH233" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="234" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A234" s="91" t="s">
-        <v>1304</v>
+        <v>1301</v>
       </c>
       <c r="B234" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C234" s="93" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="D234" s="95">
         <v>5000</v>
       </c>
       <c r="E234" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F234" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G234" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H234" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I234" s="94"/>
       <c r="J234" s="91">
         <v>150</v>
       </c>
       <c r="L234" s="95"/>
       <c r="M234" s="95"/>
       <c r="R234" s="95"/>
       <c r="S234" s="95"/>
       <c r="T234" s="95"/>
       <c r="U234" s="95"/>
       <c r="V234" s="95"/>
       <c r="W234" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X234" s="95"/>
       <c r="Y234" s="93" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="AA234" s="95"/>
       <c r="AB234" s="95">
         <v>19300</v>
       </c>
       <c r="AC234" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE234" s="93" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="AG234" s="95"/>
       <c r="AH234" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="235" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A235" s="91" t="s">
-        <v>1307</v>
-[...1 lines deleted...]
-      <c r="B235" s="92" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B235" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C235" s="93" t="s">
-        <v>1308</v>
+        <v>1305</v>
       </c>
       <c r="D235" s="95">
         <v>5000</v>
       </c>
       <c r="E235" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F235" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G235" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H235" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I235" s="94"/>
       <c r="J235" s="91">
         <v>150</v>
       </c>
       <c r="L235" s="95"/>
       <c r="M235" s="95"/>
       <c r="R235" s="95"/>
       <c r="S235" s="95"/>
       <c r="T235" s="95"/>
       <c r="U235" s="95"/>
       <c r="V235" s="95"/>
       <c r="W235" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X235" s="95"/>
       <c r="Y235" s="93" t="s">
-        <v>1309</v>
+        <v>1306</v>
       </c>
       <c r="AA235" s="95"/>
       <c r="AB235" s="95">
         <v>19300</v>
       </c>
       <c r="AC235" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE235" s="93" t="s">
-        <v>1309</v>
+        <v>1306</v>
       </c>
       <c r="AG235" s="95"/>
       <c r="AH235" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="236" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A236" s="91" t="s">
-        <v>1310</v>
-[...1 lines deleted...]
-      <c r="B236" s="10" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B236" s="92" t="s">
         <v>232</v>
       </c>
       <c r="C236" s="93" t="s">
-        <v>1311</v>
+        <v>1308</v>
       </c>
       <c r="D236" s="95">
         <v>5000</v>
       </c>
       <c r="E236" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F236" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G236" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H236" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I236" s="94"/>
       <c r="J236" s="91">
         <v>150</v>
       </c>
       <c r="L236" s="95"/>
       <c r="M236" s="95"/>
       <c r="R236" s="95"/>
       <c r="S236" s="95"/>
       <c r="T236" s="95"/>
       <c r="U236" s="95"/>
       <c r="V236" s="95"/>
       <c r="W236" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X236" s="95"/>
       <c r="Y236" s="93" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
       <c r="AA236" s="95"/>
       <c r="AB236" s="95">
         <v>19300</v>
       </c>
       <c r="AC236" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE236" s="93" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
       <c r="AG236" s="95"/>
       <c r="AH236" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="237" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A237" s="91" t="s">
-        <v>1313</v>
+        <v>1310</v>
       </c>
       <c r="B237" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C237" s="93" t="s">
-        <v>1314</v>
+        <v>1311</v>
       </c>
       <c r="D237" s="95">
         <v>5000</v>
       </c>
       <c r="E237" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F237" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G237" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H237" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I237" s="94"/>
       <c r="J237" s="91">
         <v>150</v>
       </c>
       <c r="L237" s="95"/>
       <c r="M237" s="95"/>
       <c r="R237" s="95"/>
       <c r="S237" s="95"/>
       <c r="T237" s="95"/>
       <c r="U237" s="95"/>
       <c r="V237" s="95"/>
       <c r="W237" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X237" s="95"/>
       <c r="Y237" s="93" t="s">
-        <v>1315</v>
+        <v>1312</v>
       </c>
       <c r="AA237" s="95"/>
       <c r="AB237" s="95">
         <v>19300</v>
       </c>
       <c r="AC237" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE237" s="93" t="s">
-        <v>1315</v>
+        <v>1312</v>
       </c>
       <c r="AG237" s="95"/>
       <c r="AH237" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="238" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A238" s="91" t="s">
-        <v>1316</v>
+        <v>1313</v>
       </c>
       <c r="B238" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C238" s="93" t="s">
-        <v>1317</v>
+        <v>1314</v>
       </c>
       <c r="D238" s="95">
         <v>5000</v>
       </c>
       <c r="E238" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F238" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G238" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H238" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I238" s="94"/>
       <c r="J238" s="91">
         <v>150</v>
       </c>
       <c r="L238" s="95"/>
       <c r="M238" s="95"/>
       <c r="R238" s="95"/>
       <c r="S238" s="95"/>
       <c r="T238" s="95"/>
       <c r="U238" s="95"/>
       <c r="V238" s="95"/>
       <c r="W238" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X238" s="95"/>
       <c r="Y238" s="93" t="s">
-        <v>1318</v>
+        <v>1315</v>
       </c>
       <c r="AA238" s="95"/>
       <c r="AB238" s="95">
         <v>19300</v>
       </c>
       <c r="AC238" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE238" s="93" t="s">
-        <v>1318</v>
+        <v>1315</v>
       </c>
       <c r="AG238" s="95"/>
       <c r="AH238" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="239" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A239" s="91" t="s">
-        <v>1319</v>
+        <v>1316</v>
       </c>
       <c r="B239" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C239" s="93" t="s">
-        <v>1320</v>
+        <v>1317</v>
       </c>
       <c r="D239" s="95">
         <v>5000</v>
       </c>
       <c r="E239" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F239" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G239" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H239" s="91" t="s">
         <v>39</v>
       </c>
       <c r="I239" s="94"/>
       <c r="J239" s="91">
         <v>150</v>
       </c>
       <c r="L239" s="95"/>
       <c r="M239" s="95"/>
       <c r="R239" s="95"/>
       <c r="S239" s="95"/>
       <c r="T239" s="95"/>
       <c r="U239" s="95"/>
       <c r="V239" s="95"/>
       <c r="W239" s="95" t="s">
         <v>49</v>
       </c>
       <c r="X239" s="95"/>
       <c r="Y239" s="93" t="s">
-        <v>1321</v>
+        <v>1318</v>
       </c>
       <c r="AA239" s="95"/>
       <c r="AB239" s="95">
         <v>19300</v>
       </c>
       <c r="AC239" s="95" t="s">
         <v>49</v>
       </c>
       <c r="AE239" s="93" t="s">
-        <v>1321</v>
+        <v>1318</v>
       </c>
       <c r="AG239" s="95"/>
       <c r="AH239" s="95">
         <v>19300</v>
       </c>
     </row>
-    <row r="240" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B240" s="70" t="s">
+    <row r="240" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A240" s="91" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B240" s="10" t="s">
         <v>232</v>
       </c>
-      <c r="C240" s="63" t="s">
-[...2 lines deleted...]
-      <c r="D240" s="64">
+      <c r="C240" s="93" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D240" s="95">
         <v>5000</v>
       </c>
-      <c r="E240" s="13" t="s">
+      <c r="E240" s="91" t="s">
         <v>36</v>
       </c>
-      <c r="F240" s="13" t="s">
+      <c r="F240" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="G240" s="13" t="s">
+      <c r="G240" s="91" t="s">
         <v>66</v>
       </c>
-      <c r="H240" s="13" t="s">
+      <c r="H240" s="91" t="s">
         <v>39</v>
       </c>
-      <c r="I240" s="65"/>
-      <c r="J240" s="13">
+      <c r="I240" s="94"/>
+      <c r="J240" s="91">
         <v>150</v>
       </c>
-      <c r="K240" s="13"/>
-[...11 lines deleted...]
-      <c r="W240" s="64" t="s">
+      <c r="L240" s="95"/>
+      <c r="M240" s="95"/>
+      <c r="R240" s="95"/>
+      <c r="S240" s="95"/>
+      <c r="T240" s="95"/>
+      <c r="U240" s="95"/>
+      <c r="V240" s="95"/>
+      <c r="W240" s="95" t="s">
         <v>49</v>
       </c>
-      <c r="X240" s="64"/>
-[...5 lines deleted...]
-      <c r="AB240" s="64">
+      <c r="X240" s="95"/>
+      <c r="Y240" s="93" t="s">
+        <v>1321</v>
+      </c>
+      <c r="AA240" s="95"/>
+      <c r="AB240" s="95">
         <v>19300</v>
       </c>
-      <c r="AC240" s="64" t="s">
+      <c r="AC240" s="95" t="s">
         <v>49</v>
       </c>
-      <c r="AD240" s="13"/>
-[...5 lines deleted...]
-      <c r="AH240" s="64">
+      <c r="AE240" s="93" t="s">
+        <v>1321</v>
+      </c>
+      <c r="AG240" s="95"/>
+      <c r="AH240" s="95">
         <v>19300</v>
       </c>
     </row>
     <row r="241" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A241" s="13" t="s">
-        <v>1013</v>
-[...1 lines deleted...]
-      <c r="B241" s="10" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B241" s="70" t="s">
         <v>232</v>
       </c>
       <c r="C241" s="63" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="D241" s="64">
         <v>5000</v>
       </c>
       <c r="E241" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F241" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G241" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H241" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I241" s="65"/>
       <c r="J241" s="13">
         <v>150</v>
       </c>
       <c r="K241" s="13"/>
       <c r="L241" s="64"/>
       <c r="M241" s="64"/>
       <c r="N241" s="13"/>
       <c r="O241" s="13"/>
       <c r="P241" s="13"/>
       <c r="Q241" s="13"/>
       <c r="R241" s="64"/>
       <c r="S241" s="64"/>
       <c r="T241" s="64"/>
       <c r="U241" s="64"/>
       <c r="V241" s="64"/>
       <c r="W241" s="64" t="s">
         <v>49</v>
       </c>
       <c r="X241" s="64"/>
       <c r="Y241" s="63" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="Z241" s="13"/>
       <c r="AA241" s="64"/>
       <c r="AB241" s="64">
         <v>19300</v>
       </c>
       <c r="AC241" s="64" t="s">
         <v>49</v>
       </c>
       <c r="AD241" s="13"/>
       <c r="AE241" s="63" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="AF241" s="13"/>
       <c r="AG241" s="64"/>
       <c r="AH241" s="64">
         <v>19300</v>
       </c>
     </row>
     <row r="242" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A242" s="13" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="B242" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C242" s="63" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D242" s="64">
         <v>5000</v>
       </c>
       <c r="E242" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F242" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G242" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H242" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I242" s="65"/>
       <c r="J242" s="13">
         <v>150</v>
       </c>
       <c r="K242" s="13"/>
       <c r="L242" s="64"/>
       <c r="M242" s="64"/>
       <c r="N242" s="13"/>
       <c r="O242" s="13"/>
       <c r="P242" s="13"/>
       <c r="Q242" s="13"/>
       <c r="R242" s="64"/>
       <c r="S242" s="64"/>
       <c r="T242" s="64"/>
       <c r="U242" s="64"/>
       <c r="V242" s="64"/>
       <c r="W242" s="64" t="s">
         <v>49</v>
       </c>
       <c r="X242" s="64"/>
       <c r="Y242" s="63" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="Z242" s="13"/>
       <c r="AA242" s="64"/>
       <c r="AB242" s="64">
         <v>19300</v>
       </c>
       <c r="AC242" s="64" t="s">
         <v>49</v>
       </c>
       <c r="AD242" s="13"/>
       <c r="AE242" s="63" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="AF242" s="13"/>
       <c r="AG242" s="64"/>
       <c r="AH242" s="64">
         <v>19300</v>
       </c>
     </row>
     <row r="243" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A243" s="13" t="s">
-        <v>1015</v>
+        <v>1014</v>
       </c>
       <c r="B243" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C243" s="63" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="D243" s="64">
         <v>5000</v>
       </c>
       <c r="E243" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F243" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G243" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H243" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I243" s="65"/>
       <c r="J243" s="13">
         <v>150</v>
       </c>
       <c r="K243" s="13"/>
       <c r="L243" s="64"/>
       <c r="M243" s="64"/>
       <c r="N243" s="13"/>
       <c r="O243" s="13"/>
       <c r="P243" s="13"/>
       <c r="Q243" s="13"/>
       <c r="R243" s="64"/>
       <c r="S243" s="64"/>
       <c r="T243" s="64"/>
       <c r="U243" s="64"/>
       <c r="V243" s="64"/>
       <c r="W243" s="64" t="s">
         <v>49</v>
       </c>
       <c r="X243" s="64"/>
       <c r="Y243" s="63" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="Z243" s="13"/>
       <c r="AA243" s="64"/>
       <c r="AB243" s="64">
         <v>19300</v>
       </c>
       <c r="AC243" s="64" t="s">
         <v>49</v>
       </c>
       <c r="AD243" s="13"/>
       <c r="AE243" s="63" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="AF243" s="13"/>
       <c r="AG243" s="64"/>
       <c r="AH243" s="64">
         <v>19300</v>
       </c>
     </row>
     <row r="244" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A244" s="13" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B244" s="10" t="s">
         <v>232</v>
       </c>
       <c r="C244" s="63" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="D244" s="64">
         <v>5000</v>
       </c>
       <c r="E244" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F244" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G244" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H244" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I244" s="65"/>
       <c r="J244" s="13">
         <v>150</v>
       </c>
       <c r="K244" s="13"/>
       <c r="L244" s="64"/>
       <c r="M244" s="64"/>
       <c r="N244" s="13"/>
       <c r="O244" s="13"/>
       <c r="P244" s="13"/>
       <c r="Q244" s="13"/>
       <c r="R244" s="64"/>
       <c r="S244" s="64"/>
       <c r="T244" s="64"/>
       <c r="U244" s="64"/>
       <c r="V244" s="64"/>
       <c r="W244" s="64" t="s">
         <v>49</v>
       </c>
       <c r="X244" s="64"/>
       <c r="Y244" s="63" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="Z244" s="13"/>
       <c r="AA244" s="64"/>
       <c r="AB244" s="64">
         <v>19300</v>
       </c>
       <c r="AC244" s="64" t="s">
         <v>49</v>
       </c>
       <c r="AD244" s="13"/>
       <c r="AE244" s="63" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="AF244" s="13"/>
       <c r="AG244" s="64"/>
       <c r="AH244" s="64">
         <v>19300</v>
       </c>
     </row>
-    <row r="245" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
-[...43 lines deleted...]
-      <c r="X245" s="91" t="s">
+    <row r="245" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A245" s="13" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B245" s="10" t="s">
+        <v>232</v>
+      </c>
+      <c r="C245" s="63" t="s">
+        <v>241</v>
+      </c>
+      <c r="D245" s="64">
+        <v>5000</v>
+      </c>
+      <c r="E245" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="F245" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="G245" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="H245" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="I245" s="65"/>
+      <c r="J245" s="13">
+        <v>150</v>
+      </c>
+      <c r="K245" s="13"/>
+      <c r="L245" s="64"/>
+      <c r="M245" s="64"/>
+      <c r="N245" s="13"/>
+      <c r="O245" s="13"/>
+      <c r="P245" s="13"/>
+      <c r="Q245" s="13"/>
+      <c r="R245" s="64"/>
+      <c r="S245" s="64"/>
+      <c r="T245" s="64"/>
+      <c r="U245" s="64"/>
+      <c r="V245" s="64"/>
+      <c r="W245" s="64" t="s">
         <v>49</v>
       </c>
-      <c r="Z245" s="91" t="s">
-[...9 lines deleted...]
-      <c r="AD245" s="91" t="s">
+      <c r="X245" s="64"/>
+      <c r="Y245" s="63" t="s">
+        <v>242</v>
+      </c>
+      <c r="Z245" s="13"/>
+      <c r="AA245" s="64"/>
+      <c r="AB245" s="64">
+        <v>19300</v>
+      </c>
+      <c r="AC245" s="64" t="s">
         <v>49</v>
       </c>
-      <c r="AF245" s="91" t="s">
-[...4 lines deleted...]
-        <v>981</v>
+      <c r="AD245" s="13"/>
+      <c r="AE245" s="63" t="s">
+        <v>242</v>
+      </c>
+      <c r="AF245" s="13"/>
+      <c r="AG245" s="64"/>
+      <c r="AH245" s="64">
+        <v>19300</v>
       </c>
     </row>
     <row r="246" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A246" s="91" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="B246" s="98" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="C246" s="93" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="D246" s="95">
         <v>50</v>
       </c>
       <c r="E246" s="91" t="s">
         <v>58</v>
       </c>
       <c r="F246" s="91" t="s">
         <v>287</v>
       </c>
       <c r="G246" s="91" t="s">
         <v>56</v>
       </c>
       <c r="H246" s="91" t="s">
         <v>288</v>
       </c>
       <c r="I246" s="94"/>
       <c r="J246" s="91">
         <v>25</v>
       </c>
       <c r="K246" s="91"/>
       <c r="L246" s="91"/>
       <c r="M246" s="91"/>
       <c r="N246" s="91"/>
       <c r="O246" s="91"/>
       <c r="P246" s="91"/>
       <c r="Q246" s="91"/>
       <c r="R246" s="91"/>
       <c r="S246" s="91"/>
       <c r="T246" s="91"/>
       <c r="U246" s="91"/>
       <c r="V246" s="91"/>
       <c r="W246" s="93" t="s">
-        <v>984</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>979</v>
+      </c>
+      <c r="X246" s="91" t="s">
+        <v>49</v>
       </c>
       <c r="Z246" s="91" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="AA246" s="91"/>
       <c r="AB246" s="91" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="AC246" s="93" t="s">
-        <v>984</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>979</v>
+      </c>
+      <c r="AD246" s="91" t="s">
+        <v>49</v>
       </c>
       <c r="AF246" s="91" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="AG246" s="91"/>
       <c r="AH246" s="91" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="247" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="91" t="s">
+        <v>982</v>
+      </c>
+      <c r="B247" s="98" t="s">
+        <v>983</v>
+      </c>
+      <c r="C247" s="93" t="s">
+        <v>984</v>
+      </c>
+      <c r="D247" s="95">
+        <v>50</v>
+      </c>
+      <c r="E247" s="91" t="s">
+        <v>58</v>
+      </c>
+      <c r="F247" s="91" t="s">
+        <v>287</v>
+      </c>
+      <c r="G247" s="91" t="s">
+        <v>56</v>
+      </c>
+      <c r="H247" s="91" t="s">
+        <v>288</v>
+      </c>
+      <c r="I247" s="94"/>
+      <c r="J247" s="91">
+        <v>25</v>
+      </c>
+      <c r="K247" s="91"/>
+      <c r="L247" s="91"/>
+      <c r="M247" s="91"/>
+      <c r="N247" s="91"/>
+      <c r="O247" s="91"/>
+      <c r="P247" s="91"/>
+      <c r="Q247" s="91"/>
+      <c r="R247" s="91"/>
+      <c r="S247" s="91"/>
+      <c r="T247" s="91"/>
+      <c r="U247" s="91"/>
+      <c r="V247" s="91"/>
+      <c r="W247" s="93" t="s">
+        <v>984</v>
+      </c>
+      <c r="X247" s="95" t="s">
+        <v>270</v>
+      </c>
+      <c r="Z247" s="91" t="s">
+        <v>985</v>
+      </c>
+      <c r="AA247" s="91"/>
+      <c r="AB247" s="91" t="s">
         <v>986</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A247" s="13" t="s">
+      <c r="AC247" s="93" t="s">
+        <v>984</v>
+      </c>
+      <c r="AD247" s="95" t="s">
+        <v>270</v>
+      </c>
+      <c r="AF247" s="91" t="s">
+        <v>985</v>
+      </c>
+      <c r="AG247" s="91"/>
+      <c r="AH247" s="91" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="248" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A248" s="13" t="s">
         <v>552</v>
       </c>
-      <c r="B247" s="13" t="s">
+      <c r="B248" s="13" t="s">
         <v>553</v>
       </c>
-      <c r="C247" s="63" t="s">
+      <c r="C248" s="63" t="s">
         <v>554</v>
-      </c>
-[...72 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D248" s="64">
         <v>5000</v>
       </c>
       <c r="E248" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F248" s="13" t="s">
         <v>86</v>
       </c>
       <c r="G248" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H248" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I248" s="65"/>
-      <c r="J248" s="83">
-        <v>25</v>
+      <c r="J248" s="78">
+        <v>150</v>
       </c>
       <c r="K248" s="13"/>
-      <c r="L248" s="64"/>
-      <c r="M248" s="64"/>
+      <c r="L248" s="13"/>
+      <c r="M248" s="13"/>
       <c r="N248" s="13"/>
       <c r="O248" s="13"/>
       <c r="P248" s="13"/>
       <c r="Q248" s="13"/>
-      <c r="R248" s="64"/>
-[...4 lines deleted...]
-      <c r="W248" s="64" t="s">
+      <c r="R248" s="13"/>
+      <c r="S248" s="13"/>
+      <c r="T248" s="13"/>
+      <c r="U248" s="13"/>
+      <c r="V248" s="13"/>
+      <c r="W248" s="13" t="s">
+        <v>270</v>
+      </c>
+      <c r="X248" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="X248" s="64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y248" s="63" t="s">
-        <v>106</v>
-[...4 lines deleted...]
-      <c r="AA248" s="64"/>
+        <v>555</v>
+      </c>
+      <c r="Z248" s="63" t="s">
+        <v>556</v>
+      </c>
+      <c r="AA248" s="13"/>
       <c r="AB248" s="64" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="AC248" s="64" t="s">
+        <v>597</v>
+      </c>
+      <c r="AC248" s="13" t="s">
+        <v>270</v>
+      </c>
+      <c r="AD248" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="AD248" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE248" s="63" t="s">
-        <v>106</v>
-[...4 lines deleted...]
-      <c r="AG248" s="64"/>
+        <v>555</v>
+      </c>
+      <c r="AF248" s="63" t="s">
+        <v>556</v>
+      </c>
+      <c r="AG248" s="13"/>
       <c r="AH248" s="64" t="s">
-        <v>599</v>
-[...10 lines deleted...]
-        <v>306</v>
+        <v>597</v>
+      </c>
+    </row>
+    <row r="249" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A249" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B249" s="70" t="s">
+        <v>104</v>
+      </c>
+      <c r="C249" s="63" t="s">
+        <v>105</v>
       </c>
       <c r="D249" s="64">
         <v>5000</v>
       </c>
-      <c r="E249" s="60" t="s">
+      <c r="E249" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="F249" s="60" t="s">
+      <c r="F249" s="13" t="s">
         <v>86</v>
       </c>
-      <c r="G249" s="60" t="s">
+      <c r="G249" s="13" t="s">
         <v>66</v>
       </c>
-      <c r="H249" s="60" t="s">
-        <v>288</v>
+      <c r="H249" s="13" t="s">
+        <v>39</v>
       </c>
       <c r="I249" s="65"/>
-      <c r="J249" s="13">
-[...8 lines deleted...]
-      <c r="Q249" s="60"/>
+      <c r="J249" s="83">
+        <v>25</v>
+      </c>
+      <c r="K249" s="13"/>
+      <c r="L249" s="64"/>
+      <c r="M249" s="64"/>
+      <c r="N249" s="13"/>
+      <c r="O249" s="13"/>
+      <c r="P249" s="13"/>
+      <c r="Q249" s="13"/>
       <c r="R249" s="64"/>
-      <c r="S249" s="84"/>
-[...1 lines deleted...]
-      <c r="U249" s="84"/>
+      <c r="S249" s="64"/>
+      <c r="T249" s="64"/>
+      <c r="U249" s="64"/>
       <c r="V249" s="64"/>
       <c r="W249" s="64" t="s">
-        <v>270</v>
+        <v>49</v>
       </c>
       <c r="X249" s="64" t="s">
-        <v>270</v>
-[...5 lines deleted...]
-        <v>652</v>
+        <v>35</v>
+      </c>
+      <c r="Y249" s="63" t="s">
+        <v>106</v>
+      </c>
+      <c r="Z249" s="13" t="s">
+        <v>107</v>
       </c>
       <c r="AA249" s="64"/>
       <c r="AB249" s="64" t="s">
-        <v>268</v>
+        <v>599</v>
       </c>
       <c r="AC249" s="64" t="s">
-        <v>270</v>
-[...8 lines deleted...]
-        <v>652</v>
+        <v>49</v>
+      </c>
+      <c r="AD249" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="AE249" s="63" t="s">
+        <v>106</v>
+      </c>
+      <c r="AF249" s="13" t="s">
+        <v>107</v>
       </c>
       <c r="AG249" s="64"/>
       <c r="AH249" s="64" t="s">
-        <v>268</v>
+        <v>599</v>
       </c>
     </row>
     <row r="250" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A250" s="60" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="B250" s="60" t="s">
         <v>305</v>
       </c>
       <c r="C250" s="60" t="s">
-        <v>321</v>
+        <v>306</v>
       </c>
       <c r="D250" s="64">
         <v>5000</v>
       </c>
       <c r="E250" s="60" t="s">
         <v>36</v>
       </c>
       <c r="F250" s="60" t="s">
         <v>86</v>
       </c>
       <c r="G250" s="60" t="s">
         <v>66</v>
       </c>
       <c r="H250" s="60" t="s">
         <v>288</v>
       </c>
       <c r="I250" s="65"/>
       <c r="J250" s="13">
         <v>50</v>
       </c>
       <c r="K250" s="60"/>
       <c r="L250" s="84"/>
       <c r="M250" s="84"/>
       <c r="N250" s="60"/>
       <c r="O250" s="60"/>
       <c r="P250" s="60"/>
       <c r="Q250" s="60"/>
       <c r="R250" s="64"/>
       <c r="S250" s="84"/>
       <c r="T250" s="84"/>
       <c r="U250" s="84"/>
       <c r="V250" s="64"/>
       <c r="W250" s="64" t="s">
         <v>270</v>
       </c>
       <c r="X250" s="64" t="s">
         <v>270</v>
       </c>
       <c r="Y250" s="60" t="s">
-        <v>322</v>
+        <v>307</v>
       </c>
       <c r="Z250" s="60" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="AA250" s="64"/>
       <c r="AB250" s="64" t="s">
         <v>268</v>
       </c>
       <c r="AC250" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AD250" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AE250" s="60" t="s">
-        <v>322</v>
+        <v>307</v>
       </c>
       <c r="AF250" s="60" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="AG250" s="64"/>
       <c r="AH250" s="64" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="251" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A251" s="60" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B251" s="60" t="s">
         <v>305</v>
       </c>
       <c r="C251" s="60" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D251" s="64">
         <v>5000</v>
       </c>
       <c r="E251" s="60" t="s">
         <v>36</v>
       </c>
       <c r="F251" s="60" t="s">
         <v>86</v>
       </c>
       <c r="G251" s="60" t="s">
         <v>66</v>
       </c>
       <c r="H251" s="60" t="s">
         <v>288</v>
       </c>
       <c r="I251" s="65"/>
       <c r="J251" s="13">
         <v>50</v>
       </c>
       <c r="K251" s="60"/>
       <c r="L251" s="84"/>
       <c r="M251" s="84"/>
       <c r="N251" s="60"/>
       <c r="O251" s="60"/>
       <c r="P251" s="60"/>
       <c r="Q251" s="60"/>
       <c r="R251" s="64"/>
       <c r="S251" s="84"/>
       <c r="T251" s="84"/>
       <c r="U251" s="84"/>
       <c r="V251" s="64"/>
       <c r="W251" s="64" t="s">
         <v>270</v>
       </c>
       <c r="X251" s="64" t="s">
         <v>270</v>
       </c>
       <c r="Y251" s="60" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="Z251" s="60" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="AA251" s="64"/>
       <c r="AB251" s="64" t="s">
         <v>268</v>
       </c>
       <c r="AC251" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AD251" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AE251" s="60" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="AF251" s="60" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="AG251" s="64"/>
       <c r="AH251" s="64" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="252" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A252" s="60" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="B252" s="60" t="s">
         <v>305</v>
       </c>
       <c r="C252" s="60" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="D252" s="64">
         <v>5000</v>
       </c>
       <c r="E252" s="60" t="s">
         <v>36</v>
       </c>
       <c r="F252" s="60" t="s">
         <v>86</v>
       </c>
       <c r="G252" s="60" t="s">
         <v>66</v>
       </c>
       <c r="H252" s="60" t="s">
         <v>288</v>
       </c>
       <c r="I252" s="65"/>
       <c r="J252" s="13">
         <v>50</v>
       </c>
       <c r="K252" s="60"/>
       <c r="L252" s="84"/>
       <c r="M252" s="84"/>
       <c r="N252" s="60"/>
       <c r="O252" s="60"/>
       <c r="P252" s="60"/>
       <c r="Q252" s="60"/>
       <c r="R252" s="64"/>
       <c r="S252" s="84"/>
       <c r="T252" s="84"/>
       <c r="U252" s="84"/>
       <c r="V252" s="64"/>
       <c r="W252" s="64" t="s">
         <v>270</v>
       </c>
       <c r="X252" s="64" t="s">
         <v>270</v>
       </c>
       <c r="Y252" s="60" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="Z252" s="60" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="AA252" s="64"/>
       <c r="AB252" s="64" t="s">
         <v>268</v>
       </c>
       <c r="AC252" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AD252" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AE252" s="60" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="AF252" s="60" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="AG252" s="64"/>
       <c r="AH252" s="64" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="253" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A253" s="60" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="B253" s="60" t="s">
         <v>305</v>
       </c>
       <c r="C253" s="60" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D253" s="64">
         <v>5000</v>
       </c>
       <c r="E253" s="60" t="s">
         <v>36</v>
       </c>
       <c r="F253" s="60" t="s">
         <v>86</v>
       </c>
       <c r="G253" s="60" t="s">
         <v>66</v>
       </c>
       <c r="H253" s="60" t="s">
         <v>288</v>
       </c>
       <c r="I253" s="65"/>
       <c r="J253" s="13">
         <v>50</v>
       </c>
       <c r="K253" s="60"/>
       <c r="L253" s="84"/>
       <c r="M253" s="84"/>
       <c r="N253" s="60"/>
       <c r="O253" s="60"/>
       <c r="P253" s="60"/>
       <c r="Q253" s="60"/>
       <c r="R253" s="64"/>
       <c r="S253" s="84"/>
       <c r="T253" s="84"/>
       <c r="U253" s="84"/>
       <c r="V253" s="64"/>
       <c r="W253" s="64" t="s">
         <v>270</v>
       </c>
       <c r="X253" s="64" t="s">
         <v>270</v>
       </c>
       <c r="Y253" s="60" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="Z253" s="60" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="AA253" s="64"/>
       <c r="AB253" s="64" t="s">
         <v>268</v>
       </c>
       <c r="AC253" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AD253" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AE253" s="60" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="AF253" s="60" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="AG253" s="64"/>
       <c r="AH253" s="64" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="254" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A254" s="60" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="B254" s="60" t="s">
         <v>305</v>
       </c>
       <c r="C254" s="60" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D254" s="64">
         <v>5000</v>
       </c>
       <c r="E254" s="60" t="s">
         <v>36</v>
       </c>
       <c r="F254" s="60" t="s">
         <v>86</v>
       </c>
       <c r="G254" s="60" t="s">
         <v>66</v>
       </c>
       <c r="H254" s="60" t="s">
         <v>288</v>
       </c>
       <c r="I254" s="65"/>
       <c r="J254" s="13">
         <v>50</v>
       </c>
       <c r="K254" s="60"/>
       <c r="L254" s="84"/>
       <c r="M254" s="84"/>
       <c r="N254" s="60"/>
       <c r="O254" s="60"/>
       <c r="P254" s="60"/>
       <c r="Q254" s="60"/>
       <c r="R254" s="64"/>
       <c r="S254" s="84"/>
       <c r="T254" s="84"/>
       <c r="U254" s="84"/>
       <c r="V254" s="64"/>
       <c r="W254" s="64" t="s">
         <v>270</v>
       </c>
       <c r="X254" s="64" t="s">
         <v>270</v>
       </c>
       <c r="Y254" s="60" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="Z254" s="60" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="AA254" s="64"/>
       <c r="AB254" s="64" t="s">
         <v>268</v>
       </c>
       <c r="AC254" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AD254" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AE254" s="60" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="AF254" s="60" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="AG254" s="64"/>
       <c r="AH254" s="64" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="255" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-        <v>270</v>
+    <row r="255" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A255" s="60" t="s">
+        <v>308</v>
+      </c>
+      <c r="B255" s="60" t="s">
+        <v>305</v>
+      </c>
+      <c r="C255" s="60" t="s">
+        <v>309</v>
       </c>
       <c r="D255" s="64">
         <v>5000</v>
       </c>
-      <c r="E255" s="13" t="s">
+      <c r="E255" s="60" t="s">
         <v>36</v>
       </c>
-      <c r="F255" s="13" t="s">
-[...5 lines deleted...]
-      <c r="H255" s="13" t="s">
+      <c r="F255" s="60" t="s">
+        <v>86</v>
+      </c>
+      <c r="G255" s="60" t="s">
+        <v>66</v>
+      </c>
+      <c r="H255" s="60" t="s">
         <v>288</v>
       </c>
       <c r="I255" s="65"/>
       <c r="J255" s="13">
-        <v>150</v>
-[...30 lines deleted...]
-      <c r="Z255" s="13"/>
+        <v>50</v>
+      </c>
+      <c r="K255" s="60"/>
+      <c r="L255" s="84"/>
+      <c r="M255" s="84"/>
+      <c r="N255" s="60"/>
+      <c r="O255" s="60"/>
+      <c r="P255" s="60"/>
+      <c r="Q255" s="60"/>
+      <c r="R255" s="64"/>
+      <c r="S255" s="84"/>
+      <c r="T255" s="84"/>
+      <c r="U255" s="84"/>
+      <c r="V255" s="64"/>
+      <c r="W255" s="64" t="s">
+        <v>270</v>
+      </c>
+      <c r="X255" s="64" t="s">
+        <v>270</v>
+      </c>
+      <c r="Y255" s="60" t="s">
+        <v>310</v>
+      </c>
+      <c r="Z255" s="60" t="s">
+        <v>657</v>
+      </c>
       <c r="AA255" s="64"/>
-      <c r="AB255" s="64">
-        <v>12000</v>
+      <c r="AB255" s="64" t="s">
+        <v>268</v>
       </c>
       <c r="AC255" s="64" t="s">
         <v>270</v>
       </c>
-      <c r="AD255" s="13"/>
-[...1 lines deleted...]
-      <c r="AF255" s="13"/>
+      <c r="AD255" s="64" t="s">
+        <v>270</v>
+      </c>
+      <c r="AE255" s="60" t="s">
+        <v>310</v>
+      </c>
+      <c r="AF255" s="60" t="s">
+        <v>657</v>
+      </c>
       <c r="AG255" s="64"/>
-      <c r="AH255" s="64">
-        <v>12000</v>
+      <c r="AH255" s="64" t="s">
+        <v>268</v>
       </c>
     </row>
     <row r="256" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A256" s="13" t="s">
-        <v>1017</v>
+        <v>285</v>
       </c>
       <c r="B256" s="13" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="C256" s="13" t="s">
-        <v>291</v>
+        <v>270</v>
       </c>
       <c r="D256" s="64">
         <v>5000</v>
       </c>
       <c r="E256" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F256" s="13" t="s">
-        <v>65</v>
+        <v>287</v>
       </c>
       <c r="G256" s="13" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="H256" s="13" t="s">
         <v>288</v>
       </c>
       <c r="I256" s="65"/>
       <c r="J256" s="13">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="L256" s="64"/>
+        <v>150</v>
+      </c>
+      <c r="K256" s="64">
+        <v>1200</v>
+      </c>
+      <c r="L256" s="64" t="str">
+        <f>C256</f>
+        <v>KW</v>
+      </c>
       <c r="M256" s="64"/>
       <c r="N256" s="13"/>
       <c r="O256" s="13"/>
       <c r="P256" s="13"/>
       <c r="Q256" s="13"/>
-      <c r="R256" s="64"/>
-[...5 lines deleted...]
-        <v>270</v>
+      <c r="R256" s="66">
+        <v>1200</v>
+      </c>
+      <c r="S256" s="66" t="s">
+        <v>517</v>
+      </c>
+      <c r="T256" s="66">
+        <v>6000000</v>
+      </c>
+      <c r="U256" s="66"/>
+      <c r="V256" s="61"/>
+      <c r="W256" s="64" t="str">
+        <f>C256</f>
+        <v>KW</v>
       </c>
       <c r="X256" s="64"/>
-      <c r="Y256" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y256" s="13"/>
       <c r="Z256" s="13"/>
       <c r="AA256" s="64"/>
       <c r="AB256" s="64">
         <v>12000</v>
       </c>
       <c r="AC256" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AD256" s="13"/>
-      <c r="AE256" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AE256" s="13"/>
       <c r="AF256" s="13"/>
       <c r="AG256" s="64"/>
       <c r="AH256" s="64">
         <v>12000</v>
       </c>
     </row>
     <row r="257" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A257" s="13" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="B257" s="13" t="s">
         <v>290</v>
       </c>
       <c r="C257" s="13" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="D257" s="64">
         <v>5000</v>
       </c>
       <c r="E257" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F257" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G257" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H257" s="13" t="s">
         <v>288</v>
       </c>
       <c r="I257" s="65"/>
       <c r="J257" s="13">
         <v>50</v>
       </c>
       <c r="K257" s="13"/>
       <c r="L257" s="64"/>
       <c r="M257" s="64"/>
       <c r="N257" s="13"/>
       <c r="O257" s="13"/>
       <c r="P257" s="13"/>
       <c r="Q257" s="13"/>
       <c r="R257" s="64"/>
       <c r="S257" s="64"/>
       <c r="T257" s="64"/>
       <c r="U257" s="64"/>
       <c r="V257" s="64"/>
       <c r="W257" s="64" t="s">
         <v>270</v>
       </c>
       <c r="X257" s="64"/>
       <c r="Y257" s="13" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="Z257" s="13"/>
       <c r="AA257" s="64"/>
       <c r="AB257" s="64">
         <v>12000</v>
       </c>
       <c r="AC257" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AD257" s="13"/>
       <c r="AE257" s="13" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="AF257" s="13"/>
       <c r="AG257" s="64"/>
       <c r="AH257" s="64">
         <v>12000</v>
       </c>
     </row>
     <row r="258" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A258" s="13" t="s">
-        <v>1019</v>
+        <v>1018</v>
       </c>
       <c r="B258" s="13" t="s">
         <v>290</v>
       </c>
       <c r="C258" s="13" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="D258" s="64">
         <v>5000</v>
       </c>
       <c r="E258" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F258" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G258" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H258" s="13" t="s">
         <v>288</v>
       </c>
       <c r="I258" s="65"/>
       <c r="J258" s="13">
         <v>50</v>
       </c>
       <c r="K258" s="13"/>
       <c r="L258" s="64"/>
       <c r="M258" s="64"/>
       <c r="N258" s="13"/>
       <c r="O258" s="13"/>
       <c r="P258" s="13"/>
       <c r="Q258" s="13"/>
       <c r="R258" s="64"/>
       <c r="S258" s="64"/>
       <c r="T258" s="64"/>
       <c r="U258" s="64"/>
       <c r="V258" s="64"/>
       <c r="W258" s="64" t="s">
         <v>270</v>
       </c>
       <c r="X258" s="64"/>
       <c r="Y258" s="13" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="Z258" s="13"/>
       <c r="AA258" s="64"/>
       <c r="AB258" s="64">
         <v>12000</v>
       </c>
       <c r="AC258" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AD258" s="13"/>
       <c r="AE258" s="13" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="AF258" s="13"/>
       <c r="AG258" s="64"/>
       <c r="AH258" s="64">
         <v>12000</v>
       </c>
     </row>
     <row r="259" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A259" s="13" t="s">
-        <v>1020</v>
+        <v>1019</v>
       </c>
       <c r="B259" s="13" t="s">
         <v>290</v>
       </c>
       <c r="C259" s="13" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="D259" s="64">
         <v>5000</v>
       </c>
       <c r="E259" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F259" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G259" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H259" s="13" t="s">
         <v>288</v>
       </c>
       <c r="I259" s="65"/>
       <c r="J259" s="13">
         <v>50</v>
       </c>
       <c r="K259" s="13"/>
       <c r="L259" s="64"/>
       <c r="M259" s="64"/>
       <c r="N259" s="13"/>
       <c r="O259" s="13"/>
       <c r="P259" s="13"/>
       <c r="Q259" s="13"/>
       <c r="R259" s="64"/>
       <c r="S259" s="64"/>
       <c r="T259" s="64"/>
       <c r="U259" s="64"/>
       <c r="V259" s="64"/>
       <c r="W259" s="64" t="s">
         <v>270</v>
       </c>
       <c r="X259" s="64"/>
       <c r="Y259" s="13" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="Z259" s="13"/>
       <c r="AA259" s="64"/>
       <c r="AB259" s="64">
         <v>12000</v>
       </c>
       <c r="AC259" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AD259" s="13"/>
       <c r="AE259" s="13" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="AF259" s="13"/>
       <c r="AG259" s="64"/>
       <c r="AH259" s="64">
         <v>12000</v>
       </c>
     </row>
     <row r="260" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A260" s="13" t="s">
-        <v>1021</v>
+        <v>1020</v>
       </c>
       <c r="B260" s="13" t="s">
         <v>290</v>
       </c>
       <c r="C260" s="13" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="D260" s="64">
         <v>5000</v>
       </c>
       <c r="E260" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F260" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G260" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H260" s="13" t="s">
         <v>288</v>
       </c>
       <c r="I260" s="65"/>
       <c r="J260" s="13">
         <v>50</v>
       </c>
       <c r="K260" s="13"/>
       <c r="L260" s="64"/>
       <c r="M260" s="64"/>
       <c r="N260" s="13"/>
       <c r="O260" s="13"/>
       <c r="P260" s="13"/>
       <c r="Q260" s="13"/>
       <c r="R260" s="64"/>
       <c r="S260" s="64"/>
       <c r="T260" s="64"/>
       <c r="U260" s="64"/>
       <c r="V260" s="64"/>
       <c r="W260" s="64" t="s">
         <v>270</v>
       </c>
       <c r="X260" s="64"/>
       <c r="Y260" s="13" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="Z260" s="13"/>
       <c r="AA260" s="64"/>
       <c r="AB260" s="64">
         <v>12000</v>
       </c>
       <c r="AC260" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AD260" s="13"/>
       <c r="AE260" s="13" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="AF260" s="13"/>
       <c r="AG260" s="64"/>
       <c r="AH260" s="64">
         <v>12000</v>
       </c>
     </row>
     <row r="261" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A261" s="13" t="s">
-        <v>289</v>
+        <v>1021</v>
       </c>
       <c r="B261" s="13" t="s">
         <v>290</v>
       </c>
       <c r="C261" s="13" t="s">
-        <v>270</v>
+        <v>299</v>
       </c>
       <c r="D261" s="64">
         <v>5000</v>
       </c>
       <c r="E261" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F261" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G261" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H261" s="13" t="s">
         <v>288</v>
       </c>
       <c r="I261" s="65"/>
       <c r="J261" s="13">
         <v>50</v>
       </c>
       <c r="K261" s="13"/>
       <c r="L261" s="64"/>
       <c r="M261" s="64"/>
       <c r="N261" s="13"/>
       <c r="O261" s="13"/>
       <c r="P261" s="13"/>
       <c r="Q261" s="13"/>
-      <c r="R261" s="66"/>
-[...3 lines deleted...]
-      <c r="V261" s="61"/>
+      <c r="R261" s="64"/>
+      <c r="S261" s="64"/>
+      <c r="T261" s="64"/>
+      <c r="U261" s="64"/>
+      <c r="V261" s="64"/>
       <c r="W261" s="64" t="s">
         <v>270</v>
       </c>
       <c r="X261" s="64"/>
-      <c r="Y261" s="13"/>
+      <c r="Y261" s="13" t="s">
+        <v>300</v>
+      </c>
       <c r="Z261" s="13"/>
       <c r="AA261" s="64"/>
       <c r="AB261" s="64">
         <v>12000</v>
       </c>
       <c r="AC261" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AD261" s="13"/>
-      <c r="AE261" s="13"/>
+      <c r="AE261" s="13" t="s">
+        <v>300</v>
+      </c>
       <c r="AF261" s="13"/>
       <c r="AG261" s="64"/>
       <c r="AH261" s="64">
         <v>12000</v>
       </c>
     </row>
     <row r="262" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A262" s="13" t="s">
-        <v>301</v>
+        <v>289</v>
       </c>
       <c r="B262" s="13" t="s">
         <v>290</v>
       </c>
       <c r="C262" s="13" t="s">
-        <v>302</v>
+        <v>270</v>
       </c>
       <c r="D262" s="64">
         <v>5000</v>
       </c>
       <c r="E262" s="13" t="s">
         <v>36</v>
       </c>
       <c r="F262" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G262" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H262" s="13" t="s">
         <v>288</v>
       </c>
       <c r="I262" s="65"/>
       <c r="J262" s="13">
         <v>50</v>
       </c>
       <c r="K262" s="13"/>
       <c r="L262" s="64"/>
       <c r="M262" s="64"/>
       <c r="N262" s="13"/>
       <c r="O262" s="13"/>
       <c r="P262" s="13"/>
       <c r="Q262" s="13"/>
-      <c r="R262" s="64"/>
-[...3 lines deleted...]
-      <c r="V262" s="64"/>
+      <c r="R262" s="66"/>
+      <c r="S262" s="66"/>
+      <c r="T262" s="66"/>
+      <c r="U262" s="66"/>
+      <c r="V262" s="61"/>
       <c r="W262" s="64" t="s">
         <v>270</v>
       </c>
       <c r="X262" s="64"/>
-      <c r="Y262" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y262" s="13"/>
       <c r="Z262" s="13"/>
       <c r="AA262" s="64"/>
       <c r="AB262" s="64">
         <v>12000</v>
       </c>
       <c r="AC262" s="64" t="s">
         <v>270</v>
       </c>
       <c r="AD262" s="13"/>
-      <c r="AE262" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AE262" s="13"/>
       <c r="AF262" s="13"/>
       <c r="AG262" s="64"/>
       <c r="AH262" s="64">
         <v>12000</v>
       </c>
     </row>
-    <row r="263" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="D263" s="95">
+    <row r="263" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="13" t="s">
+        <v>301</v>
+      </c>
+      <c r="B263" s="13" t="s">
+        <v>290</v>
+      </c>
+      <c r="C263" s="13" t="s">
+        <v>302</v>
+      </c>
+      <c r="D263" s="64">
         <v>5000</v>
       </c>
-      <c r="E263" s="91" t="s">
+      <c r="E263" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="F263" s="91" t="s">
-[...5 lines deleted...]
-      <c r="H263" s="91" t="s">
+      <c r="F263" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="G263" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="H263" s="13" t="s">
         <v>288</v>
       </c>
-      <c r="I263" s="94"/>
-[...32 lines deleted...]
-      <c r="AB263" s="95">
+      <c r="I263" s="65"/>
+      <c r="J263" s="13">
+        <v>50</v>
+      </c>
+      <c r="K263" s="13"/>
+      <c r="L263" s="64"/>
+      <c r="M263" s="64"/>
+      <c r="N263" s="13"/>
+      <c r="O263" s="13"/>
+      <c r="P263" s="13"/>
+      <c r="Q263" s="13"/>
+      <c r="R263" s="64"/>
+      <c r="S263" s="64"/>
+      <c r="T263" s="64"/>
+      <c r="U263" s="64"/>
+      <c r="V263" s="64"/>
+      <c r="W263" s="64" t="s">
+        <v>270</v>
+      </c>
+      <c r="X263" s="64"/>
+      <c r="Y263" s="13" t="s">
+        <v>303</v>
+      </c>
+      <c r="Z263" s="13"/>
+      <c r="AA263" s="64"/>
+      <c r="AB263" s="64">
         <v>12000</v>
       </c>
-      <c r="AC263" s="93" t="s">
-[...6 lines deleted...]
-      <c r="AH263" s="95">
+      <c r="AC263" s="64" t="s">
+        <v>270</v>
+      </c>
+      <c r="AD263" s="13"/>
+      <c r="AE263" s="13" t="s">
+        <v>303</v>
+      </c>
+      <c r="AF263" s="13"/>
+      <c r="AG263" s="64"/>
+      <c r="AH263" s="64">
         <v>12000</v>
       </c>
     </row>
     <row r="264" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A264" s="91" t="s">
-        <v>1384</v>
+        <v>1381</v>
       </c>
       <c r="B264" s="98" t="s">
-        <v>1385</v>
+        <v>1382</v>
       </c>
       <c r="C264" s="93" t="s">
-        <v>1386</v>
+        <v>1383</v>
       </c>
       <c r="D264" s="95">
         <v>5000</v>
       </c>
       <c r="E264" s="91" t="s">
         <v>36</v>
       </c>
       <c r="F264" s="91" t="s">
-        <v>65</v>
+        <v>287</v>
       </c>
       <c r="G264" s="91" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="H264" s="91" t="s">
         <v>288</v>
       </c>
       <c r="I264" s="94"/>
       <c r="J264" s="91">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="L264" s="93"/>
+        <v>150</v>
+      </c>
+      <c r="K264" s="115">
+        <v>1200</v>
+      </c>
+      <c r="L264" s="93" t="s">
+        <v>1383</v>
+      </c>
       <c r="M264" s="91"/>
       <c r="N264" s="91"/>
       <c r="O264" s="91"/>
       <c r="P264" s="91"/>
       <c r="Q264" s="91"/>
-      <c r="R264" s="115"/>
-[...1 lines deleted...]
-      <c r="T264" s="115"/>
+      <c r="R264" s="115">
+        <v>1200</v>
+      </c>
+      <c r="S264" s="91" t="s">
+        <v>517</v>
+      </c>
+      <c r="T264" s="115">
+        <v>6000000</v>
+      </c>
       <c r="U264" s="91"/>
       <c r="V264" s="91"/>
       <c r="W264" s="93" t="s">
         <v>1383</v>
       </c>
       <c r="X264" s="91"/>
-      <c r="Y264" s="91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y264" s="91"/>
       <c r="Z264" s="91"/>
       <c r="AA264" s="91"/>
       <c r="AB264" s="95">
         <v>12000</v>
       </c>
       <c r="AC264" s="93" t="s">
         <v>1383</v>
       </c>
       <c r="AD264" s="91"/>
-      <c r="AE264" s="91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AE264" s="91"/>
       <c r="AF264" s="91"/>
       <c r="AG264" s="91"/>
       <c r="AH264" s="95">
         <v>12000</v>
       </c>
     </row>
-    <row r="265" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-        <v>100000</v>
+    <row r="265" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="91" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B265" s="98" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C265" s="93" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D265" s="95">
+        <v>5000</v>
+      </c>
+      <c r="E265" s="91" t="s">
+        <v>36</v>
+      </c>
+      <c r="F265" s="91" t="s">
+        <v>65</v>
+      </c>
+      <c r="G265" s="91" t="s">
+        <v>66</v>
+      </c>
+      <c r="H265" s="91" t="s">
+        <v>288</v>
+      </c>
+      <c r="I265" s="94"/>
+      <c r="J265" s="91">
+        <v>50</v>
+      </c>
+      <c r="K265" s="115"/>
+      <c r="L265" s="93"/>
+      <c r="M265" s="91"/>
+      <c r="N265" s="91"/>
+      <c r="O265" s="91"/>
+      <c r="P265" s="91"/>
+      <c r="Q265" s="91"/>
+      <c r="R265" s="115"/>
+      <c r="S265" s="91"/>
+      <c r="T265" s="115"/>
+      <c r="U265" s="91"/>
+      <c r="V265" s="91"/>
+      <c r="W265" s="93" t="s">
+        <v>1383</v>
+      </c>
+      <c r="X265" s="91"/>
+      <c r="Y265" s="91" t="s">
+        <v>1387</v>
+      </c>
+      <c r="Z265" s="91"/>
+      <c r="AA265" s="91"/>
+      <c r="AB265" s="95">
+        <v>12000</v>
+      </c>
+      <c r="AC265" s="93" t="s">
+        <v>1383</v>
+      </c>
+      <c r="AD265" s="91"/>
+      <c r="AE265" s="91" t="s">
+        <v>1387</v>
+      </c>
+      <c r="AF265" s="91"/>
+      <c r="AG265" s="91"/>
+      <c r="AH265" s="95">
+        <v>12000</v>
       </c>
     </row>
     <row r="266" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A266" s="13" t="s">
-        <v>668</v>
-[...1 lines deleted...]
-      <c r="B266" s="70" t="s">
+        <v>674</v>
+      </c>
+      <c r="B266" s="68" t="s">
         <v>328</v>
       </c>
       <c r="C266" s="63" t="s">
-        <v>323</v>
+        <v>338</v>
       </c>
       <c r="D266" s="85">
         <v>5</v>
       </c>
       <c r="E266" s="13" t="s">
         <v>324</v>
       </c>
       <c r="F266" s="13" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="G266" s="13" t="s">
         <v>329</v>
       </c>
       <c r="H266" s="13" t="s">
         <v>325</v>
       </c>
       <c r="I266" s="65"/>
       <c r="J266" s="13">
         <v>200</v>
       </c>
-      <c r="W266" s="64"/>
-[...2 lines deleted...]
-      <c r="AB266" s="64"/>
       <c r="AC266" s="64" t="s">
         <v>323</v>
       </c>
-      <c r="AD266" s="64"/>
+      <c r="AE266" s="13" t="s">
+        <v>339</v>
+      </c>
       <c r="AH266" s="64">
         <v>100000</v>
       </c>
     </row>
     <row r="267" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A267" s="13" t="s">
-        <v>669</v>
-[...1 lines deleted...]
-      <c r="B267" s="68" t="s">
+        <v>668</v>
+      </c>
+      <c r="B267" s="70" t="s">
         <v>328</v>
       </c>
       <c r="C267" s="63" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="D267" s="85">
         <v>5</v>
       </c>
       <c r="E267" s="13" t="s">
         <v>324</v>
       </c>
       <c r="F267" s="13" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="G267" s="13" t="s">
         <v>329</v>
       </c>
       <c r="H267" s="13" t="s">
         <v>325</v>
       </c>
       <c r="I267" s="65"/>
       <c r="J267" s="13">
         <v>200</v>
       </c>
+      <c r="W267" s="64"/>
+      <c r="X267" s="64"/>
+      <c r="AA267" s="64"/>
+      <c r="AB267" s="64"/>
       <c r="AC267" s="64" t="s">
         <v>323</v>
       </c>
-      <c r="AE267" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AD267" s="64"/>
       <c r="AH267" s="64">
         <v>100000</v>
       </c>
     </row>
     <row r="268" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A268" s="13" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="B268" s="68" t="s">
         <v>328</v>
       </c>
       <c r="C268" s="63" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="D268" s="85">
         <v>5</v>
       </c>
       <c r="E268" s="13" t="s">
         <v>324</v>
       </c>
       <c r="F268" s="13" t="s">
         <v>86</v>
       </c>
       <c r="G268" s="13" t="s">
         <v>329</v>
       </c>
       <c r="H268" s="13" t="s">
         <v>325</v>
       </c>
       <c r="I268" s="65"/>
       <c r="J268" s="13">
         <v>200</v>
       </c>
       <c r="AC268" s="64" t="s">
         <v>323</v>
       </c>
       <c r="AE268" s="13" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="AH268" s="64">
         <v>100000</v>
       </c>
     </row>
     <row r="269" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A269" s="13" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="B269" s="68" t="s">
         <v>328</v>
       </c>
       <c r="C269" s="63" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="D269" s="85">
         <v>5</v>
       </c>
       <c r="E269" s="13" t="s">
         <v>324</v>
       </c>
       <c r="F269" s="13" t="s">
         <v>86</v>
       </c>
       <c r="G269" s="13" t="s">
         <v>329</v>
       </c>
       <c r="H269" s="13" t="s">
         <v>325</v>
       </c>
       <c r="I269" s="65"/>
       <c r="J269" s="13">
         <v>200</v>
       </c>
       <c r="AC269" s="64" t="s">
         <v>323</v>
       </c>
       <c r="AE269" s="13" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="AH269" s="64">
         <v>100000</v>
       </c>
     </row>
     <row r="270" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A270" s="13" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="B270" s="68" t="s">
         <v>328</v>
       </c>
       <c r="C270" s="63" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D270" s="85">
         <v>5</v>
       </c>
       <c r="E270" s="13" t="s">
         <v>324</v>
       </c>
       <c r="F270" s="13" t="s">
         <v>86</v>
       </c>
       <c r="G270" s="13" t="s">
         <v>329</v>
       </c>
       <c r="H270" s="13" t="s">
         <v>325</v>
       </c>
       <c r="I270" s="65"/>
       <c r="J270" s="13">
         <v>200</v>
       </c>
       <c r="AC270" s="64" t="s">
         <v>323</v>
       </c>
       <c r="AE270" s="13" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="AH270" s="64">
         <v>100000</v>
       </c>
     </row>
     <row r="271" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A271" s="13" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>672</v>
+      </c>
+      <c r="B271" s="68" t="s">
+        <v>328</v>
       </c>
       <c r="C271" s="63" t="s">
-        <v>323</v>
+        <v>336</v>
       </c>
       <c r="D271" s="85">
         <v>5</v>
       </c>
       <c r="E271" s="13" t="s">
         <v>324</v>
       </c>
       <c r="F271" s="13" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="G271" s="13" t="s">
-        <v>56</v>
+        <v>329</v>
       </c>
       <c r="H271" s="13" t="s">
         <v>325</v>
       </c>
       <c r="I271" s="65"/>
       <c r="J271" s="13">
         <v>200</v>
       </c>
-      <c r="S271" s="13" t="s">
-[...5 lines deleted...]
-      <c r="AB271" s="64"/>
       <c r="AC271" s="64" t="s">
         <v>323</v>
       </c>
-      <c r="AD271" s="64"/>
-      <c r="AF271" s="77"/>
+      <c r="AE271" s="13" t="s">
+        <v>337</v>
+      </c>
       <c r="AH271" s="64">
         <v>100000</v>
       </c>
     </row>
-    <row r="272" spans="1:34" s="47" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A272" s="44" t="s">
+    <row r="272" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="13" t="s">
+        <v>667</v>
+      </c>
+      <c r="B272" s="70">
+        <v>27</v>
+      </c>
+      <c r="C272" s="63" t="s">
+        <v>323</v>
+      </c>
+      <c r="D272" s="85">
+        <v>5</v>
+      </c>
+      <c r="E272" s="13" t="s">
+        <v>324</v>
+      </c>
+      <c r="F272" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G272" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="H272" s="13" t="s">
+        <v>325</v>
+      </c>
+      <c r="I272" s="65"/>
+      <c r="J272" s="13">
+        <v>200</v>
+      </c>
+      <c r="S272" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="W272" s="64"/>
+      <c r="X272" s="64"/>
+      <c r="AA272" s="64"/>
+      <c r="AB272" s="64"/>
+      <c r="AC272" s="64" t="s">
+        <v>323</v>
+      </c>
+      <c r="AD272" s="64"/>
+      <c r="AF272" s="77"/>
+      <c r="AH272" s="64">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="273" spans="1:36" s="47" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="44" t="s">
         <v>535</v>
       </c>
-      <c r="B272" s="48">
+      <c r="B273" s="48">
         <v>28</v>
       </c>
-      <c r="C272" s="46" t="s">
+      <c r="C273" s="46" t="s">
         <v>536</v>
       </c>
-      <c r="D272" s="49">
+      <c r="D273" s="49">
         <v>0.5</v>
       </c>
-      <c r="E272" s="39" t="s">
+      <c r="E273" s="39" t="s">
         <v>324</v>
       </c>
-      <c r="F272" s="46" t="s">
+      <c r="F273" s="46" t="s">
         <v>37</v>
       </c>
-      <c r="G272" s="44" t="s">
+      <c r="G273" s="44" t="s">
         <v>56</v>
       </c>
-      <c r="H272" s="46" t="s">
+      <c r="H273" s="46" t="s">
         <v>325</v>
       </c>
-      <c r="I272" s="50"/>
-      <c r="J272" s="51">
+      <c r="I273" s="50"/>
+      <c r="J273" s="51">
         <v>200</v>
       </c>
-      <c r="L272" s="46"/>
-[...14 lines deleted...]
-      <c r="AC272" s="46" t="s">
+      <c r="L273" s="46"/>
+      <c r="M273" s="46"/>
+      <c r="N273" s="52"/>
+      <c r="O273" s="52"/>
+      <c r="R273" s="53"/>
+      <c r="S273" s="43"/>
+      <c r="T273" s="53"/>
+      <c r="U273" s="53"/>
+      <c r="V273" s="54"/>
+      <c r="W273" s="46"/>
+      <c r="X273" s="53"/>
+      <c r="Y273" s="52"/>
+      <c r="Z273" s="52"/>
+      <c r="AA273" s="55"/>
+      <c r="AB273" s="53"/>
+      <c r="AC273" s="46" t="s">
         <v>323</v>
       </c>
-      <c r="AD272" s="53"/>
-      <c r="AE272" s="52" t="s">
+      <c r="AD273" s="53"/>
+      <c r="AE273" s="52" t="s">
         <v>537</v>
       </c>
-      <c r="AF272" s="52"/>
-[...1 lines deleted...]
-      <c r="AH272" s="53">
+      <c r="AF273" s="52"/>
+      <c r="AG273" s="55"/>
+      <c r="AH273" s="53">
         <v>100000</v>
       </c>
     </row>
-    <row r="273" spans="1:36" s="104" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A273" s="91" t="s">
+    <row r="274" spans="1:36" s="104" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A274" s="91" t="s">
         <v>1595</v>
       </c>
-      <c r="B273" s="92">
+      <c r="B274" s="92">
         <v>24</v>
       </c>
-      <c r="C273" s="93" t="s">
+      <c r="C274" s="93" t="s">
         <v>1596</v>
       </c>
-      <c r="D273" s="91">
+      <c r="D274" s="91">
         <v>0.1</v>
       </c>
-      <c r="E273" s="140" t="s">
+      <c r="E274" s="140" t="s">
         <v>324</v>
       </c>
-      <c r="F273" s="104" t="s">
+      <c r="F274" s="104" t="s">
         <v>37</v>
       </c>
-      <c r="G273" s="103" t="s">
+      <c r="G274" s="103" t="s">
         <v>56</v>
       </c>
-      <c r="H273" s="133" t="s">
+      <c r="H274" s="133" t="s">
         <v>325</v>
       </c>
-      <c r="I273" s="141"/>
-      <c r="J273" s="133">
+      <c r="I274" s="141"/>
+      <c r="J274" s="133">
         <v>100</v>
       </c>
-      <c r="K273" s="91"/>
-[...17 lines deleted...]
-      <c r="AC273" s="133" t="s">
+      <c r="K274" s="91"/>
+      <c r="L274" s="91"/>
+      <c r="M274" s="91"/>
+      <c r="N274" s="91"/>
+      <c r="O274" s="91"/>
+      <c r="P274" s="91"/>
+      <c r="Q274" s="91"/>
+      <c r="R274" s="91"/>
+      <c r="S274" s="91"/>
+      <c r="T274" s="91"/>
+      <c r="U274" s="91"/>
+      <c r="V274" s="91"/>
+      <c r="W274" s="91"/>
+      <c r="X274" s="91"/>
+      <c r="Y274" s="91"/>
+      <c r="Z274" s="91"/>
+      <c r="AA274" s="91"/>
+      <c r="AB274" s="91"/>
+      <c r="AC274" s="133" t="s">
         <v>323</v>
       </c>
-      <c r="AD273" s="142"/>
-      <c r="AE273" s="143" t="s">
+      <c r="AD274" s="142"/>
+      <c r="AE274" s="143" t="s">
         <v>1597</v>
       </c>
-      <c r="AF273" s="143"/>
-[...1 lines deleted...]
-      <c r="AH273" s="142">
+      <c r="AF274" s="143"/>
+      <c r="AG274" s="109"/>
+      <c r="AH274" s="142">
         <v>100000</v>
       </c>
     </row>
-    <row r="274" spans="1:36" s="104" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A274" s="103" t="s">
+    <row r="275" spans="1:36" s="104" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A275" s="103" t="s">
         <v>663</v>
       </c>
-      <c r="B274" s="104">
+      <c r="B275" s="104">
         <v>23</v>
       </c>
-      <c r="C274" s="105" t="s">
+      <c r="C275" s="105" t="s">
         <v>664</v>
       </c>
-      <c r="D274" s="104">
+      <c r="D275" s="104">
         <v>1</v>
       </c>
-      <c r="E274" s="103" t="s">
+      <c r="E275" s="103" t="s">
         <v>665</v>
       </c>
-      <c r="F274" s="106" t="s">
+      <c r="F275" s="106" t="s">
         <v>86</v>
       </c>
-      <c r="G274" s="103" t="s">
+      <c r="G275" s="103" t="s">
         <v>269</v>
       </c>
-      <c r="H274" s="104" t="s">
+      <c r="H275" s="104" t="s">
         <v>325</v>
       </c>
-      <c r="I274" s="107"/>
-      <c r="J274" s="108" t="s">
+      <c r="I275" s="107"/>
+      <c r="J275" s="108" t="s">
         <v>666</v>
       </c>
-      <c r="S274" s="103"/>
-[...1 lines deleted...]
-      <c r="W274" s="105" t="s">
+      <c r="S275" s="103"/>
+      <c r="V275" s="103"/>
+      <c r="W275" s="105" t="s">
         <v>664</v>
       </c>
-      <c r="X274" s="105"/>
-[...2 lines deleted...]
-      <c r="AA274" s="109">
+      <c r="X275" s="105"/>
+      <c r="Y275" s="105"/>
+      <c r="Z275" s="105"/>
+      <c r="AA275" s="109">
         <v>250000</v>
       </c>
     </row>
-    <row r="275" spans="1:36" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A275" s="13" t="s">
+    <row r="276" spans="1:36" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A276" s="13" t="s">
         <v>673</v>
       </c>
-      <c r="B275" s="61">
+      <c r="B276" s="61">
         <v>30</v>
       </c>
-      <c r="C275" s="63" t="s">
+      <c r="C276" s="63" t="s">
         <v>326</v>
       </c>
-      <c r="D275" s="85">
+      <c r="D276" s="85">
         <v>100</v>
       </c>
-      <c r="E275" s="13" t="s">
+      <c r="E276" s="13" t="s">
         <v>327</v>
       </c>
-      <c r="F275" s="13" t="s">
+      <c r="F276" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="G275" s="13" t="s">
+      <c r="G276" s="13" t="s">
         <v>56</v>
       </c>
-      <c r="H275" s="13" t="s">
+      <c r="H276" s="13" t="s">
         <v>325</v>
       </c>
-      <c r="I275" s="65"/>
-      <c r="J275" s="13">
+      <c r="I276" s="65"/>
+      <c r="J276" s="13">
         <v>200</v>
       </c>
-      <c r="S275" s="13" t="s">
+      <c r="S276" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="W275" s="64"/>
-[...3 lines deleted...]
-      <c r="AC275" s="61" t="s">
+      <c r="W276" s="64"/>
+      <c r="X276" s="64"/>
+      <c r="AA276" s="64"/>
+      <c r="AB276" s="64"/>
+      <c r="AC276" s="61" t="s">
         <v>326</v>
       </c>
-      <c r="AD275" s="64"/>
-[...57 lines deleted...]
-      <c r="AG276" s="91"/>
+      <c r="AD276" s="64"/>
       <c r="AH276" s="64">
         <v>60000</v>
       </c>
     </row>
-    <row r="277" spans="1:36" s="104" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A277" s="103" t="s">
+    <row r="277" spans="1:36" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="91" t="s">
+        <v>987</v>
+      </c>
+      <c r="B277" s="98" t="s">
+        <v>988</v>
+      </c>
+      <c r="C277" s="93" t="s">
+        <v>326</v>
+      </c>
+      <c r="D277" s="133">
+        <v>100</v>
+      </c>
+      <c r="E277" s="91" t="s">
+        <v>327</v>
+      </c>
+      <c r="F277" s="104" t="s">
+        <v>65</v>
+      </c>
+      <c r="G277" s="91" t="s">
+        <v>329</v>
+      </c>
+      <c r="H277" s="91" t="s">
+        <v>325</v>
+      </c>
+      <c r="I277" s="94"/>
+      <c r="J277" s="99">
+        <v>25</v>
+      </c>
+      <c r="K277" s="91"/>
+      <c r="L277" s="91"/>
+      <c r="M277" s="91"/>
+      <c r="N277" s="91"/>
+      <c r="O277" s="91"/>
+      <c r="P277" s="91"/>
+      <c r="Q277" s="91"/>
+      <c r="R277" s="91"/>
+      <c r="S277" s="91"/>
+      <c r="T277" s="91"/>
+      <c r="U277" s="91"/>
+      <c r="V277" s="91"/>
+      <c r="W277" s="91"/>
+      <c r="X277" s="91"/>
+      <c r="Y277" s="91"/>
+      <c r="Z277" s="91"/>
+      <c r="AA277" s="91"/>
+      <c r="AB277" s="91"/>
+      <c r="AC277" s="110" t="s">
+        <v>326</v>
+      </c>
+      <c r="AD277" s="95"/>
+      <c r="AE277" s="91"/>
+      <c r="AF277" s="91"/>
+      <c r="AG277" s="91"/>
+      <c r="AH277" s="64">
+        <v>60000</v>
+      </c>
+    </row>
+    <row r="278" spans="1:36" s="104" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A278" s="103" t="s">
         <v>943</v>
       </c>
-      <c r="B277" s="104">
+      <c r="B278" s="104">
         <v>33</v>
       </c>
-      <c r="C277" s="104" t="s">
+      <c r="C278" s="104" t="s">
         <v>606</v>
       </c>
-      <c r="D277" s="104">
+      <c r="D278" s="104">
         <v>2</v>
       </c>
-      <c r="E277" s="103" t="s">
+      <c r="E278" s="103" t="s">
         <v>607</v>
       </c>
-      <c r="F277" s="104" t="s">
+      <c r="F278" s="104" t="s">
         <v>37</v>
       </c>
-      <c r="G277" s="103" t="s">
+      <c r="G278" s="103" t="s">
         <v>56</v>
-      </c>
-[...39 lines deleted...]
-        <v>269</v>
       </c>
       <c r="H278" s="104" t="s">
         <v>325</v>
       </c>
       <c r="I278" s="107"/>
-      <c r="J278" s="108" t="s">
-[...31 lines deleted...]
-      <c r="AJ278" s="97"/>
+      <c r="J278" s="135">
+        <v>200</v>
+      </c>
+      <c r="S278" s="103"/>
+      <c r="V278" s="103"/>
+      <c r="AC278" s="95" t="s">
+        <v>323</v>
+      </c>
+      <c r="AE278" s="104" t="s">
+        <v>608</v>
+      </c>
+      <c r="AH278" s="95">
+        <v>100000</v>
+      </c>
     </row>
     <row r="279" spans="1:36" s="104" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A279" s="91" t="s">
-        <v>1631</v>
+        <v>1626</v>
       </c>
       <c r="B279" s="92" t="s">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="C279" s="93" t="s">
-        <v>1632</v>
+        <v>1628</v>
       </c>
       <c r="D279" s="91">
         <v>1</v>
       </c>
       <c r="E279" s="103" t="s">
         <v>665</v>
       </c>
       <c r="F279" s="106" t="s">
         <v>86</v>
       </c>
       <c r="G279" s="103" t="s">
         <v>269</v>
       </c>
       <c r="H279" s="104" t="s">
         <v>325</v>
       </c>
       <c r="I279" s="107"/>
       <c r="J279" s="108" t="s">
         <v>666</v>
       </c>
       <c r="K279" s="91"/>
       <c r="L279" s="91"/>
       <c r="M279" s="91"/>
       <c r="N279" s="91"/>
       <c r="O279" s="91"/>
       <c r="P279" s="91"/>
       <c r="Q279" s="91"/>
       <c r="R279" s="91"/>
       <c r="S279" s="91"/>
       <c r="T279" s="91"/>
       <c r="U279" s="91"/>
       <c r="V279" s="91"/>
       <c r="W279" s="93" t="s">
-        <v>1632</v>
+        <v>1628</v>
       </c>
       <c r="X279" s="91"/>
       <c r="Y279" s="91"/>
       <c r="Z279" s="91"/>
       <c r="AA279" s="95">
         <v>250000</v>
       </c>
       <c r="AB279" s="91"/>
       <c r="AC279" s="91"/>
       <c r="AD279" s="91"/>
       <c r="AE279" s="91"/>
       <c r="AF279" s="91"/>
       <c r="AG279" s="91"/>
       <c r="AH279" s="91"/>
       <c r="AI279" s="97"/>
       <c r="AJ279" s="97"/>
     </row>
     <row r="280" spans="1:36" s="104" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A280" s="91" t="s">
-        <v>1633</v>
+        <v>1629</v>
       </c>
       <c r="B280" s="92" t="s">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="C280" s="93" t="s">
-        <v>1634</v>
+        <v>1630</v>
       </c>
       <c r="D280" s="91">
         <v>1</v>
       </c>
       <c r="E280" s="103" t="s">
         <v>665</v>
       </c>
       <c r="F280" s="106" t="s">
         <v>86</v>
       </c>
       <c r="G280" s="103" t="s">
         <v>269</v>
       </c>
       <c r="H280" s="104" t="s">
         <v>325</v>
       </c>
       <c r="I280" s="107"/>
       <c r="J280" s="108" t="s">
         <v>666</v>
       </c>
       <c r="K280" s="91"/>
       <c r="L280" s="91"/>
       <c r="M280" s="91"/>
       <c r="N280" s="91"/>
       <c r="O280" s="91"/>
       <c r="P280" s="91"/>
       <c r="Q280" s="91"/>
       <c r="R280" s="91"/>
       <c r="S280" s="91"/>
       <c r="T280" s="91"/>
       <c r="U280" s="91"/>
       <c r="V280" s="91"/>
       <c r="W280" s="93" t="s">
-        <v>1634</v>
+        <v>1630</v>
       </c>
       <c r="X280" s="91"/>
       <c r="Y280" s="91"/>
       <c r="Z280" s="91"/>
       <c r="AA280" s="95">
         <v>250000</v>
       </c>
       <c r="AB280" s="91"/>
       <c r="AC280" s="91"/>
       <c r="AD280" s="91"/>
       <c r="AE280" s="91"/>
       <c r="AF280" s="91"/>
       <c r="AG280" s="91"/>
       <c r="AH280" s="91"/>
       <c r="AI280" s="97"/>
       <c r="AJ280" s="97"/>
     </row>
     <row r="281" spans="1:36" s="104" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A281" s="91" t="s">
-        <v>1635</v>
+        <v>1631</v>
       </c>
       <c r="B281" s="92" t="s">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="C281" s="93" t="s">
-        <v>1636</v>
+        <v>1632</v>
       </c>
       <c r="D281" s="91">
         <v>1</v>
       </c>
       <c r="E281" s="103" t="s">
         <v>665</v>
       </c>
       <c r="F281" s="106" t="s">
         <v>86</v>
       </c>
       <c r="G281" s="103" t="s">
         <v>269</v>
       </c>
       <c r="H281" s="104" t="s">
         <v>325</v>
       </c>
       <c r="I281" s="107"/>
       <c r="J281" s="108" t="s">
         <v>666</v>
       </c>
       <c r="K281" s="91"/>
       <c r="L281" s="91"/>
       <c r="M281" s="91"/>
       <c r="N281" s="91"/>
       <c r="O281" s="91"/>
       <c r="P281" s="91"/>
       <c r="Q281" s="91"/>
       <c r="R281" s="91"/>
       <c r="S281" s="91"/>
       <c r="T281" s="91"/>
       <c r="U281" s="91"/>
       <c r="V281" s="91"/>
       <c r="W281" s="93" t="s">
-        <v>1636</v>
+        <v>1632</v>
       </c>
       <c r="X281" s="91"/>
       <c r="Y281" s="91"/>
       <c r="Z281" s="91"/>
       <c r="AA281" s="95">
         <v>250000</v>
       </c>
       <c r="AB281" s="91"/>
       <c r="AC281" s="91"/>
       <c r="AD281" s="91"/>
       <c r="AE281" s="91"/>
       <c r="AF281" s="91"/>
       <c r="AG281" s="91"/>
       <c r="AH281" s="91"/>
       <c r="AI281" s="97"/>
       <c r="AJ281" s="97"/>
     </row>
-    <row r="282" spans="1:36" s="91" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="282" spans="1:36" s="104" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A282" s="91" t="s">
-        <v>886</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>1633</v>
+      </c>
+      <c r="B282" s="92" t="s">
+        <v>1627</v>
       </c>
       <c r="C282" s="93" t="s">
-        <v>904</v>
-[...14 lines deleted...]
-      <c r="J282" s="99"/>
+        <v>1634</v>
+      </c>
+      <c r="D282" s="91">
+        <v>1</v>
+      </c>
+      <c r="E282" s="103" t="s">
+        <v>665</v>
+      </c>
+      <c r="F282" s="106" t="s">
+        <v>86</v>
+      </c>
+      <c r="G282" s="103" t="s">
+        <v>269</v>
+      </c>
+      <c r="H282" s="104" t="s">
+        <v>325</v>
+      </c>
+      <c r="I282" s="107"/>
+      <c r="J282" s="108" t="s">
+        <v>666</v>
+      </c>
+      <c r="K282" s="91"/>
+      <c r="L282" s="91"/>
+      <c r="M282" s="91"/>
+      <c r="N282" s="91"/>
+      <c r="O282" s="91"/>
+      <c r="P282" s="91"/>
+      <c r="Q282" s="91"/>
+      <c r="R282" s="91"/>
+      <c r="S282" s="91"/>
+      <c r="T282" s="91"/>
+      <c r="U282" s="91"/>
+      <c r="V282" s="91"/>
       <c r="W282" s="93" t="s">
-        <v>904</v>
-[...9 lines deleted...]
-      </c>
+        <v>1634</v>
+      </c>
+      <c r="X282" s="91"/>
+      <c r="Y282" s="91"/>
+      <c r="Z282" s="91"/>
+      <c r="AA282" s="95">
+        <v>250000</v>
+      </c>
+      <c r="AB282" s="91"/>
+      <c r="AC282" s="91"/>
+      <c r="AD282" s="91"/>
+      <c r="AE282" s="91"/>
+      <c r="AF282" s="91"/>
+      <c r="AG282" s="91"/>
+      <c r="AH282" s="91"/>
+      <c r="AI282" s="97"/>
+      <c r="AJ282" s="97"/>
     </row>
     <row r="283" spans="1:36" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A283" s="91" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="B283" s="110">
         <v>58</v>
       </c>
       <c r="C283" s="93" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="D283" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F283" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G283" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H283" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I283" s="94"/>
       <c r="J283" s="99"/>
       <c r="W283" s="93" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="AA283" s="100">
         <v>1</v>
       </c>
       <c r="AC283" s="93" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="AG283" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:36" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A284" s="91" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="B284" s="110">
         <v>58</v>
       </c>
       <c r="C284" s="93" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="D284" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F284" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G284" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H284" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I284" s="94"/>
       <c r="J284" s="99"/>
       <c r="W284" s="93" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="AA284" s="100">
         <v>1</v>
       </c>
       <c r="AC284" s="93" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="AG284" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:36" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A285" s="91" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="B285" s="110">
         <v>58</v>
       </c>
       <c r="C285" s="93" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="D285" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F285" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G285" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H285" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I285" s="94"/>
       <c r="J285" s="99"/>
       <c r="W285" s="93" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="AA285" s="100">
         <v>1</v>
       </c>
       <c r="AC285" s="93" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="AG285" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:36" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A286" s="91" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="B286" s="110">
         <v>58</v>
       </c>
       <c r="C286" s="93" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="D286" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F286" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G286" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H286" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I286" s="94"/>
       <c r="J286" s="99"/>
       <c r="W286" s="93" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="AA286" s="100">
         <v>1</v>
       </c>
       <c r="AC286" s="93" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="AG286" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:36" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A287" s="91" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="B287" s="110">
         <v>58</v>
       </c>
       <c r="C287" s="93" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="D287" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F287" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G287" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H287" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I287" s="94"/>
       <c r="J287" s="99"/>
       <c r="W287" s="93" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="AA287" s="100">
         <v>1</v>
       </c>
       <c r="AC287" s="93" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="AG287" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:36" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A288" s="91" t="s">
-        <v>944</v>
+        <v>891</v>
       </c>
       <c r="B288" s="110">
         <v>58</v>
       </c>
       <c r="C288" s="93" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="D288" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F288" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G288" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H288" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I288" s="94"/>
       <c r="J288" s="99"/>
       <c r="W288" s="93" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="AA288" s="100">
         <v>1</v>
       </c>
       <c r="AC288" s="93" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="AG288" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A289" s="91" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="B289" s="110">
         <v>58</v>
       </c>
       <c r="C289" s="93" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="D289" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F289" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G289" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H289" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I289" s="94"/>
       <c r="J289" s="99"/>
       <c r="W289" s="93" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="AA289" s="100">
         <v>1</v>
       </c>
       <c r="AC289" s="93" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="AG289" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A290" s="91" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="B290" s="110">
         <v>58</v>
       </c>
       <c r="C290" s="93" t="s">
-        <v>912</v>
+        <v>911</v>
       </c>
       <c r="D290" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F290" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G290" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H290" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I290" s="94"/>
       <c r="J290" s="99"/>
       <c r="W290" s="93" t="s">
-        <v>912</v>
+        <v>911</v>
       </c>
       <c r="AA290" s="100">
         <v>1</v>
       </c>
       <c r="AC290" s="93" t="s">
-        <v>912</v>
+        <v>911</v>
       </c>
       <c r="AG290" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A291" s="91" t="s">
-        <v>953</v>
+        <v>946</v>
       </c>
       <c r="B291" s="110">
         <v>58</v>
       </c>
       <c r="C291" s="93" t="s">
-        <v>954</v>
+        <v>912</v>
       </c>
       <c r="D291" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F291" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G291" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H291" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I291" s="94"/>
       <c r="J291" s="99"/>
       <c r="W291" s="93" t="s">
-        <v>954</v>
+        <v>912</v>
       </c>
       <c r="AA291" s="100">
         <v>1</v>
       </c>
       <c r="AC291" s="93" t="s">
-        <v>954</v>
+        <v>912</v>
       </c>
       <c r="AG291" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A292" s="91" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="B292" s="110">
         <v>58</v>
       </c>
       <c r="C292" s="93" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="D292" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F292" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G292" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H292" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I292" s="94"/>
       <c r="J292" s="99"/>
       <c r="W292" s="93" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="AA292" s="100">
         <v>1</v>
       </c>
       <c r="AC292" s="93" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="AG292" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A293" s="91" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
       <c r="B293" s="110">
         <v>58</v>
       </c>
       <c r="C293" s="93" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="D293" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F293" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G293" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H293" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I293" s="94"/>
       <c r="J293" s="99"/>
       <c r="W293" s="93" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="AA293" s="100">
         <v>1</v>
       </c>
       <c r="AC293" s="93" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="AG293" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A294" s="91" t="s">
-        <v>947</v>
+        <v>957</v>
       </c>
       <c r="B294" s="110">
         <v>58</v>
       </c>
       <c r="C294" s="93" t="s">
-        <v>913</v>
+        <v>958</v>
       </c>
       <c r="D294" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F294" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G294" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H294" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I294" s="94"/>
       <c r="J294" s="99"/>
       <c r="W294" s="93" t="s">
-        <v>913</v>
+        <v>958</v>
       </c>
       <c r="AA294" s="100">
         <v>1</v>
       </c>
       <c r="AC294" s="93" t="s">
-        <v>913</v>
+        <v>958</v>
       </c>
       <c r="AG294" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A295" s="91" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="B295" s="110">
         <v>58</v>
       </c>
       <c r="C295" s="93" t="s">
-        <v>914</v>
+        <v>913</v>
       </c>
       <c r="D295" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F295" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G295" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H295" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I295" s="94"/>
       <c r="J295" s="99"/>
       <c r="W295" s="93" t="s">
-        <v>914</v>
+        <v>913</v>
       </c>
       <c r="AA295" s="100">
         <v>1</v>
       </c>
       <c r="AC295" s="93" t="s">
-        <v>914</v>
+        <v>913</v>
       </c>
       <c r="AG295" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A296" s="91" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="B296" s="110">
         <v>58</v>
       </c>
       <c r="C296" s="93" t="s">
-        <v>915</v>
+        <v>914</v>
       </c>
       <c r="D296" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F296" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G296" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H296" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I296" s="94"/>
       <c r="J296" s="99"/>
       <c r="W296" s="93" t="s">
-        <v>915</v>
+        <v>914</v>
       </c>
       <c r="AA296" s="100">
         <v>1</v>
       </c>
       <c r="AC296" s="93" t="s">
-        <v>915</v>
+        <v>914</v>
       </c>
       <c r="AG296" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A297" s="91" t="s">
-        <v>959</v>
+        <v>949</v>
       </c>
       <c r="B297" s="110">
         <v>58</v>
       </c>
       <c r="C297" s="93" t="s">
-        <v>960</v>
+        <v>915</v>
       </c>
       <c r="D297" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F297" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G297" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H297" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I297" s="94"/>
       <c r="J297" s="99"/>
       <c r="W297" s="93" t="s">
-        <v>960</v>
+        <v>915</v>
       </c>
       <c r="AA297" s="100">
         <v>1</v>
       </c>
       <c r="AC297" s="93" t="s">
-        <v>960</v>
+        <v>915</v>
       </c>
       <c r="AG297" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A298" s="91" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="B298" s="110">
         <v>58</v>
       </c>
       <c r="C298" s="93" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="D298" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F298" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G298" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H298" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I298" s="94"/>
       <c r="J298" s="99"/>
       <c r="W298" s="93" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="AA298" s="100">
         <v>1</v>
       </c>
       <c r="AC298" s="93" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="AG298" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A299" s="91" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="B299" s="110">
         <v>58</v>
       </c>
       <c r="C299" s="93" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="D299" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F299" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G299" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H299" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I299" s="94"/>
       <c r="J299" s="99"/>
       <c r="W299" s="93" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="AA299" s="100">
         <v>1</v>
       </c>
       <c r="AC299" s="93" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="AG299" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A300" s="91" t="s">
-        <v>950</v>
+        <v>963</v>
       </c>
       <c r="B300" s="110">
         <v>58</v>
       </c>
       <c r="C300" s="93" t="s">
-        <v>916</v>
+        <v>964</v>
       </c>
       <c r="D300" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F300" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G300" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H300" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I300" s="94"/>
       <c r="J300" s="99"/>
       <c r="W300" s="93" t="s">
-        <v>916</v>
+        <v>964</v>
       </c>
       <c r="AA300" s="100">
         <v>1</v>
       </c>
       <c r="AC300" s="93" t="s">
-        <v>916</v>
+        <v>964</v>
       </c>
       <c r="AG300" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A301" s="91" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
       <c r="B301" s="110">
         <v>58</v>
       </c>
       <c r="C301" s="93" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="D301" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F301" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G301" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H301" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I301" s="94"/>
       <c r="J301" s="99"/>
       <c r="W301" s="93" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="AA301" s="100">
         <v>1</v>
       </c>
       <c r="AC301" s="93" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="AG301" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A302" s="91" t="s">
-        <v>952</v>
+        <v>951</v>
       </c>
       <c r="B302" s="110">
         <v>58</v>
       </c>
       <c r="C302" s="93" t="s">
-        <v>918</v>
+        <v>917</v>
       </c>
       <c r="D302" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F302" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G302" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H302" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I302" s="94"/>
       <c r="J302" s="99"/>
       <c r="W302" s="93" t="s">
-        <v>918</v>
+        <v>917</v>
       </c>
       <c r="AA302" s="100">
         <v>1</v>
       </c>
       <c r="AC302" s="93" t="s">
-        <v>918</v>
+        <v>917</v>
       </c>
       <c r="AG302" s="100">
         <v>1</v>
       </c>
     </row>
-    <row r="303" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="303" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A303" s="91" t="s">
-        <v>965</v>
+        <v>952</v>
       </c>
       <c r="B303" s="110">
         <v>58</v>
       </c>
       <c r="C303" s="93" t="s">
-        <v>966</v>
+        <v>918</v>
       </c>
       <c r="D303" s="91" t="s">
         <v>340</v>
       </c>
-      <c r="E303" s="91"/>
       <c r="F303" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G303" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H303" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I303" s="94"/>
       <c r="J303" s="99"/>
-      <c r="K303" s="91"/>
-[...10 lines deleted...]
-      <c r="V303" s="91"/>
       <c r="W303" s="93" t="s">
-        <v>966</v>
-[...3 lines deleted...]
-      <c r="Z303" s="91"/>
+        <v>918</v>
+      </c>
       <c r="AA303" s="100">
         <v>1</v>
       </c>
-      <c r="AB303" s="91"/>
       <c r="AC303" s="93" t="s">
-        <v>966</v>
-[...3 lines deleted...]
-      <c r="AF303" s="91"/>
+        <v>918</v>
+      </c>
       <c r="AG303" s="100">
         <v>1</v>
       </c>
-      <c r="AH303" s="91"/>
     </row>
     <row r="304" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A304" s="91" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
       <c r="B304" s="110">
         <v>58</v>
       </c>
       <c r="C304" s="93" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="D304" s="91" t="s">
         <v>340</v>
       </c>
       <c r="E304" s="91"/>
       <c r="F304" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G304" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H304" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I304" s="94"/>
       <c r="J304" s="99"/>
       <c r="K304" s="91"/>
       <c r="L304" s="91"/>
       <c r="M304" s="91"/>
       <c r="N304" s="91"/>
       <c r="O304" s="91"/>
       <c r="P304" s="91"/>
       <c r="Q304" s="91"/>
       <c r="R304" s="91"/>
       <c r="S304" s="91"/>
       <c r="T304" s="91"/>
       <c r="U304" s="91"/>
       <c r="V304" s="91"/>
       <c r="W304" s="93" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="X304" s="91"/>
       <c r="Y304" s="91"/>
       <c r="Z304" s="91"/>
       <c r="AA304" s="100">
         <v>1</v>
       </c>
       <c r="AB304" s="91"/>
       <c r="AC304" s="93" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="AD304" s="91"/>
       <c r="AE304" s="91"/>
       <c r="AF304" s="91"/>
       <c r="AG304" s="100">
         <v>1</v>
       </c>
       <c r="AH304" s="91"/>
     </row>
     <row r="305" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A305" s="91" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
       <c r="B305" s="110">
         <v>58</v>
       </c>
       <c r="C305" s="93" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="D305" s="91" t="s">
         <v>340</v>
       </c>
       <c r="E305" s="91"/>
       <c r="F305" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G305" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H305" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I305" s="94"/>
       <c r="J305" s="99"/>
       <c r="K305" s="91"/>
       <c r="L305" s="91"/>
       <c r="M305" s="91"/>
       <c r="N305" s="91"/>
       <c r="O305" s="91"/>
       <c r="P305" s="91"/>
       <c r="Q305" s="91"/>
       <c r="R305" s="91"/>
       <c r="S305" s="91"/>
       <c r="T305" s="91"/>
       <c r="U305" s="91"/>
       <c r="V305" s="91"/>
       <c r="W305" s="93" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="X305" s="91"/>
       <c r="Y305" s="91"/>
       <c r="Z305" s="91"/>
       <c r="AA305" s="100">
         <v>1</v>
       </c>
       <c r="AB305" s="91"/>
       <c r="AC305" s="93" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="AD305" s="91"/>
       <c r="AE305" s="91"/>
       <c r="AF305" s="91"/>
       <c r="AG305" s="100">
         <v>1</v>
       </c>
       <c r="AH305" s="91"/>
     </row>
-    <row r="306" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="306" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A306" s="91" t="s">
-        <v>892</v>
+        <v>969</v>
       </c>
       <c r="B306" s="110">
         <v>58</v>
       </c>
       <c r="C306" s="93" t="s">
-        <v>919</v>
+        <v>970</v>
       </c>
       <c r="D306" s="91" t="s">
         <v>340</v>
       </c>
+      <c r="E306" s="91"/>
       <c r="F306" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G306" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H306" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I306" s="94"/>
       <c r="J306" s="99"/>
+      <c r="K306" s="91"/>
+      <c r="L306" s="91"/>
+      <c r="M306" s="91"/>
+      <c r="N306" s="91"/>
+      <c r="O306" s="91"/>
+      <c r="P306" s="91"/>
+      <c r="Q306" s="91"/>
+      <c r="R306" s="91"/>
+      <c r="S306" s="91"/>
+      <c r="T306" s="91"/>
+      <c r="U306" s="91"/>
+      <c r="V306" s="91"/>
       <c r="W306" s="93" t="s">
-        <v>919</v>
-      </c>
+        <v>970</v>
+      </c>
+      <c r="X306" s="91"/>
+      <c r="Y306" s="91"/>
+      <c r="Z306" s="91"/>
       <c r="AA306" s="100">
         <v>1</v>
       </c>
+      <c r="AB306" s="91"/>
       <c r="AC306" s="93" t="s">
-        <v>919</v>
-      </c>
+        <v>970</v>
+      </c>
+      <c r="AD306" s="91"/>
+      <c r="AE306" s="91"/>
+      <c r="AF306" s="91"/>
       <c r="AG306" s="100">
         <v>1</v>
       </c>
+      <c r="AH306" s="91"/>
     </row>
     <row r="307" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A307" s="91" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="B307" s="110">
         <v>58</v>
       </c>
       <c r="C307" s="93" t="s">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="D307" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F307" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G307" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H307" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I307" s="94"/>
       <c r="J307" s="99"/>
       <c r="W307" s="93" t="s">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="AA307" s="100">
         <v>1</v>
       </c>
       <c r="AC307" s="93" t="s">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="AG307" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A308" s="91" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="B308" s="110">
         <v>58</v>
       </c>
       <c r="C308" s="93" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="D308" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F308" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G308" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H308" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I308" s="94"/>
       <c r="J308" s="99"/>
       <c r="W308" s="93" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="AA308" s="100">
         <v>1</v>
       </c>
       <c r="AC308" s="93" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="AG308" s="100">
         <v>1</v>
       </c>
     </row>
-    <row r="309" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="309" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A309" s="91" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="B309" s="110">
         <v>58</v>
       </c>
       <c r="C309" s="93" t="s">
-        <v>922</v>
+        <v>921</v>
       </c>
       <c r="D309" s="91" t="s">
         <v>340</v>
       </c>
-      <c r="E309" s="91"/>
       <c r="F309" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G309" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H309" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I309" s="94"/>
       <c r="J309" s="99"/>
-      <c r="K309" s="91"/>
-[...10 lines deleted...]
-      <c r="V309" s="91"/>
       <c r="W309" s="93" t="s">
-        <v>922</v>
-[...3 lines deleted...]
-      <c r="Z309" s="91"/>
+        <v>921</v>
+      </c>
       <c r="AA309" s="100">
         <v>1</v>
       </c>
-      <c r="AB309" s="91"/>
       <c r="AC309" s="93" t="s">
-        <v>922</v>
-[...3 lines deleted...]
-      <c r="AF309" s="91"/>
+        <v>921</v>
+      </c>
       <c r="AG309" s="100">
         <v>1</v>
       </c>
-      <c r="AH309" s="91"/>
     </row>
     <row r="310" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A310" s="91" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="B310" s="110">
         <v>58</v>
       </c>
       <c r="C310" s="93" t="s">
-        <v>923</v>
+        <v>922</v>
       </c>
       <c r="D310" s="91" t="s">
         <v>340</v>
       </c>
       <c r="E310" s="91"/>
       <c r="F310" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G310" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H310" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I310" s="94"/>
       <c r="J310" s="99"/>
       <c r="K310" s="91"/>
       <c r="L310" s="91"/>
       <c r="M310" s="91"/>
       <c r="N310" s="91"/>
       <c r="O310" s="91"/>
       <c r="P310" s="91"/>
       <c r="Q310" s="91"/>
       <c r="R310" s="91"/>
       <c r="S310" s="91"/>
       <c r="T310" s="91"/>
       <c r="U310" s="91"/>
       <c r="V310" s="91"/>
       <c r="W310" s="93" t="s">
-        <v>923</v>
+        <v>922</v>
       </c>
       <c r="X310" s="91"/>
       <c r="Y310" s="91"/>
       <c r="Z310" s="91"/>
       <c r="AA310" s="100">
         <v>1</v>
       </c>
       <c r="AB310" s="91"/>
       <c r="AC310" s="93" t="s">
-        <v>923</v>
+        <v>922</v>
       </c>
       <c r="AD310" s="91"/>
       <c r="AE310" s="91"/>
       <c r="AF310" s="91"/>
       <c r="AG310" s="100">
         <v>1</v>
       </c>
       <c r="AH310" s="91"/>
     </row>
     <row r="311" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A311" s="91" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="B311" s="110">
         <v>58</v>
       </c>
       <c r="C311" s="93" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="D311" s="91" t="s">
         <v>340</v>
       </c>
       <c r="E311" s="91"/>
       <c r="F311" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G311" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H311" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I311" s="94"/>
       <c r="J311" s="99"/>
       <c r="K311" s="91"/>
       <c r="L311" s="91"/>
       <c r="M311" s="91"/>
       <c r="N311" s="91"/>
       <c r="O311" s="91"/>
       <c r="P311" s="91"/>
       <c r="Q311" s="91"/>
       <c r="R311" s="91"/>
       <c r="S311" s="91"/>
       <c r="T311" s="91"/>
       <c r="U311" s="91"/>
       <c r="V311" s="91"/>
       <c r="W311" s="93" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="X311" s="91"/>
       <c r="Y311" s="91"/>
       <c r="Z311" s="91"/>
       <c r="AA311" s="100">
         <v>1</v>
       </c>
       <c r="AB311" s="91"/>
       <c r="AC311" s="93" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="AD311" s="91"/>
       <c r="AE311" s="91"/>
       <c r="AF311" s="91"/>
       <c r="AG311" s="100">
         <v>1</v>
       </c>
       <c r="AH311" s="91"/>
     </row>
-    <row r="312" spans="1:34" s="110" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="312" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A312" s="91" t="s">
-        <v>898</v>
-[...1 lines deleted...]
-      <c r="B312" s="92">
+        <v>897</v>
+      </c>
+      <c r="B312" s="110">
         <v>58</v>
       </c>
       <c r="C312" s="93" t="s">
-        <v>342</v>
+        <v>924</v>
       </c>
       <c r="D312" s="91" t="s">
         <v>340</v>
       </c>
       <c r="E312" s="91"/>
       <c r="F312" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G312" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H312" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I312" s="94"/>
       <c r="J312" s="99"/>
       <c r="K312" s="91"/>
       <c r="L312" s="91"/>
       <c r="M312" s="91"/>
       <c r="N312" s="91"/>
       <c r="O312" s="91"/>
       <c r="P312" s="91"/>
       <c r="Q312" s="91"/>
       <c r="R312" s="91"/>
       <c r="S312" s="91"/>
       <c r="T312" s="91"/>
       <c r="U312" s="91"/>
       <c r="V312" s="91"/>
-      <c r="W312" s="91" t="s">
-        <v>342</v>
+      <c r="W312" s="93" t="s">
+        <v>924</v>
       </c>
       <c r="X312" s="91"/>
       <c r="Y312" s="91"/>
       <c r="Z312" s="91"/>
       <c r="AA312" s="100">
         <v>1</v>
       </c>
       <c r="AB312" s="91"/>
-      <c r="AC312" s="91" t="s">
-        <v>342</v>
+      <c r="AC312" s="93" t="s">
+        <v>924</v>
       </c>
       <c r="AD312" s="91"/>
       <c r="AE312" s="91"/>
       <c r="AF312" s="91"/>
       <c r="AG312" s="100">
         <v>1</v>
       </c>
       <c r="AH312" s="91"/>
     </row>
-    <row r="313" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="313" spans="1:34" s="110" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A313" s="91" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
       <c r="B313" s="92">
         <v>58</v>
       </c>
       <c r="C313" s="93" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D313" s="91" t="s">
         <v>340</v>
       </c>
+      <c r="E313" s="91"/>
       <c r="F313" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G313" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H313" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I313" s="94"/>
       <c r="J313" s="99"/>
+      <c r="K313" s="91"/>
+      <c r="L313" s="91"/>
+      <c r="M313" s="91"/>
+      <c r="N313" s="91"/>
+      <c r="O313" s="91"/>
+      <c r="P313" s="91"/>
+      <c r="Q313" s="91"/>
+      <c r="R313" s="91"/>
+      <c r="S313" s="91"/>
+      <c r="T313" s="91"/>
+      <c r="U313" s="91"/>
+      <c r="V313" s="91"/>
       <c r="W313" s="91" t="s">
-        <v>343</v>
-      </c>
+        <v>342</v>
+      </c>
+      <c r="X313" s="91"/>
+      <c r="Y313" s="91"/>
+      <c r="Z313" s="91"/>
       <c r="AA313" s="100">
         <v>1</v>
       </c>
+      <c r="AB313" s="91"/>
       <c r="AC313" s="91" t="s">
-        <v>343</v>
-      </c>
+        <v>342</v>
+      </c>
+      <c r="AD313" s="91"/>
+      <c r="AE313" s="91"/>
+      <c r="AF313" s="91"/>
       <c r="AG313" s="100">
         <v>1</v>
       </c>
+      <c r="AH313" s="91"/>
     </row>
     <row r="314" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A314" s="91" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="B314" s="92">
         <v>58</v>
       </c>
       <c r="C314" s="93" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="D314" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F314" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G314" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H314" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I314" s="94"/>
       <c r="J314" s="99"/>
       <c r="W314" s="91" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="AA314" s="100">
         <v>1</v>
       </c>
       <c r="AC314" s="91" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="AG314" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A315" s="91" t="s">
-        <v>901</v>
+        <v>900</v>
       </c>
       <c r="B315" s="92">
         <v>58</v>
       </c>
       <c r="C315" s="93" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="D315" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F315" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G315" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H315" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I315" s="94"/>
       <c r="J315" s="99"/>
       <c r="W315" s="91" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="AA315" s="100">
         <v>1</v>
       </c>
       <c r="AC315" s="91" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="AG315" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A316" s="91" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="B316" s="92">
         <v>58</v>
       </c>
       <c r="C316" s="93" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="D316" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F316" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G316" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H316" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I316" s="94"/>
       <c r="J316" s="99"/>
       <c r="W316" s="91" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="AA316" s="100">
         <v>1</v>
       </c>
       <c r="AC316" s="91" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="AG316" s="100">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A317" s="91" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
       <c r="B317" s="92">
         <v>58</v>
       </c>
       <c r="C317" s="93" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="D317" s="91" t="s">
         <v>340</v>
       </c>
       <c r="F317" s="91" t="s">
         <v>60</v>
       </c>
       <c r="G317" s="91" t="s">
         <v>61</v>
       </c>
       <c r="H317" s="91" t="s">
         <v>341</v>
       </c>
       <c r="I317" s="94"/>
       <c r="J317" s="99"/>
       <c r="W317" s="91" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="AA317" s="100">
         <v>1</v>
       </c>
       <c r="AC317" s="91" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="AG317" s="100">
         <v>1</v>
       </c>
     </row>
-    <row r="318" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...18 lines deleted...]
-      <c r="G318" s="13" t="s">
+    <row r="318" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A318" s="91" t="s">
+        <v>903</v>
+      </c>
+      <c r="B318" s="92">
+        <v>58</v>
+      </c>
+      <c r="C318" s="93" t="s">
+        <v>347</v>
+      </c>
+      <c r="D318" s="91" t="s">
+        <v>340</v>
+      </c>
+      <c r="F318" s="91" t="s">
+        <v>60</v>
+      </c>
+      <c r="G318" s="91" t="s">
         <v>61</v>
       </c>
-      <c r="H318" s="13" t="s">
+      <c r="H318" s="91" t="s">
         <v>341</v>
       </c>
-      <c r="I318" s="65"/>
-[...23 lines deleted...]
-      <c r="AH318" s="64"/>
+      <c r="I318" s="94"/>
+      <c r="J318" s="99"/>
+      <c r="W318" s="91" t="s">
+        <v>347</v>
+      </c>
+      <c r="AA318" s="100">
+        <v>1</v>
+      </c>
+      <c r="AC318" s="91" t="s">
+        <v>347</v>
+      </c>
+      <c r="AG318" s="100">
+        <v>1</v>
+      </c>
     </row>
     <row r="319" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="13" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="B319" s="70">
         <v>62</v>
       </c>
       <c r="C319" s="63" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="D319" s="19">
         <v>100000</v>
       </c>
       <c r="E319" s="13" t="s">
-        <v>360</v>
+        <v>563</v>
       </c>
       <c r="F319" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G319" s="13" t="s">
         <v>61</v>
       </c>
       <c r="H319" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I319" s="65"/>
       <c r="J319" s="66">
         <v>3000</v>
       </c>
       <c r="L319" s="64"/>
       <c r="M319" s="64"/>
       <c r="R319" s="66"/>
       <c r="T319" s="66"/>
       <c r="U319" s="66"/>
       <c r="V319" s="66"/>
       <c r="W319" s="63" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="X319" s="64"/>
       <c r="AA319" s="66">
         <v>6000</v>
       </c>
       <c r="AB319" s="64"/>
       <c r="AC319" s="63" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="AG319" s="66">
         <v>6000</v>
       </c>
       <c r="AH319" s="64"/>
     </row>
     <row r="320" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="13" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="B320" s="70">
         <v>62</v>
       </c>
       <c r="C320" s="63" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="D320" s="19">
         <v>100000</v>
       </c>
       <c r="E320" s="13" t="s">
-        <v>531</v>
+        <v>360</v>
       </c>
       <c r="F320" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G320" s="13" t="s">
         <v>61</v>
       </c>
       <c r="H320" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I320" s="65"/>
       <c r="J320" s="66">
         <v>3000</v>
       </c>
       <c r="L320" s="64"/>
       <c r="M320" s="64"/>
       <c r="R320" s="66"/>
       <c r="T320" s="66"/>
       <c r="U320" s="66"/>
       <c r="V320" s="66"/>
       <c r="W320" s="63" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="X320" s="64"/>
       <c r="AA320" s="66">
         <v>6000</v>
       </c>
       <c r="AB320" s="64"/>
       <c r="AC320" s="63" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="AG320" s="66">
         <v>6000</v>
       </c>
       <c r="AH320" s="64"/>
     </row>
     <row r="321" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="13" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="B321" s="70">
         <v>62</v>
       </c>
       <c r="C321" s="63" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="D321" s="19">
         <v>100000</v>
       </c>
       <c r="E321" s="13" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="F321" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G321" s="13" t="s">
         <v>61</v>
       </c>
       <c r="H321" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I321" s="65"/>
       <c r="J321" s="66">
         <v>3000</v>
       </c>
       <c r="L321" s="64"/>
       <c r="M321" s="64"/>
       <c r="R321" s="66"/>
       <c r="T321" s="66"/>
       <c r="U321" s="66"/>
       <c r="V321" s="66"/>
       <c r="W321" s="63" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="X321" s="64"/>
       <c r="AA321" s="66">
         <v>6000</v>
       </c>
       <c r="AB321" s="64"/>
       <c r="AC321" s="63" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="AG321" s="66">
         <v>6000</v>
       </c>
       <c r="AH321" s="64"/>
     </row>
     <row r="322" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="13" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="B322" s="70">
         <v>62</v>
       </c>
       <c r="C322" s="63" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="D322" s="19">
         <v>100000</v>
       </c>
       <c r="E322" s="13" t="s">
-        <v>361</v>
+        <v>532</v>
       </c>
       <c r="F322" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G322" s="13" t="s">
         <v>61</v>
       </c>
       <c r="H322" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I322" s="65"/>
       <c r="J322" s="66">
         <v>3000</v>
       </c>
       <c r="L322" s="64"/>
       <c r="M322" s="64"/>
       <c r="R322" s="66"/>
       <c r="T322" s="66"/>
       <c r="U322" s="66"/>
       <c r="V322" s="66"/>
       <c r="W322" s="63" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="X322" s="64"/>
       <c r="AA322" s="66">
         <v>6000</v>
       </c>
       <c r="AB322" s="64"/>
       <c r="AC322" s="63" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="AG322" s="66">
         <v>6000</v>
       </c>
       <c r="AH322" s="64"/>
     </row>
-    <row r="323" spans="1:34" s="59" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="13" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="B323" s="70">
         <v>62</v>
       </c>
       <c r="C323" s="63" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="D323" s="19">
         <v>100000</v>
       </c>
       <c r="E323" s="13" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="F323" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G323" s="13" t="s">
         <v>61</v>
       </c>
       <c r="H323" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I323" s="65"/>
       <c r="J323" s="66">
         <v>3000</v>
       </c>
       <c r="L323" s="64"/>
+      <c r="M323" s="64"/>
       <c r="R323" s="66"/>
-      <c r="S323" s="66"/>
       <c r="T323" s="66"/>
       <c r="U323" s="66"/>
-      <c r="V323" s="60"/>
+      <c r="V323" s="66"/>
       <c r="W323" s="63" t="s">
-        <v>573</v>
-      </c>
+        <v>571</v>
+      </c>
+      <c r="X323" s="64"/>
       <c r="AA323" s="66">
         <v>6000</v>
       </c>
+      <c r="AB323" s="64"/>
       <c r="AC323" s="63" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="AG323" s="66">
         <v>6000</v>
       </c>
-    </row>
-    <row r="324" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AH323" s="64"/>
+    </row>
+    <row r="324" spans="1:34" s="59" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A324" s="13" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="B324" s="70">
         <v>62</v>
       </c>
       <c r="C324" s="63" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="D324" s="19">
         <v>100000</v>
       </c>
       <c r="E324" s="13" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="F324" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G324" s="13" t="s">
         <v>61</v>
       </c>
       <c r="H324" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I324" s="65"/>
       <c r="J324" s="66">
         <v>3000</v>
       </c>
       <c r="L324" s="64"/>
+      <c r="R324" s="66"/>
+      <c r="S324" s="66"/>
+      <c r="T324" s="66"/>
+      <c r="U324" s="66"/>
+      <c r="V324" s="60"/>
       <c r="W324" s="63" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="X324" s="64"/>
+        <v>573</v>
+      </c>
       <c r="AA324" s="66">
         <v>6000</v>
       </c>
       <c r="AC324" s="63" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="AD324" s="64"/>
+        <v>573</v>
+      </c>
       <c r="AG324" s="66">
         <v>6000</v>
       </c>
-      <c r="AH324" s="64"/>
     </row>
     <row r="325" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="13" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="B325" s="70">
         <v>62</v>
       </c>
       <c r="C325" s="63" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="D325" s="19">
         <v>100000</v>
       </c>
       <c r="E325" s="13" t="s">
-        <v>533</v>
+        <v>362</v>
       </c>
       <c r="F325" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G325" s="13" t="s">
         <v>61</v>
       </c>
       <c r="H325" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I325" s="65"/>
       <c r="J325" s="66">
         <v>3000</v>
       </c>
       <c r="L325" s="64"/>
       <c r="W325" s="63" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="X325" s="64"/>
       <c r="AA325" s="66">
         <v>6000</v>
       </c>
       <c r="AC325" s="63" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="AD325" s="64"/>
       <c r="AG325" s="66">
         <v>6000</v>
       </c>
       <c r="AH325" s="64"/>
     </row>
-    <row r="326" spans="1:34" s="59" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>578</v>
+    <row r="326" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A326" s="13" t="s">
+        <v>576</v>
       </c>
       <c r="B326" s="70">
         <v>62</v>
       </c>
       <c r="C326" s="63" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="D326" s="19">
         <v>100000</v>
       </c>
       <c r="E326" s="13" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="F326" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G326" s="13" t="s">
         <v>61</v>
       </c>
       <c r="H326" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I326" s="65"/>
       <c r="J326" s="66">
         <v>3000</v>
       </c>
-      <c r="K326" s="13"/>
       <c r="L326" s="64"/>
-      <c r="M326" s="13"/>
-[...8 lines deleted...]
-      <c r="V326" s="13"/>
       <c r="W326" s="63" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="X326" s="64"/>
-      <c r="Y326" s="13"/>
-      <c r="Z326" s="13"/>
       <c r="AA326" s="66">
         <v>6000</v>
       </c>
-      <c r="AB326" s="64"/>
       <c r="AC326" s="63" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="AD326" s="64"/>
-      <c r="AE326" s="13"/>
-      <c r="AF326" s="13"/>
       <c r="AG326" s="66">
         <v>6000</v>
       </c>
       <c r="AH326" s="64"/>
     </row>
     <row r="327" spans="1:34" s="59" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A327" s="13" t="s">
-        <v>580</v>
+      <c r="A327" s="61" t="s">
+        <v>578</v>
       </c>
       <c r="B327" s="70">
         <v>62</v>
       </c>
       <c r="C327" s="63" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D327" s="19">
         <v>100000</v>
       </c>
       <c r="E327" s="13" t="s">
-        <v>365</v>
+        <v>534</v>
       </c>
       <c r="F327" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G327" s="13" t="s">
         <v>61</v>
       </c>
       <c r="H327" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I327" s="65"/>
       <c r="J327" s="66">
         <v>3000</v>
       </c>
       <c r="K327" s="13"/>
       <c r="L327" s="64"/>
       <c r="M327" s="13"/>
       <c r="N327" s="13"/>
       <c r="O327" s="13"/>
       <c r="P327" s="13"/>
       <c r="Q327" s="13"/>
       <c r="R327" s="13"/>
       <c r="S327" s="13"/>
       <c r="T327" s="13"/>
       <c r="U327" s="13"/>
       <c r="V327" s="13"/>
       <c r="W327" s="63" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="X327" s="64"/>
       <c r="Y327" s="13"/>
       <c r="Z327" s="13"/>
       <c r="AA327" s="66">
         <v>6000</v>
       </c>
-      <c r="AB327" s="13"/>
+      <c r="AB327" s="64"/>
       <c r="AC327" s="63" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="AD327" s="64"/>
       <c r="AE327" s="13"/>
       <c r="AF327" s="13"/>
       <c r="AG327" s="66">
         <v>6000</v>
       </c>
       <c r="AH327" s="64"/>
     </row>
     <row r="328" spans="1:34" s="59" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A328" s="13" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="B328" s="70">
         <v>62</v>
       </c>
       <c r="C328" s="63" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="D328" s="19">
         <v>100000</v>
       </c>
       <c r="E328" s="13" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="F328" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G328" s="13" t="s">
         <v>61</v>
       </c>
       <c r="H328" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I328" s="65"/>
       <c r="J328" s="66">
         <v>3000</v>
       </c>
       <c r="K328" s="13"/>
-      <c r="L328" s="13"/>
+      <c r="L328" s="64"/>
       <c r="M328" s="13"/>
       <c r="N328" s="13"/>
       <c r="O328" s="13"/>
       <c r="P328" s="13"/>
       <c r="Q328" s="13"/>
       <c r="R328" s="13"/>
       <c r="S328" s="13"/>
       <c r="T328" s="13"/>
       <c r="U328" s="13"/>
       <c r="V328" s="13"/>
       <c r="W328" s="63" t="s">
-        <v>583</v>
-[...1 lines deleted...]
-      <c r="X328" s="13"/>
+        <v>581</v>
+      </c>
+      <c r="X328" s="64"/>
       <c r="Y328" s="13"/>
       <c r="Z328" s="13"/>
       <c r="AA328" s="66">
         <v>6000</v>
       </c>
-      <c r="AB328" s="64"/>
+      <c r="AB328" s="13"/>
       <c r="AC328" s="63" t="s">
-        <v>583</v>
-[...1 lines deleted...]
-      <c r="AD328" s="13"/>
+        <v>581</v>
+      </c>
+      <c r="AD328" s="64"/>
       <c r="AE328" s="13"/>
       <c r="AF328" s="13"/>
       <c r="AG328" s="66">
         <v>6000</v>
       </c>
       <c r="AH328" s="64"/>
     </row>
     <row r="329" spans="1:34" s="59" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A329" s="13" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="B329" s="70">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C329" s="63" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="D329" s="19">
         <v>100000</v>
       </c>
       <c r="E329" s="13" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F329" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G329" s="13" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="H329" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I329" s="65"/>
-      <c r="J329" s="87">
-        <v>1</v>
+      <c r="J329" s="66">
+        <v>3000</v>
       </c>
       <c r="K329" s="13"/>
-      <c r="L329" s="64"/>
-      <c r="M329" s="64"/>
+      <c r="L329" s="13"/>
+      <c r="M329" s="13"/>
       <c r="N329" s="13"/>
       <c r="O329" s="13"/>
       <c r="P329" s="13"/>
       <c r="Q329" s="13"/>
-      <c r="R329" s="64"/>
-[...3 lines deleted...]
-      <c r="V329" s="64"/>
+      <c r="R329" s="13"/>
+      <c r="S329" s="13"/>
+      <c r="T329" s="13"/>
+      <c r="U329" s="13"/>
+      <c r="V329" s="13"/>
       <c r="W329" s="63" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-      <c r="Y329" s="63"/>
+        <v>583</v>
+      </c>
+      <c r="X329" s="13"/>
+      <c r="Y329" s="13"/>
       <c r="Z329" s="13"/>
-      <c r="AA329" s="64">
-        <v>5000</v>
+      <c r="AA329" s="66">
+        <v>6000</v>
       </c>
       <c r="AB329" s="64"/>
       <c r="AC329" s="63" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-      <c r="AE329" s="63"/>
+        <v>583</v>
+      </c>
+      <c r="AD329" s="13"/>
+      <c r="AE329" s="13"/>
       <c r="AF329" s="13"/>
-      <c r="AG329" s="64">
-        <v>5000</v>
+      <c r="AG329" s="66">
+        <v>6000</v>
       </c>
       <c r="AH329" s="64"/>
     </row>
     <row r="330" spans="1:34" s="59" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A330" s="13" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="B330" s="70">
         <v>63</v>
       </c>
       <c r="C330" s="63" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="D330" s="19">
         <v>100000</v>
       </c>
       <c r="E330" s="13" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="F330" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G330" s="13" t="s">
         <v>38</v>
       </c>
       <c r="H330" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I330" s="65"/>
       <c r="J330" s="87">
         <v>1</v>
       </c>
       <c r="K330" s="13"/>
       <c r="L330" s="64"/>
       <c r="M330" s="64"/>
       <c r="N330" s="13"/>
       <c r="O330" s="13"/>
       <c r="P330" s="13"/>
       <c r="Q330" s="13"/>
       <c r="R330" s="64"/>
       <c r="S330" s="64"/>
       <c r="T330" s="64"/>
       <c r="U330" s="64"/>
       <c r="V330" s="64"/>
       <c r="W330" s="63" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="X330" s="64"/>
       <c r="Y330" s="63"/>
       <c r="Z330" s="13"/>
       <c r="AA330" s="64">
         <v>5000</v>
       </c>
       <c r="AB330" s="64"/>
       <c r="AC330" s="63" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="AD330" s="64"/>
       <c r="AE330" s="63"/>
       <c r="AF330" s="13"/>
       <c r="AG330" s="64">
         <v>5000</v>
       </c>
       <c r="AH330" s="64"/>
     </row>
-    <row r="331" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="331" spans="1:34" s="59" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A331" s="13" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="B331" s="70">
         <v>63</v>
       </c>
       <c r="C331" s="63" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="D331" s="19">
         <v>100000</v>
       </c>
       <c r="E331" s="13" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="F331" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G331" s="13" t="s">
         <v>38</v>
       </c>
       <c r="H331" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I331" s="65"/>
       <c r="J331" s="87">
         <v>1</v>
       </c>
+      <c r="K331" s="13"/>
       <c r="L331" s="64"/>
       <c r="M331" s="64"/>
+      <c r="N331" s="13"/>
+      <c r="O331" s="13"/>
+      <c r="P331" s="13"/>
+      <c r="Q331" s="13"/>
       <c r="R331" s="64"/>
       <c r="S331" s="64"/>
       <c r="T331" s="64"/>
       <c r="U331" s="64"/>
       <c r="V331" s="64"/>
       <c r="W331" s="63" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="X331" s="64"/>
       <c r="Y331" s="63"/>
+      <c r="Z331" s="13"/>
       <c r="AA331" s="64">
         <v>5000</v>
       </c>
       <c r="AB331" s="64"/>
       <c r="AC331" s="63" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="AD331" s="64"/>
       <c r="AE331" s="63"/>
+      <c r="AF331" s="13"/>
       <c r="AG331" s="64">
         <v>5000</v>
       </c>
       <c r="AH331" s="64"/>
     </row>
     <row r="332" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A332" s="13" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="B332" s="70">
         <v>63</v>
       </c>
       <c r="C332" s="63" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="D332" s="19">
         <v>100000</v>
       </c>
       <c r="E332" s="13" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="F332" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G332" s="13" t="s">
         <v>38</v>
       </c>
       <c r="H332" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I332" s="65"/>
       <c r="J332" s="87">
         <v>1</v>
       </c>
       <c r="L332" s="64"/>
       <c r="M332" s="64"/>
       <c r="R332" s="64"/>
       <c r="S332" s="64"/>
       <c r="T332" s="64"/>
       <c r="U332" s="64"/>
       <c r="V332" s="64"/>
       <c r="W332" s="63" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="X332" s="64"/>
       <c r="Y332" s="63"/>
       <c r="AA332" s="64">
         <v>5000</v>
       </c>
       <c r="AB332" s="64"/>
       <c r="AC332" s="63" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="AD332" s="64"/>
       <c r="AE332" s="63"/>
       <c r="AG332" s="64">
         <v>5000</v>
       </c>
       <c r="AH332" s="64"/>
     </row>
     <row r="333" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A333" s="13" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="B333" s="70">
         <v>63</v>
       </c>
-      <c r="C333" s="13" t="s">
-        <v>593</v>
+      <c r="C333" s="63" t="s">
+        <v>591</v>
       </c>
       <c r="D333" s="19">
         <v>100000</v>
       </c>
       <c r="E333" s="13" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="F333" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G333" s="13" t="s">
         <v>38</v>
       </c>
       <c r="H333" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I333" s="65"/>
       <c r="J333" s="87">
         <v>1</v>
       </c>
       <c r="L333" s="64"/>
       <c r="M333" s="64"/>
       <c r="R333" s="64"/>
       <c r="S333" s="64"/>
       <c r="T333" s="64"/>
       <c r="U333" s="64"/>
       <c r="V333" s="64"/>
-      <c r="W333" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="W333" s="63" t="s">
+        <v>591</v>
+      </c>
+      <c r="X333" s="64"/>
+      <c r="Y333" s="63"/>
       <c r="AA333" s="64">
         <v>5000</v>
       </c>
       <c r="AB333" s="64"/>
-      <c r="AC333" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AC333" s="63" t="s">
+        <v>591</v>
+      </c>
+      <c r="AD333" s="64"/>
+      <c r="AE333" s="63"/>
       <c r="AG333" s="64">
         <v>5000</v>
       </c>
       <c r="AH333" s="64"/>
     </row>
     <row r="334" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A334" s="13" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="B334" s="70">
         <v>63</v>
       </c>
       <c r="C334" s="13" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="D334" s="19">
         <v>100000</v>
       </c>
       <c r="E334" s="13" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="F334" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G334" s="13" t="s">
         <v>38</v>
       </c>
       <c r="H334" s="13" t="s">
         <v>341</v>
       </c>
       <c r="I334" s="65"/>
       <c r="J334" s="87">
         <v>1</v>
       </c>
       <c r="L334" s="64"/>
       <c r="M334" s="64"/>
       <c r="R334" s="64"/>
       <c r="S334" s="64"/>
       <c r="T334" s="64"/>
       <c r="U334" s="64"/>
       <c r="V334" s="64"/>
       <c r="W334" s="13" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="AA334" s="64">
         <v>5000</v>
       </c>
       <c r="AB334" s="64"/>
       <c r="AC334" s="13" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="AG334" s="64">
         <v>5000</v>
       </c>
       <c r="AH334" s="64"/>
     </row>
-    <row r="335" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A335" s="91" t="s">
+    <row r="335" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A335" s="13" t="s">
+        <v>594</v>
+      </c>
+      <c r="B335" s="70">
+        <v>63</v>
+      </c>
+      <c r="C335" s="13" t="s">
+        <v>595</v>
+      </c>
+      <c r="D335" s="19">
+        <v>100000</v>
+      </c>
+      <c r="E335" s="13" t="s">
+        <v>363</v>
+      </c>
+      <c r="F335" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G335" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="H335" s="13" t="s">
+        <v>341</v>
+      </c>
+      <c r="I335" s="65"/>
+      <c r="J335" s="87">
+        <v>1</v>
+      </c>
+      <c r="L335" s="64"/>
+      <c r="M335" s="64"/>
+      <c r="R335" s="64"/>
+      <c r="S335" s="64"/>
+      <c r="T335" s="64"/>
+      <c r="U335" s="64"/>
+      <c r="V335" s="64"/>
+      <c r="W335" s="13" t="s">
+        <v>595</v>
+      </c>
+      <c r="AA335" s="64">
+        <v>5000</v>
+      </c>
+      <c r="AB335" s="64"/>
+      <c r="AC335" s="13" t="s">
+        <v>595</v>
+      </c>
+      <c r="AG335" s="64">
+        <v>5000</v>
+      </c>
+      <c r="AH335" s="64"/>
+    </row>
+    <row r="336" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="91" t="s">
         <v>973</v>
       </c>
-      <c r="B335" s="129">
+      <c r="B336" s="129">
         <v>26</v>
       </c>
-      <c r="C335" s="93" t="s">
+      <c r="C336" s="93" t="s">
         <v>357</v>
       </c>
-      <c r="D335" s="100">
-[...71 lines deleted...]
-      <c r="D336" s="19">
+      <c r="D336" s="100">
         <v>100000</v>
       </c>
       <c r="E336" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F336" s="91" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="G336" s="91" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="H336" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I336" s="94"/>
       <c r="J336" s="99">
-        <v>25</v>
+        <v>2000</v>
       </c>
       <c r="K336" s="91"/>
-      <c r="L336" s="91"/>
+      <c r="L336" s="91" t="s">
+        <v>357</v>
+      </c>
       <c r="M336" s="91"/>
       <c r="N336" s="91"/>
       <c r="O336" s="91"/>
-      <c r="P336" s="91"/>
+      <c r="P336" s="95">
+        <v>7500</v>
+      </c>
       <c r="Q336" s="91"/>
-      <c r="R336" s="95"/>
-[...1 lines deleted...]
-      <c r="T336" s="95"/>
+      <c r="R336" s="95">
+        <v>150000</v>
+      </c>
+      <c r="S336" s="91" t="s">
+        <v>518</v>
+      </c>
+      <c r="T336" s="95">
+        <v>15000000000</v>
+      </c>
       <c r="U336" s="91"/>
       <c r="V336" s="91"/>
-      <c r="W336" s="139">
-[...5 lines deleted...]
-      </c>
+      <c r="W336" s="91" t="s">
+        <v>357</v>
+      </c>
+      <c r="X336" s="91"/>
+      <c r="Y336" s="91"/>
       <c r="Z336" s="91"/>
       <c r="AA336" s="95">
         <v>7500</v>
       </c>
       <c r="AB336" s="91"/>
-      <c r="AC336" s="139">
-[...5 lines deleted...]
-      </c>
+      <c r="AC336" s="91" t="s">
+        <v>357</v>
+      </c>
+      <c r="AD336" s="91"/>
+      <c r="AE336" s="91"/>
       <c r="AF336" s="91"/>
       <c r="AG336" s="95">
         <v>7500</v>
       </c>
-      <c r="AH336" s="95"/>
+      <c r="AH336" s="91"/>
     </row>
     <row r="337" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A337" s="91" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="B337" s="98" t="s">
         <v>377</v>
       </c>
       <c r="C337" s="93" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D337" s="19">
         <v>100000</v>
       </c>
       <c r="E337" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F337" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G337" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H337" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I337" s="94"/>
       <c r="J337" s="99">
         <v>25</v>
       </c>
       <c r="K337" s="91"/>
       <c r="L337" s="91"/>
       <c r="M337" s="91"/>
       <c r="N337" s="91"/>
       <c r="O337" s="91"/>
       <c r="P337" s="91"/>
       <c r="Q337" s="91"/>
-      <c r="R337" s="91"/>
+      <c r="R337" s="95"/>
       <c r="S337" s="91"/>
-      <c r="T337" s="91"/>
+      <c r="T337" s="95"/>
       <c r="U337" s="91"/>
       <c r="V337" s="91"/>
       <c r="W337" s="139">
         <v>21</v>
       </c>
-      <c r="X337" s="91"/>
+      <c r="X337" s="93"/>
       <c r="Y337" s="93" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="Z337" s="91"/>
       <c r="AA337" s="95">
         <v>7500</v>
       </c>
       <c r="AB337" s="91"/>
       <c r="AC337" s="139">
         <v>21</v>
       </c>
-      <c r="AD337" s="91"/>
+      <c r="AD337" s="93"/>
       <c r="AE337" s="93" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="AF337" s="91"/>
       <c r="AG337" s="95">
         <v>7500</v>
       </c>
-      <c r="AH337" s="91"/>
+      <c r="AH337" s="95"/>
     </row>
     <row r="338" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A338" s="91" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="B338" s="98" t="s">
         <v>377</v>
       </c>
       <c r="C338" s="93" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="D338" s="19">
         <v>100000</v>
       </c>
       <c r="E338" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F338" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G338" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H338" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I338" s="94"/>
       <c r="J338" s="99">
         <v>25</v>
       </c>
       <c r="K338" s="91"/>
       <c r="L338" s="91"/>
       <c r="M338" s="91"/>
       <c r="N338" s="91"/>
       <c r="O338" s="91"/>
       <c r="P338" s="91"/>
       <c r="Q338" s="91"/>
       <c r="R338" s="91"/>
       <c r="S338" s="91"/>
       <c r="T338" s="91"/>
       <c r="U338" s="91"/>
       <c r="V338" s="91"/>
       <c r="W338" s="139">
         <v>21</v>
       </c>
       <c r="X338" s="91"/>
       <c r="Y338" s="93" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="Z338" s="91"/>
       <c r="AA338" s="95">
         <v>7500</v>
       </c>
       <c r="AB338" s="91"/>
       <c r="AC338" s="139">
         <v>21</v>
       </c>
       <c r="AD338" s="91"/>
       <c r="AE338" s="93" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="AF338" s="91"/>
       <c r="AG338" s="95">
         <v>7500</v>
       </c>
       <c r="AH338" s="91"/>
     </row>
     <row r="339" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A339" s="91" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="B339" s="98" t="s">
         <v>377</v>
       </c>
       <c r="C339" s="93" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="D339" s="19">
         <v>100000</v>
       </c>
       <c r="E339" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F339" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G339" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H339" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I339" s="94"/>
       <c r="J339" s="99">
         <v>25</v>
       </c>
       <c r="K339" s="91"/>
       <c r="L339" s="91"/>
       <c r="M339" s="91"/>
       <c r="N339" s="91"/>
       <c r="O339" s="91"/>
       <c r="P339" s="91"/>
       <c r="Q339" s="91"/>
       <c r="R339" s="91"/>
       <c r="S339" s="91"/>
       <c r="T339" s="91"/>
       <c r="U339" s="91"/>
       <c r="V339" s="91"/>
       <c r="W339" s="139">
         <v>21</v>
       </c>
       <c r="X339" s="91"/>
       <c r="Y339" s="93" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="Z339" s="91"/>
       <c r="AA339" s="95">
         <v>7500</v>
       </c>
       <c r="AB339" s="91"/>
       <c r="AC339" s="139">
         <v>21</v>
       </c>
       <c r="AD339" s="91"/>
       <c r="AE339" s="93" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="AF339" s="91"/>
       <c r="AG339" s="95">
         <v>7500</v>
       </c>
       <c r="AH339" s="91"/>
     </row>
     <row r="340" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A340" s="91" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="B340" s="98" t="s">
         <v>377</v>
       </c>
       <c r="C340" s="93" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D340" s="19">
         <v>100000</v>
       </c>
       <c r="E340" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F340" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G340" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H340" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I340" s="94"/>
       <c r="J340" s="99">
         <v>25</v>
       </c>
       <c r="K340" s="91"/>
       <c r="L340" s="91"/>
       <c r="M340" s="91"/>
       <c r="N340" s="91"/>
       <c r="O340" s="91"/>
       <c r="P340" s="91"/>
       <c r="Q340" s="91"/>
       <c r="R340" s="91"/>
       <c r="S340" s="91"/>
       <c r="T340" s="91"/>
       <c r="U340" s="91"/>
       <c r="V340" s="91"/>
       <c r="W340" s="139">
         <v>21</v>
       </c>
       <c r="X340" s="91"/>
       <c r="Y340" s="93" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="Z340" s="91"/>
       <c r="AA340" s="95">
         <v>7500</v>
       </c>
       <c r="AB340" s="91"/>
       <c r="AC340" s="139">
         <v>21</v>
       </c>
       <c r="AD340" s="91"/>
       <c r="AE340" s="93" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="AF340" s="91"/>
       <c r="AG340" s="95">
         <v>7500</v>
       </c>
       <c r="AH340" s="91"/>
     </row>
-    <row r="341" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="341" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A341" s="91" t="s">
-        <v>1429</v>
+        <v>860</v>
       </c>
       <c r="B341" s="98" t="s">
         <v>377</v>
       </c>
       <c r="C341" s="93" t="s">
-        <v>1428</v>
+        <v>809</v>
       </c>
       <c r="D341" s="19">
         <v>100000</v>
       </c>
       <c r="E341" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F341" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G341" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H341" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I341" s="94"/>
       <c r="J341" s="99">
         <v>25</v>
       </c>
       <c r="K341" s="91"/>
       <c r="L341" s="91"/>
       <c r="M341" s="91"/>
       <c r="N341" s="91"/>
       <c r="O341" s="91"/>
       <c r="P341" s="91"/>
       <c r="Q341" s="91"/>
-      <c r="R341" s="95"/>
+      <c r="R341" s="91"/>
       <c r="S341" s="91"/>
-      <c r="T341" s="95"/>
+      <c r="T341" s="91"/>
       <c r="U341" s="91"/>
       <c r="V341" s="91"/>
-      <c r="W341" s="91">
+      <c r="W341" s="139">
         <v>21</v>
       </c>
-      <c r="X341" s="93"/>
+      <c r="X341" s="91"/>
       <c r="Y341" s="93" t="s">
-        <v>1427</v>
+        <v>810</v>
       </c>
       <c r="Z341" s="91"/>
       <c r="AA341" s="95">
         <v>7500</v>
       </c>
       <c r="AB341" s="91"/>
-      <c r="AC341" s="91">
+      <c r="AC341" s="139">
         <v>21</v>
       </c>
-      <c r="AD341" s="93"/>
+      <c r="AD341" s="91"/>
       <c r="AE341" s="93" t="s">
-        <v>1427</v>
+        <v>810</v>
       </c>
       <c r="AF341" s="91"/>
       <c r="AG341" s="95">
         <v>7500</v>
       </c>
-      <c r="AH341" s="95"/>
+      <c r="AH341" s="91"/>
     </row>
     <row r="342" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A342" s="91" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
       <c r="B342" s="98" t="s">
         <v>377</v>
       </c>
       <c r="C342" s="93" t="s">
-        <v>1425</v>
+        <v>1428</v>
       </c>
       <c r="D342" s="19">
         <v>100000</v>
       </c>
       <c r="E342" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F342" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G342" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H342" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I342" s="94"/>
       <c r="J342" s="99">
         <v>25</v>
       </c>
       <c r="K342" s="91"/>
       <c r="L342" s="91"/>
       <c r="M342" s="91"/>
       <c r="N342" s="91"/>
       <c r="O342" s="91"/>
       <c r="P342" s="91"/>
       <c r="Q342" s="91"/>
       <c r="R342" s="95"/>
       <c r="S342" s="91"/>
       <c r="T342" s="95"/>
       <c r="U342" s="91"/>
       <c r="V342" s="91"/>
       <c r="W342" s="91">
         <v>21</v>
       </c>
       <c r="X342" s="93"/>
       <c r="Y342" s="93" t="s">
-        <v>1424</v>
+        <v>1427</v>
       </c>
       <c r="Z342" s="91"/>
       <c r="AA342" s="95">
         <v>7500</v>
       </c>
       <c r="AB342" s="91"/>
       <c r="AC342" s="91">
         <v>21</v>
       </c>
       <c r="AD342" s="93"/>
       <c r="AE342" s="93" t="s">
-        <v>1424</v>
+        <v>1427</v>
       </c>
       <c r="AF342" s="91"/>
       <c r="AG342" s="95">
         <v>7500</v>
       </c>
       <c r="AH342" s="95"/>
     </row>
     <row r="343" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A343" s="91" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
       <c r="B343" s="98" t="s">
         <v>377</v>
       </c>
       <c r="C343" s="93" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="D343" s="19">
         <v>100000</v>
       </c>
       <c r="E343" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F343" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G343" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H343" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I343" s="94"/>
       <c r="J343" s="99">
         <v>25</v>
       </c>
       <c r="K343" s="91"/>
       <c r="L343" s="91"/>
       <c r="M343" s="91"/>
       <c r="N343" s="91"/>
       <c r="O343" s="91"/>
       <c r="P343" s="91"/>
       <c r="Q343" s="91"/>
       <c r="R343" s="95"/>
       <c r="S343" s="91"/>
       <c r="T343" s="95"/>
       <c r="U343" s="91"/>
       <c r="V343" s="91"/>
       <c r="W343" s="91">
         <v>21</v>
       </c>
       <c r="X343" s="93"/>
       <c r="Y343" s="93" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="Z343" s="91"/>
       <c r="AA343" s="95">
         <v>7500</v>
       </c>
       <c r="AB343" s="91"/>
       <c r="AC343" s="91">
         <v>21</v>
       </c>
       <c r="AD343" s="93"/>
       <c r="AE343" s="93" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="AF343" s="91"/>
       <c r="AG343" s="95">
         <v>7500</v>
       </c>
       <c r="AH343" s="95"/>
     </row>
     <row r="344" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A344" s="91" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
       <c r="B344" s="98" t="s">
         <v>377</v>
       </c>
       <c r="C344" s="93" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
       <c r="D344" s="19">
         <v>100000</v>
       </c>
       <c r="E344" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F344" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G344" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H344" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I344" s="94"/>
       <c r="J344" s="99">
         <v>25</v>
       </c>
       <c r="K344" s="91"/>
       <c r="L344" s="91"/>
       <c r="M344" s="91"/>
       <c r="N344" s="91"/>
       <c r="O344" s="91"/>
       <c r="P344" s="91"/>
       <c r="Q344" s="91"/>
       <c r="R344" s="95"/>
       <c r="S344" s="91"/>
       <c r="T344" s="95"/>
       <c r="U344" s="91"/>
       <c r="V344" s="91"/>
       <c r="W344" s="91">
         <v>21</v>
       </c>
       <c r="X344" s="93"/>
       <c r="Y344" s="93" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="Z344" s="91"/>
       <c r="AA344" s="95">
         <v>7500</v>
       </c>
       <c r="AB344" s="91"/>
       <c r="AC344" s="91">
         <v>21</v>
       </c>
       <c r="AD344" s="93"/>
       <c r="AE344" s="93" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="AF344" s="91"/>
       <c r="AG344" s="95">
         <v>7500</v>
       </c>
       <c r="AH344" s="95"/>
     </row>
     <row r="345" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A345" s="91" t="s">
-        <v>1417</v>
+        <v>1420</v>
       </c>
       <c r="B345" s="98" t="s">
         <v>377</v>
       </c>
       <c r="C345" s="93" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="D345" s="19">
         <v>100000</v>
       </c>
       <c r="E345" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F345" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G345" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H345" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I345" s="94"/>
       <c r="J345" s="99">
         <v>25</v>
       </c>
       <c r="K345" s="91"/>
       <c r="L345" s="91"/>
       <c r="M345" s="91"/>
       <c r="N345" s="91"/>
       <c r="O345" s="91"/>
       <c r="P345" s="91"/>
       <c r="Q345" s="91"/>
       <c r="R345" s="95"/>
       <c r="S345" s="91"/>
       <c r="T345" s="95"/>
       <c r="U345" s="91"/>
       <c r="V345" s="91"/>
       <c r="W345" s="91">
         <v>21</v>
       </c>
       <c r="X345" s="93"/>
       <c r="Y345" s="93" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="Z345" s="91"/>
       <c r="AA345" s="95">
         <v>7500</v>
       </c>
       <c r="AB345" s="91"/>
       <c r="AC345" s="91">
         <v>21</v>
       </c>
       <c r="AD345" s="93"/>
       <c r="AE345" s="93" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="AF345" s="91"/>
       <c r="AG345" s="95">
         <v>7500</v>
       </c>
       <c r="AH345" s="95"/>
     </row>
-    <row r="346" spans="1:34" s="89" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="346" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A346" s="91" t="s">
-        <v>861</v>
-[...1 lines deleted...]
-      <c r="B346" s="70" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B346" s="98" t="s">
         <v>377</v>
       </c>
-      <c r="C346" s="63" t="s">
-        <v>458</v>
+      <c r="C346" s="93" t="s">
+        <v>1416</v>
       </c>
       <c r="D346" s="19">
         <v>100000</v>
       </c>
-      <c r="E346" s="13" t="s">
+      <c r="E346" s="91" t="s">
         <v>351</v>
       </c>
-      <c r="F346" s="13" t="s">
+      <c r="F346" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="G346" s="13" t="s">
+      <c r="G346" s="91" t="s">
         <v>66</v>
       </c>
-      <c r="H346" s="13" t="s">
+      <c r="H346" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I346" s="65"/>
-      <c r="J346" s="78">
+      <c r="I346" s="94"/>
+      <c r="J346" s="99">
         <v>25</v>
       </c>
-      <c r="K346" s="13"/>
-[...11 lines deleted...]
-      <c r="W346" s="134">
+      <c r="K346" s="91"/>
+      <c r="L346" s="91"/>
+      <c r="M346" s="91"/>
+      <c r="N346" s="91"/>
+      <c r="O346" s="91"/>
+      <c r="P346" s="91"/>
+      <c r="Q346" s="91"/>
+      <c r="R346" s="95"/>
+      <c r="S346" s="91"/>
+      <c r="T346" s="95"/>
+      <c r="U346" s="91"/>
+      <c r="V346" s="91"/>
+      <c r="W346" s="91">
         <v>21</v>
       </c>
-      <c r="X346" s="63"/>
-[...4 lines deleted...]
-      <c r="AA346" s="64">
+      <c r="X346" s="93"/>
+      <c r="Y346" s="93" t="s">
+        <v>1415</v>
+      </c>
+      <c r="Z346" s="91"/>
+      <c r="AA346" s="95">
         <v>7500</v>
       </c>
-      <c r="AB346" s="13"/>
-      <c r="AC346" s="134">
+      <c r="AB346" s="91"/>
+      <c r="AC346" s="91">
         <v>21</v>
       </c>
-      <c r="AD346" s="63"/>
-[...4 lines deleted...]
-      <c r="AG346" s="64">
+      <c r="AD346" s="93"/>
+      <c r="AE346" s="93" t="s">
+        <v>1415</v>
+      </c>
+      <c r="AF346" s="91"/>
+      <c r="AG346" s="95">
         <v>7500</v>
       </c>
-      <c r="AH346" s="64"/>
+      <c r="AH346" s="95"/>
     </row>
     <row r="347" spans="1:34" s="89" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A347" s="91" t="s">
-        <v>862</v>
-[...1 lines deleted...]
-      <c r="B347" s="10" t="s">
+        <v>861</v>
+      </c>
+      <c r="B347" s="70" t="s">
         <v>377</v>
       </c>
       <c r="C347" s="63" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D347" s="19">
         <v>100000</v>
       </c>
       <c r="E347" s="13" t="s">
         <v>351</v>
       </c>
       <c r="F347" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G347" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H347" s="13" t="s">
         <v>349</v>
       </c>
       <c r="I347" s="65"/>
-      <c r="J347" s="13">
+      <c r="J347" s="78">
         <v>25</v>
       </c>
       <c r="K347" s="13"/>
       <c r="L347" s="13"/>
       <c r="M347" s="13"/>
       <c r="N347" s="13"/>
       <c r="O347" s="13"/>
       <c r="P347" s="13"/>
       <c r="Q347" s="13"/>
       <c r="R347" s="64"/>
       <c r="S347" s="13"/>
       <c r="T347" s="64"/>
       <c r="U347" s="13"/>
       <c r="V347" s="13"/>
       <c r="W347" s="134">
         <v>21</v>
       </c>
       <c r="X347" s="63"/>
       <c r="Y347" s="63" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="Z347" s="13"/>
       <c r="AA347" s="64">
         <v>7500</v>
       </c>
       <c r="AB347" s="13"/>
       <c r="AC347" s="134">
         <v>21</v>
       </c>
       <c r="AD347" s="63"/>
       <c r="AE347" s="63" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="AF347" s="13"/>
       <c r="AG347" s="64">
         <v>7500</v>
       </c>
       <c r="AH347" s="64"/>
     </row>
     <row r="348" spans="1:34" s="89" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A348" s="91" t="s">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="B348" s="10" t="s">
         <v>377</v>
       </c>
       <c r="C348" s="63" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D348" s="19">
         <v>100000</v>
       </c>
       <c r="E348" s="13" t="s">
         <v>351</v>
       </c>
       <c r="F348" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G348" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H348" s="13" t="s">
         <v>349</v>
       </c>
       <c r="I348" s="65"/>
       <c r="J348" s="13">
         <v>25</v>
       </c>
       <c r="K348" s="13"/>
       <c r="L348" s="13"/>
       <c r="M348" s="13"/>
       <c r="N348" s="13"/>
       <c r="O348" s="13"/>
       <c r="P348" s="13"/>
       <c r="Q348" s="13"/>
       <c r="R348" s="64"/>
       <c r="S348" s="13"/>
       <c r="T348" s="64"/>
       <c r="U348" s="13"/>
       <c r="V348" s="13"/>
       <c r="W348" s="134">
         <v>21</v>
       </c>
       <c r="X348" s="63"/>
       <c r="Y348" s="63" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="Z348" s="13"/>
       <c r="AA348" s="64">
         <v>7500</v>
       </c>
       <c r="AB348" s="13"/>
       <c r="AC348" s="134">
         <v>21</v>
       </c>
       <c r="AD348" s="63"/>
       <c r="AE348" s="63" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="AF348" s="13"/>
       <c r="AG348" s="64">
         <v>7500</v>
       </c>
       <c r="AH348" s="64"/>
     </row>
     <row r="349" spans="1:34" s="89" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A349" s="91" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
       <c r="B349" s="10" t="s">
         <v>377</v>
       </c>
       <c r="C349" s="63" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D349" s="19">
         <v>100000</v>
       </c>
       <c r="E349" s="13" t="s">
         <v>351</v>
       </c>
       <c r="F349" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G349" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H349" s="13" t="s">
         <v>349</v>
       </c>
       <c r="I349" s="65"/>
       <c r="J349" s="13">
         <v>25</v>
       </c>
       <c r="K349" s="13"/>
       <c r="L349" s="13"/>
       <c r="M349" s="13"/>
       <c r="N349" s="13"/>
       <c r="O349" s="13"/>
       <c r="P349" s="13"/>
       <c r="Q349" s="13"/>
       <c r="R349" s="64"/>
       <c r="S349" s="13"/>
       <c r="T349" s="64"/>
       <c r="U349" s="13"/>
       <c r="V349" s="13"/>
       <c r="W349" s="134">
         <v>21</v>
       </c>
       <c r="X349" s="63"/>
       <c r="Y349" s="63" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="Z349" s="13"/>
       <c r="AA349" s="64">
         <v>7500</v>
       </c>
       <c r="AB349" s="13"/>
       <c r="AC349" s="134">
         <v>21</v>
       </c>
       <c r="AD349" s="63"/>
       <c r="AE349" s="63" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="AF349" s="13"/>
       <c r="AG349" s="64">
         <v>7500</v>
       </c>
       <c r="AH349" s="64"/>
     </row>
     <row r="350" spans="1:34" s="89" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A350" s="91" t="s">
-        <v>865</v>
+        <v>864</v>
       </c>
       <c r="B350" s="10" t="s">
         <v>377</v>
       </c>
       <c r="C350" s="63" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D350" s="19">
         <v>100000</v>
       </c>
       <c r="E350" s="13" t="s">
         <v>351</v>
       </c>
       <c r="F350" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G350" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H350" s="13" t="s">
         <v>349</v>
       </c>
       <c r="I350" s="65"/>
       <c r="J350" s="13">
         <v>25</v>
       </c>
       <c r="K350" s="13"/>
       <c r="L350" s="13"/>
       <c r="M350" s="13"/>
       <c r="N350" s="13"/>
       <c r="O350" s="13"/>
       <c r="P350" s="13"/>
       <c r="Q350" s="13"/>
       <c r="R350" s="64"/>
       <c r="S350" s="13"/>
       <c r="T350" s="64"/>
       <c r="U350" s="13"/>
       <c r="V350" s="13"/>
       <c r="W350" s="134">
         <v>21</v>
       </c>
       <c r="X350" s="63"/>
       <c r="Y350" s="63" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="Z350" s="13"/>
       <c r="AA350" s="64">
         <v>7500</v>
       </c>
       <c r="AB350" s="13"/>
       <c r="AC350" s="134">
         <v>21</v>
       </c>
       <c r="AD350" s="63"/>
       <c r="AE350" s="63" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="AF350" s="13"/>
       <c r="AG350" s="64">
         <v>7500</v>
       </c>
       <c r="AH350" s="64"/>
     </row>
-    <row r="351" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="351" spans="1:34" s="89" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A351" s="91" t="s">
-        <v>1444</v>
-[...1 lines deleted...]
-      <c r="B351" s="98" t="s">
+        <v>865</v>
+      </c>
+      <c r="B351" s="10" t="s">
         <v>377</v>
       </c>
-      <c r="C351" s="93" t="s">
-        <v>1443</v>
+      <c r="C351" s="63" t="s">
+        <v>466</v>
       </c>
       <c r="D351" s="19">
         <v>100000</v>
       </c>
-      <c r="E351" s="91" t="s">
+      <c r="E351" s="13" t="s">
         <v>351</v>
       </c>
-      <c r="F351" s="91" t="s">
+      <c r="F351" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="G351" s="91" t="s">
+      <c r="G351" s="13" t="s">
         <v>66</v>
       </c>
-      <c r="H351" s="91" t="s">
+      <c r="H351" s="13" t="s">
         <v>349</v>
       </c>
-      <c r="I351" s="94"/>
-      <c r="J351" s="99">
+      <c r="I351" s="65"/>
+      <c r="J351" s="13">
         <v>25</v>
       </c>
-      <c r="K351" s="91"/>
-[...11 lines deleted...]
-      <c r="W351" s="91">
+      <c r="K351" s="13"/>
+      <c r="L351" s="13"/>
+      <c r="M351" s="13"/>
+      <c r="N351" s="13"/>
+      <c r="O351" s="13"/>
+      <c r="P351" s="13"/>
+      <c r="Q351" s="13"/>
+      <c r="R351" s="64"/>
+      <c r="S351" s="13"/>
+      <c r="T351" s="64"/>
+      <c r="U351" s="13"/>
+      <c r="V351" s="13"/>
+      <c r="W351" s="134">
         <v>21</v>
       </c>
-      <c r="X351" s="93"/>
-[...4 lines deleted...]
-      <c r="AA351" s="95">
+      <c r="X351" s="63"/>
+      <c r="Y351" s="63" t="s">
+        <v>467</v>
+      </c>
+      <c r="Z351" s="13"/>
+      <c r="AA351" s="64">
         <v>7500</v>
       </c>
-      <c r="AB351" s="91"/>
-      <c r="AC351" s="91">
+      <c r="AB351" s="13"/>
+      <c r="AC351" s="134">
         <v>21</v>
       </c>
-      <c r="AD351" s="93"/>
-[...4 lines deleted...]
-      <c r="AG351" s="95">
+      <c r="AD351" s="63"/>
+      <c r="AE351" s="63" t="s">
+        <v>467</v>
+      </c>
+      <c r="AF351" s="13"/>
+      <c r="AG351" s="64">
         <v>7500</v>
       </c>
-      <c r="AH351" s="95"/>
+      <c r="AH351" s="64"/>
     </row>
     <row r="352" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A352" s="91" t="s">
-        <v>1441</v>
+        <v>1444</v>
       </c>
       <c r="B352" s="98" t="s">
         <v>377</v>
       </c>
       <c r="C352" s="93" t="s">
-        <v>1440</v>
+        <v>1443</v>
       </c>
       <c r="D352" s="19">
         <v>100000</v>
       </c>
       <c r="E352" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F352" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G352" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H352" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I352" s="94"/>
       <c r="J352" s="99">
         <v>25</v>
       </c>
       <c r="K352" s="91"/>
       <c r="L352" s="91"/>
       <c r="M352" s="91"/>
       <c r="N352" s="91"/>
       <c r="O352" s="91"/>
       <c r="P352" s="91"/>
       <c r="Q352" s="91"/>
       <c r="R352" s="95"/>
       <c r="S352" s="91"/>
       <c r="T352" s="95"/>
       <c r="U352" s="91"/>
       <c r="V352" s="91"/>
       <c r="W352" s="91">
         <v>21</v>
       </c>
       <c r="X352" s="93"/>
       <c r="Y352" s="93" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="Z352" s="91"/>
       <c r="AA352" s="95">
         <v>7500</v>
       </c>
       <c r="AB352" s="91"/>
       <c r="AC352" s="91">
         <v>21</v>
       </c>
       <c r="AD352" s="93"/>
       <c r="AE352" s="93" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="AF352" s="91"/>
       <c r="AG352" s="95">
         <v>7500</v>
       </c>
       <c r="AH352" s="95"/>
     </row>
     <row r="353" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A353" s="91" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
       <c r="B353" s="98" t="s">
         <v>377</v>
       </c>
       <c r="C353" s="93" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
       <c r="D353" s="19">
         <v>100000</v>
       </c>
       <c r="E353" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F353" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G353" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H353" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I353" s="94"/>
       <c r="J353" s="99">
         <v>25</v>
       </c>
       <c r="K353" s="91"/>
       <c r="L353" s="91"/>
       <c r="M353" s="91"/>
       <c r="N353" s="91"/>
       <c r="O353" s="91"/>
       <c r="P353" s="91"/>
       <c r="Q353" s="91"/>
       <c r="R353" s="95"/>
       <c r="S353" s="91"/>
       <c r="T353" s="95"/>
       <c r="U353" s="91"/>
       <c r="V353" s="91"/>
       <c r="W353" s="91">
         <v>21</v>
       </c>
       <c r="X353" s="93"/>
       <c r="Y353" s="93" t="s">
-        <v>1436</v>
+        <v>1439</v>
       </c>
       <c r="Z353" s="91"/>
       <c r="AA353" s="95">
         <v>7500</v>
       </c>
       <c r="AB353" s="91"/>
       <c r="AC353" s="91">
         <v>21</v>
       </c>
       <c r="AD353" s="93"/>
       <c r="AE353" s="93" t="s">
-        <v>1436</v>
+        <v>1439</v>
       </c>
       <c r="AF353" s="91"/>
       <c r="AG353" s="95">
         <v>7500</v>
       </c>
       <c r="AH353" s="95"/>
     </row>
     <row r="354" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="91" t="s">
-        <v>1435</v>
+        <v>1438</v>
       </c>
       <c r="B354" s="98" t="s">
         <v>377</v>
       </c>
       <c r="C354" s="93" t="s">
-        <v>1434</v>
+        <v>1437</v>
       </c>
       <c r="D354" s="19">
         <v>100000</v>
       </c>
       <c r="E354" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F354" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G354" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H354" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I354" s="94"/>
       <c r="J354" s="99">
         <v>25</v>
       </c>
       <c r="K354" s="91"/>
       <c r="L354" s="91"/>
       <c r="M354" s="91"/>
       <c r="N354" s="91"/>
       <c r="O354" s="91"/>
       <c r="P354" s="91"/>
       <c r="Q354" s="91"/>
       <c r="R354" s="95"/>
       <c r="S354" s="91"/>
       <c r="T354" s="95"/>
       <c r="U354" s="91"/>
       <c r="V354" s="91"/>
       <c r="W354" s="91">
         <v>21</v>
       </c>
       <c r="X354" s="93"/>
       <c r="Y354" s="93" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
       <c r="Z354" s="91"/>
       <c r="AA354" s="95">
         <v>7500</v>
       </c>
       <c r="AB354" s="91"/>
       <c r="AC354" s="91">
         <v>21</v>
       </c>
       <c r="AD354" s="93"/>
       <c r="AE354" s="93" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
       <c r="AF354" s="91"/>
       <c r="AG354" s="95">
         <v>7500</v>
       </c>
       <c r="AH354" s="95"/>
     </row>
     <row r="355" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="91" t="s">
-        <v>1432</v>
+        <v>1435</v>
       </c>
       <c r="B355" s="98" t="s">
         <v>377</v>
       </c>
       <c r="C355" s="93" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
       <c r="D355" s="19">
         <v>100000</v>
       </c>
       <c r="E355" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F355" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G355" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H355" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I355" s="94"/>
       <c r="J355" s="99">
         <v>25</v>
       </c>
       <c r="K355" s="91"/>
       <c r="L355" s="91"/>
       <c r="M355" s="91"/>
       <c r="N355" s="91"/>
       <c r="O355" s="91"/>
       <c r="P355" s="91"/>
       <c r="Q355" s="91"/>
       <c r="R355" s="95"/>
       <c r="S355" s="91"/>
       <c r="T355" s="95"/>
       <c r="U355" s="91"/>
       <c r="V355" s="91"/>
       <c r="W355" s="91">
         <v>21</v>
       </c>
       <c r="X355" s="93"/>
       <c r="Y355" s="93" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
       <c r="Z355" s="91"/>
       <c r="AA355" s="95">
         <v>7500</v>
       </c>
       <c r="AB355" s="91"/>
       <c r="AC355" s="91">
         <v>21</v>
       </c>
       <c r="AD355" s="93"/>
       <c r="AE355" s="93" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
       <c r="AF355" s="91"/>
       <c r="AG355" s="95">
         <v>7500</v>
       </c>
       <c r="AH355" s="95"/>
     </row>
-    <row r="356" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="356" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="91" t="s">
-        <v>866</v>
-[...1 lines deleted...]
-      <c r="B356" s="70" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B356" s="98" t="s">
         <v>377</v>
       </c>
-      <c r="C356" s="63" t="s">
-        <v>378</v>
+      <c r="C356" s="93" t="s">
+        <v>1431</v>
       </c>
       <c r="D356" s="19">
         <v>100000</v>
       </c>
-      <c r="E356" s="13" t="s">
+      <c r="E356" s="91" t="s">
         <v>351</v>
       </c>
-      <c r="F356" s="13" t="s">
+      <c r="F356" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="G356" s="13" t="s">
+      <c r="G356" s="91" t="s">
         <v>66</v>
       </c>
-      <c r="H356" s="13" t="s">
+      <c r="H356" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I356" s="65"/>
-      <c r="J356" s="78">
+      <c r="I356" s="94"/>
+      <c r="J356" s="99">
         <v>25</v>
       </c>
-      <c r="R356" s="64"/>
-[...1 lines deleted...]
-      <c r="W356" s="134">
+      <c r="K356" s="91"/>
+      <c r="L356" s="91"/>
+      <c r="M356" s="91"/>
+      <c r="N356" s="91"/>
+      <c r="O356" s="91"/>
+      <c r="P356" s="91"/>
+      <c r="Q356" s="91"/>
+      <c r="R356" s="95"/>
+      <c r="S356" s="91"/>
+      <c r="T356" s="95"/>
+      <c r="U356" s="91"/>
+      <c r="V356" s="91"/>
+      <c r="W356" s="91">
         <v>21</v>
       </c>
-      <c r="X356" s="64"/>
-[...3 lines deleted...]
-      <c r="AA356" s="64">
+      <c r="X356" s="93"/>
+      <c r="Y356" s="93" t="s">
+        <v>1430</v>
+      </c>
+      <c r="Z356" s="91"/>
+      <c r="AA356" s="95">
         <v>7500</v>
       </c>
-      <c r="AC356" s="134">
+      <c r="AB356" s="91"/>
+      <c r="AC356" s="91">
         <v>21</v>
       </c>
-      <c r="AD356" s="64"/>
-[...3 lines deleted...]
-      <c r="AG356" s="64">
+      <c r="AD356" s="93"/>
+      <c r="AE356" s="93" t="s">
+        <v>1430</v>
+      </c>
+      <c r="AF356" s="91"/>
+      <c r="AG356" s="95">
         <v>7500</v>
       </c>
-      <c r="AH356" s="64"/>
+      <c r="AH356" s="95"/>
     </row>
     <row r="357" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A357" s="91" t="s">
-        <v>867</v>
-[...1 lines deleted...]
-      <c r="B357" s="10" t="s">
+        <v>866</v>
+      </c>
+      <c r="B357" s="70" t="s">
         <v>377</v>
       </c>
       <c r="C357" s="63" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D357" s="19">
         <v>100000</v>
       </c>
       <c r="E357" s="13" t="s">
         <v>351</v>
       </c>
       <c r="F357" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G357" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H357" s="13" t="s">
         <v>349</v>
       </c>
       <c r="I357" s="65"/>
-      <c r="J357" s="13">
+      <c r="J357" s="78">
         <v>25</v>
       </c>
       <c r="R357" s="64"/>
       <c r="T357" s="64"/>
       <c r="W357" s="134">
         <v>21</v>
       </c>
       <c r="X357" s="64"/>
       <c r="Y357" s="63" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AA357" s="64">
         <v>7500</v>
       </c>
       <c r="AC357" s="134">
         <v>21</v>
       </c>
       <c r="AD357" s="64"/>
       <c r="AE357" s="63" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AG357" s="64">
         <v>7500</v>
       </c>
       <c r="AH357" s="64"/>
     </row>
     <row r="358" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A358" s="91" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="B358" s="10" t="s">
         <v>377</v>
       </c>
       <c r="C358" s="63" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D358" s="19">
         <v>100000</v>
       </c>
       <c r="E358" s="13" t="s">
         <v>351</v>
       </c>
       <c r="F358" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G358" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H358" s="13" t="s">
         <v>349</v>
       </c>
       <c r="I358" s="65"/>
       <c r="J358" s="13">
         <v>25</v>
       </c>
       <c r="R358" s="64"/>
       <c r="T358" s="64"/>
       <c r="W358" s="134">
         <v>21</v>
       </c>
       <c r="X358" s="64"/>
       <c r="Y358" s="63" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="AA358" s="64">
         <v>7500</v>
       </c>
       <c r="AC358" s="134">
         <v>21</v>
       </c>
       <c r="AD358" s="64"/>
       <c r="AE358" s="63" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="AG358" s="64">
         <v>7500</v>
       </c>
       <c r="AH358" s="64"/>
     </row>
     <row r="359" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A359" s="91" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="B359" s="10" t="s">
         <v>377</v>
       </c>
       <c r="C359" s="63" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="D359" s="19">
         <v>100000</v>
       </c>
       <c r="E359" s="13" t="s">
         <v>351</v>
       </c>
       <c r="F359" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G359" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H359" s="13" t="s">
         <v>349</v>
       </c>
       <c r="I359" s="65"/>
       <c r="J359" s="13">
         <v>25</v>
       </c>
       <c r="R359" s="64"/>
       <c r="T359" s="64"/>
       <c r="W359" s="134">
         <v>21</v>
       </c>
       <c r="X359" s="64"/>
       <c r="Y359" s="63" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="AA359" s="64">
         <v>7500</v>
       </c>
       <c r="AC359" s="134">
         <v>21</v>
       </c>
       <c r="AD359" s="64"/>
       <c r="AE359" s="63" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="AG359" s="64">
         <v>7500</v>
       </c>
       <c r="AH359" s="64"/>
     </row>
     <row r="360" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A360" s="91" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="B360" s="10" t="s">
         <v>377</v>
       </c>
       <c r="C360" s="63" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D360" s="19">
         <v>100000</v>
       </c>
       <c r="E360" s="13" t="s">
         <v>351</v>
       </c>
       <c r="F360" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G360" s="13" t="s">
         <v>66</v>
       </c>
       <c r="H360" s="13" t="s">
         <v>349</v>
       </c>
       <c r="I360" s="65"/>
       <c r="J360" s="13">
         <v>25</v>
       </c>
       <c r="R360" s="64"/>
       <c r="T360" s="64"/>
       <c r="W360" s="134">
         <v>21</v>
       </c>
       <c r="X360" s="64"/>
       <c r="Y360" s="63" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="AA360" s="64">
         <v>7500</v>
       </c>
       <c r="AC360" s="134">
         <v>21</v>
       </c>
       <c r="AD360" s="64"/>
       <c r="AE360" s="63" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="AG360" s="64">
         <v>7500</v>
       </c>
       <c r="AH360" s="64"/>
     </row>
-    <row r="361" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="361" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A361" s="91" t="s">
-        <v>811</v>
-[...7 lines deleted...]
-      <c r="D361" s="100">
+        <v>870</v>
+      </c>
+      <c r="B361" s="10" t="s">
+        <v>377</v>
+      </c>
+      <c r="C361" s="63" t="s">
+        <v>386</v>
+      </c>
+      <c r="D361" s="19">
         <v>100000</v>
       </c>
-      <c r="E361" s="91" t="s">
+      <c r="E361" s="13" t="s">
         <v>351</v>
       </c>
-      <c r="F361" s="91" t="s">
+      <c r="F361" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="G361" s="91" t="s">
+      <c r="G361" s="13" t="s">
         <v>66</v>
       </c>
-      <c r="H361" s="91" t="s">
+      <c r="H361" s="13" t="s">
         <v>349</v>
       </c>
-      <c r="I361" s="94"/>
-      <c r="J361" s="99">
+      <c r="I361" s="65"/>
+      <c r="J361" s="13">
         <v>25</v>
       </c>
-      <c r="K361" s="91"/>
-[...19 lines deleted...]
-      <c r="AA361" s="95">
+      <c r="R361" s="64"/>
+      <c r="T361" s="64"/>
+      <c r="W361" s="134">
+        <v>21</v>
+      </c>
+      <c r="X361" s="64"/>
+      <c r="Y361" s="63" t="s">
+        <v>387</v>
+      </c>
+      <c r="AA361" s="64">
         <v>7500</v>
       </c>
-      <c r="AB361" s="91"/>
-[...8 lines deleted...]
-      <c r="AG361" s="95">
+      <c r="AC361" s="134">
+        <v>21</v>
+      </c>
+      <c r="AD361" s="64"/>
+      <c r="AE361" s="63" t="s">
+        <v>387</v>
+      </c>
+      <c r="AG361" s="64">
         <v>7500</v>
       </c>
-      <c r="AH361" s="91"/>
+      <c r="AH361" s="64"/>
     </row>
     <row r="362" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A362" s="91" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="B362" s="98" t="s">
         <v>418</v>
       </c>
       <c r="C362" s="93" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="D362" s="100">
         <v>100000</v>
       </c>
       <c r="E362" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F362" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G362" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H362" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I362" s="94"/>
       <c r="J362" s="99">
         <v>25</v>
       </c>
       <c r="K362" s="91"/>
       <c r="L362" s="91"/>
       <c r="M362" s="91"/>
       <c r="N362" s="91"/>
       <c r="O362" s="91"/>
       <c r="P362" s="91"/>
       <c r="Q362" s="91"/>
       <c r="R362" s="91"/>
       <c r="S362" s="91"/>
       <c r="T362" s="91"/>
       <c r="U362" s="91"/>
       <c r="V362" s="91"/>
       <c r="W362" s="91" t="s">
         <v>357</v>
       </c>
       <c r="X362" s="91"/>
       <c r="Y362" s="91" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="Z362" s="91"/>
       <c r="AA362" s="95">
         <v>7500</v>
       </c>
       <c r="AB362" s="91"/>
       <c r="AC362" s="91" t="s">
         <v>357</v>
       </c>
       <c r="AD362" s="91"/>
       <c r="AE362" s="91" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="AF362" s="91"/>
       <c r="AG362" s="95">
         <v>7500</v>
       </c>
       <c r="AH362" s="91"/>
     </row>
     <row r="363" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A363" s="91" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="B363" s="98" t="s">
         <v>418</v>
       </c>
       <c r="C363" s="93" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="D363" s="100">
         <v>100000</v>
       </c>
       <c r="E363" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F363" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G363" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H363" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I363" s="94"/>
       <c r="J363" s="99">
         <v>25</v>
       </c>
       <c r="K363" s="91"/>
       <c r="L363" s="91"/>
       <c r="M363" s="91"/>
       <c r="N363" s="91"/>
       <c r="O363" s="91"/>
       <c r="P363" s="91"/>
       <c r="Q363" s="91"/>
       <c r="R363" s="91"/>
       <c r="S363" s="91"/>
       <c r="T363" s="91"/>
       <c r="U363" s="91"/>
       <c r="V363" s="91"/>
       <c r="W363" s="91" t="s">
         <v>357</v>
       </c>
       <c r="X363" s="91"/>
       <c r="Y363" s="91" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="Z363" s="91"/>
       <c r="AA363" s="95">
         <v>7500</v>
       </c>
       <c r="AB363" s="91"/>
       <c r="AC363" s="91" t="s">
         <v>357</v>
       </c>
       <c r="AD363" s="91"/>
       <c r="AE363" s="91" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="AF363" s="91"/>
       <c r="AG363" s="95">
         <v>7500</v>
       </c>
       <c r="AH363" s="91"/>
     </row>
     <row r="364" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A364" s="91" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="B364" s="98" t="s">
         <v>418</v>
       </c>
       <c r="C364" s="93" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="D364" s="100">
         <v>100000</v>
       </c>
       <c r="E364" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F364" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G364" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H364" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I364" s="94"/>
       <c r="J364" s="99">
         <v>25</v>
       </c>
       <c r="K364" s="91"/>
       <c r="L364" s="91"/>
       <c r="M364" s="91"/>
       <c r="N364" s="91"/>
       <c r="O364" s="91"/>
       <c r="P364" s="91"/>
       <c r="Q364" s="91"/>
       <c r="R364" s="91"/>
       <c r="S364" s="91"/>
       <c r="T364" s="91"/>
       <c r="U364" s="91"/>
       <c r="V364" s="91"/>
       <c r="W364" s="91" t="s">
         <v>357</v>
       </c>
       <c r="X364" s="91"/>
       <c r="Y364" s="91" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="Z364" s="91"/>
       <c r="AA364" s="95">
         <v>7500</v>
       </c>
       <c r="AB364" s="91"/>
       <c r="AC364" s="91" t="s">
         <v>357</v>
       </c>
       <c r="AD364" s="91"/>
       <c r="AE364" s="91" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="AF364" s="91"/>
       <c r="AG364" s="95">
         <v>7500</v>
       </c>
       <c r="AH364" s="91"/>
     </row>
     <row r="365" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A365" s="91" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="B365" s="98" t="s">
         <v>418</v>
       </c>
       <c r="C365" s="93" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="D365" s="100">
         <v>100000</v>
       </c>
       <c r="E365" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F365" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G365" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H365" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I365" s="94"/>
       <c r="J365" s="99">
         <v>25</v>
       </c>
       <c r="K365" s="91"/>
       <c r="L365" s="91"/>
       <c r="M365" s="91"/>
       <c r="N365" s="91"/>
       <c r="O365" s="91"/>
       <c r="P365" s="91"/>
       <c r="Q365" s="91"/>
       <c r="R365" s="91"/>
       <c r="S365" s="91"/>
       <c r="T365" s="91"/>
       <c r="U365" s="91"/>
       <c r="V365" s="91"/>
       <c r="W365" s="91" t="s">
         <v>357</v>
       </c>
       <c r="X365" s="91"/>
       <c r="Y365" s="91" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="Z365" s="91"/>
       <c r="AA365" s="95">
         <v>7500</v>
       </c>
       <c r="AB365" s="91"/>
       <c r="AC365" s="91" t="s">
         <v>357</v>
       </c>
       <c r="AD365" s="91"/>
       <c r="AE365" s="91" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="AF365" s="91"/>
       <c r="AG365" s="95">
         <v>7500</v>
       </c>
       <c r="AH365" s="91"/>
     </row>
-    <row r="366" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="366" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A366" s="91" t="s">
-        <v>1459</v>
+        <v>823</v>
       </c>
       <c r="B366" s="98" t="s">
         <v>418</v>
       </c>
       <c r="C366" s="93" t="s">
-        <v>1458</v>
+        <v>824</v>
       </c>
       <c r="D366" s="100">
         <v>100000</v>
       </c>
       <c r="E366" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F366" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G366" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H366" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I366" s="94"/>
       <c r="J366" s="99">
         <v>25</v>
       </c>
+      <c r="K366" s="91"/>
+      <c r="L366" s="91"/>
+      <c r="M366" s="91"/>
+      <c r="N366" s="91"/>
+      <c r="O366" s="91"/>
+      <c r="P366" s="91"/>
+      <c r="Q366" s="91"/>
+      <c r="R366" s="91"/>
+      <c r="S366" s="91"/>
+      <c r="T366" s="91"/>
+      <c r="U366" s="91"/>
+      <c r="V366" s="91"/>
       <c r="W366" s="91" t="s">
         <v>357</v>
       </c>
+      <c r="X366" s="91"/>
       <c r="Y366" s="91" t="s">
-        <v>1457</v>
-      </c>
+        <v>825</v>
+      </c>
+      <c r="Z366" s="91"/>
       <c r="AA366" s="95">
         <v>7500</v>
       </c>
+      <c r="AB366" s="91"/>
       <c r="AC366" s="91" t="s">
         <v>357</v>
       </c>
+      <c r="AD366" s="91"/>
       <c r="AE366" s="91" t="s">
-        <v>1457</v>
-      </c>
+        <v>825</v>
+      </c>
+      <c r="AF366" s="91"/>
       <c r="AG366" s="95">
         <v>7500</v>
       </c>
+      <c r="AH366" s="91"/>
     </row>
     <row r="367" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A367" s="91" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
       <c r="B367" s="98" t="s">
         <v>418</v>
       </c>
       <c r="C367" s="93" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="D367" s="100">
         <v>100000</v>
       </c>
       <c r="E367" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F367" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G367" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H367" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I367" s="94"/>
       <c r="J367" s="99">
         <v>25</v>
       </c>
       <c r="W367" s="91" t="s">
         <v>357</v>
       </c>
       <c r="Y367" s="91" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="AA367" s="95">
         <v>7500</v>
       </c>
       <c r="AC367" s="91" t="s">
         <v>357</v>
       </c>
       <c r="AE367" s="91" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="AG367" s="95">
         <v>7500</v>
       </c>
     </row>
     <row r="368" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A368" s="91" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
       <c r="B368" s="98" t="s">
         <v>418</v>
       </c>
       <c r="C368" s="93" t="s">
-        <v>1452</v>
+        <v>1455</v>
       </c>
       <c r="D368" s="100">
         <v>100000</v>
       </c>
       <c r="E368" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F368" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G368" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H368" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I368" s="94"/>
       <c r="J368" s="99">
         <v>25</v>
       </c>
       <c r="W368" s="91" t="s">
         <v>357</v>
       </c>
       <c r="Y368" s="91" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
       <c r="AA368" s="95">
         <v>7500</v>
       </c>
       <c r="AC368" s="91" t="s">
         <v>357</v>
       </c>
       <c r="AE368" s="91" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
       <c r="AG368" s="95">
         <v>7500</v>
       </c>
     </row>
     <row r="369" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A369" s="91" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
       <c r="B369" s="98" t="s">
         <v>418</v>
       </c>
       <c r="C369" s="93" t="s">
-        <v>1449</v>
+        <v>1452</v>
       </c>
       <c r="D369" s="100">
         <v>100000</v>
       </c>
       <c r="E369" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F369" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G369" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H369" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I369" s="94"/>
       <c r="J369" s="99">
         <v>25</v>
       </c>
       <c r="W369" s="91" t="s">
         <v>357</v>
       </c>
       <c r="Y369" s="91" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="AA369" s="95">
         <v>7500</v>
       </c>
       <c r="AC369" s="91" t="s">
         <v>357</v>
       </c>
       <c r="AE369" s="91" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="AG369" s="95">
         <v>7500</v>
       </c>
     </row>
     <row r="370" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A370" s="91" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
       <c r="B370" s="98" t="s">
         <v>418</v>
       </c>
       <c r="C370" s="93" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
       <c r="D370" s="100">
         <v>100000</v>
       </c>
       <c r="E370" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F370" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G370" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H370" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I370" s="94"/>
       <c r="J370" s="99">
         <v>25</v>
       </c>
       <c r="W370" s="91" t="s">
         <v>357</v>
       </c>
       <c r="Y370" s="91" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="AA370" s="95">
         <v>7500</v>
       </c>
       <c r="AC370" s="91" t="s">
         <v>357</v>
       </c>
       <c r="AE370" s="91" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="AG370" s="95">
         <v>7500</v>
       </c>
     </row>
-    <row r="371" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B371" s="16" t="s">
+    <row r="371" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A371" s="91" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B371" s="98" t="s">
         <v>418</v>
       </c>
-      <c r="C371" s="40" t="s">
-[...2 lines deleted...]
-      <c r="D371" s="86">
+      <c r="C371" s="93" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D371" s="100">
         <v>100000</v>
       </c>
-      <c r="E371" s="39" t="s">
+      <c r="E371" s="91" t="s">
         <v>351</v>
       </c>
-      <c r="F371" s="39" t="s">
+      <c r="F371" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="G371" s="39" t="s">
+      <c r="G371" s="91" t="s">
         <v>66</v>
       </c>
-      <c r="H371" s="39" t="s">
+      <c r="H371" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I371" s="41"/>
-      <c r="J371" s="12">
+      <c r="I371" s="94"/>
+      <c r="J371" s="99">
         <v>25</v>
       </c>
-      <c r="K371" s="39"/>
-[...11 lines deleted...]
-      <c r="W371" s="39" t="s">
+      <c r="W371" s="91" t="s">
         <v>357</v>
       </c>
-      <c r="X371" s="40"/>
-[...4 lines deleted...]
-      <c r="AA371" s="45">
+      <c r="Y371" s="91" t="s">
+        <v>1445</v>
+      </c>
+      <c r="AA371" s="95">
         <v>7500</v>
       </c>
-      <c r="AB371" s="39"/>
-      <c r="AC371" s="39" t="s">
+      <c r="AC371" s="91" t="s">
         <v>357</v>
       </c>
-      <c r="AD371" s="40"/>
-[...4 lines deleted...]
-      <c r="AG371" s="45">
+      <c r="AE371" s="91" t="s">
+        <v>1445</v>
+      </c>
+      <c r="AG371" s="95">
         <v>7500</v>
       </c>
-      <c r="AH371" s="39"/>
     </row>
     <row r="372" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A372" s="39" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="B372" s="16" t="s">
         <v>418</v>
       </c>
       <c r="C372" s="40" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D372" s="86">
         <v>100000</v>
       </c>
       <c r="E372" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F372" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G372" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H372" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I372" s="41"/>
       <c r="J372" s="12">
         <v>25</v>
       </c>
       <c r="K372" s="39"/>
       <c r="L372" s="39"/>
       <c r="M372" s="39"/>
       <c r="N372" s="39"/>
       <c r="O372" s="39"/>
       <c r="P372" s="39"/>
       <c r="Q372" s="39"/>
       <c r="R372" s="39"/>
       <c r="S372" s="39"/>
       <c r="T372" s="39"/>
       <c r="U372" s="39"/>
       <c r="V372" s="39"/>
       <c r="W372" s="39" t="s">
         <v>357</v>
       </c>
       <c r="X372" s="40"/>
       <c r="Y372" s="39" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="Z372" s="39"/>
       <c r="AA372" s="45">
         <v>7500</v>
       </c>
       <c r="AB372" s="39"/>
       <c r="AC372" s="39" t="s">
         <v>357</v>
       </c>
       <c r="AD372" s="40"/>
       <c r="AE372" s="39" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="AF372" s="39"/>
       <c r="AG372" s="45">
         <v>7500</v>
       </c>
       <c r="AH372" s="39"/>
     </row>
     <row r="373" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A373" s="39" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="B373" s="16" t="s">
         <v>418</v>
       </c>
       <c r="C373" s="40" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D373" s="86">
         <v>100000</v>
       </c>
       <c r="E373" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F373" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G373" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H373" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I373" s="41"/>
       <c r="J373" s="12">
         <v>25</v>
       </c>
       <c r="K373" s="39"/>
       <c r="L373" s="39"/>
       <c r="M373" s="39"/>
       <c r="N373" s="39"/>
       <c r="O373" s="39"/>
       <c r="P373" s="39"/>
       <c r="Q373" s="39"/>
       <c r="R373" s="39"/>
       <c r="S373" s="39"/>
       <c r="T373" s="39"/>
       <c r="U373" s="39"/>
       <c r="V373" s="39"/>
       <c r="W373" s="39" t="s">
         <v>357</v>
       </c>
       <c r="X373" s="40"/>
       <c r="Y373" s="39" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="Z373" s="39"/>
       <c r="AA373" s="45">
         <v>7500</v>
       </c>
       <c r="AB373" s="39"/>
       <c r="AC373" s="39" t="s">
         <v>357</v>
       </c>
       <c r="AD373" s="40"/>
       <c r="AE373" s="39" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="AF373" s="39"/>
       <c r="AG373" s="45">
         <v>7500</v>
       </c>
       <c r="AH373" s="39"/>
     </row>
     <row r="374" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A374" s="39" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="B374" s="16" t="s">
         <v>418</v>
       </c>
       <c r="C374" s="40" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D374" s="86">
         <v>100000</v>
       </c>
       <c r="E374" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F374" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G374" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H374" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I374" s="41"/>
       <c r="J374" s="12">
         <v>25</v>
       </c>
       <c r="K374" s="39"/>
       <c r="L374" s="39"/>
       <c r="M374" s="39"/>
       <c r="N374" s="39"/>
       <c r="O374" s="39"/>
       <c r="P374" s="39"/>
       <c r="Q374" s="39"/>
       <c r="R374" s="39"/>
       <c r="S374" s="39"/>
       <c r="T374" s="39"/>
       <c r="U374" s="39"/>
       <c r="V374" s="39"/>
       <c r="W374" s="39" t="s">
         <v>357</v>
       </c>
       <c r="X374" s="40"/>
       <c r="Y374" s="39" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="Z374" s="39"/>
       <c r="AA374" s="45">
         <v>7500</v>
       </c>
       <c r="AB374" s="39"/>
       <c r="AC374" s="39" t="s">
         <v>357</v>
       </c>
       <c r="AD374" s="40"/>
       <c r="AE374" s="39" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="AF374" s="39"/>
       <c r="AG374" s="45">
         <v>7500</v>
       </c>
       <c r="AH374" s="39"/>
     </row>
     <row r="375" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A375" s="39" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="B375" s="16" t="s">
         <v>418</v>
       </c>
       <c r="C375" s="40" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="D375" s="86">
         <v>100000</v>
       </c>
       <c r="E375" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F375" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G375" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H375" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I375" s="41"/>
       <c r="J375" s="12">
         <v>25</v>
       </c>
       <c r="K375" s="39"/>
       <c r="L375" s="39"/>
       <c r="M375" s="39"/>
       <c r="N375" s="39"/>
       <c r="O375" s="39"/>
       <c r="P375" s="39"/>
       <c r="Q375" s="39"/>
       <c r="R375" s="39"/>
       <c r="S375" s="39"/>
       <c r="T375" s="39"/>
       <c r="U375" s="39"/>
       <c r="V375" s="39"/>
       <c r="W375" s="39" t="s">
         <v>357</v>
       </c>
       <c r="X375" s="40"/>
       <c r="Y375" s="39" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="Z375" s="39"/>
       <c r="AA375" s="45">
         <v>7500</v>
       </c>
       <c r="AB375" s="39"/>
       <c r="AC375" s="39" t="s">
         <v>357</v>
       </c>
       <c r="AD375" s="40"/>
       <c r="AE375" s="39" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="AF375" s="39"/>
       <c r="AG375" s="45">
         <v>7500</v>
       </c>
       <c r="AH375" s="39"/>
     </row>
-    <row r="376" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B376" s="98" t="s">
+    <row r="376" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A376" s="39" t="s">
+        <v>769</v>
+      </c>
+      <c r="B376" s="16" t="s">
         <v>418</v>
       </c>
-      <c r="C376" s="93" t="s">
-[...2 lines deleted...]
-      <c r="D376" s="100">
+      <c r="C376" s="40" t="s">
+        <v>506</v>
+      </c>
+      <c r="D376" s="86">
         <v>100000</v>
       </c>
-      <c r="E376" s="91" t="s">
+      <c r="E376" s="39" t="s">
         <v>351</v>
       </c>
-      <c r="F376" s="91" t="s">
+      <c r="F376" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="G376" s="91" t="s">
+      <c r="G376" s="39" t="s">
         <v>66</v>
       </c>
-      <c r="H376" s="91" t="s">
+      <c r="H376" s="39" t="s">
         <v>349</v>
       </c>
-      <c r="I376" s="94"/>
-      <c r="J376" s="99">
+      <c r="I376" s="41"/>
+      <c r="J376" s="12">
         <v>25</v>
       </c>
-      <c r="W376" s="91" t="s">
+      <c r="K376" s="39"/>
+      <c r="L376" s="39"/>
+      <c r="M376" s="39"/>
+      <c r="N376" s="39"/>
+      <c r="O376" s="39"/>
+      <c r="P376" s="39"/>
+      <c r="Q376" s="39"/>
+      <c r="R376" s="39"/>
+      <c r="S376" s="39"/>
+      <c r="T376" s="39"/>
+      <c r="U376" s="39"/>
+      <c r="V376" s="39"/>
+      <c r="W376" s="39" t="s">
         <v>357</v>
       </c>
-      <c r="Y376" s="91" t="s">
-[...2 lines deleted...]
-      <c r="AA376" s="95">
+      <c r="X376" s="40"/>
+      <c r="Y376" s="39" t="s">
+        <v>507</v>
+      </c>
+      <c r="Z376" s="39"/>
+      <c r="AA376" s="45">
         <v>7500</v>
       </c>
-      <c r="AC376" s="91" t="s">
+      <c r="AB376" s="39"/>
+      <c r="AC376" s="39" t="s">
         <v>357</v>
       </c>
-      <c r="AE376" s="91" t="s">
-[...2 lines deleted...]
-      <c r="AG376" s="95">
+      <c r="AD376" s="40"/>
+      <c r="AE376" s="39" t="s">
+        <v>507</v>
+      </c>
+      <c r="AF376" s="39"/>
+      <c r="AG376" s="45">
         <v>7500</v>
       </c>
+      <c r="AH376" s="39"/>
     </row>
     <row r="377" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A377" s="91" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="B377" s="98" t="s">
         <v>418</v>
       </c>
       <c r="C377" s="93" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
       <c r="D377" s="100">
         <v>100000</v>
       </c>
       <c r="E377" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F377" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G377" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H377" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I377" s="94"/>
       <c r="J377" s="99">
         <v>25</v>
       </c>
       <c r="W377" s="91" t="s">
         <v>357</v>
       </c>
       <c r="Y377" s="91" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="AA377" s="95">
         <v>7500</v>
       </c>
       <c r="AC377" s="91" t="s">
         <v>357</v>
       </c>
       <c r="AE377" s="91" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="AG377" s="95">
         <v>7500</v>
       </c>
     </row>
     <row r="378" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A378" s="91" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="B378" s="98" t="s">
         <v>418</v>
       </c>
       <c r="C378" s="93" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="D378" s="100">
         <v>100000</v>
       </c>
       <c r="E378" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F378" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G378" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H378" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I378" s="94"/>
       <c r="J378" s="99">
         <v>25</v>
       </c>
       <c r="W378" s="91" t="s">
         <v>357</v>
       </c>
       <c r="Y378" s="91" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="AA378" s="95">
         <v>7500</v>
       </c>
       <c r="AC378" s="91" t="s">
         <v>357</v>
       </c>
       <c r="AE378" s="91" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="AG378" s="95">
         <v>7500</v>
       </c>
     </row>
     <row r="379" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A379" s="91" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="B379" s="98" t="s">
         <v>418</v>
       </c>
       <c r="C379" s="93" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="D379" s="100">
         <v>100000</v>
       </c>
       <c r="E379" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F379" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G379" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H379" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I379" s="94"/>
       <c r="J379" s="99">
         <v>25</v>
       </c>
       <c r="W379" s="91" t="s">
         <v>357</v>
       </c>
       <c r="Y379" s="91" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="AA379" s="95">
         <v>7500</v>
       </c>
       <c r="AC379" s="91" t="s">
         <v>357</v>
       </c>
       <c r="AE379" s="91" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="AG379" s="95">
         <v>7500</v>
       </c>
     </row>
     <row r="380" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A380" s="91" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="B380" s="98" t="s">
         <v>418</v>
       </c>
       <c r="C380" s="93" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="D380" s="100">
         <v>100000</v>
       </c>
       <c r="E380" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F380" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G380" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H380" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I380" s="94"/>
       <c r="J380" s="99">
         <v>25</v>
       </c>
       <c r="W380" s="91" t="s">
         <v>357</v>
       </c>
       <c r="Y380" s="91" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="AA380" s="95">
         <v>7500</v>
       </c>
       <c r="AC380" s="91" t="s">
         <v>357</v>
       </c>
       <c r="AE380" s="91" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="AG380" s="95">
         <v>7500</v>
       </c>
     </row>
-    <row r="381" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B381" s="16" t="s">
+    <row r="381" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A381" s="91" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B381" s="98" t="s">
         <v>418</v>
       </c>
-      <c r="C381" s="40" t="s">
-[...2 lines deleted...]
-      <c r="D381" s="86">
+      <c r="C381" s="93" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D381" s="100">
         <v>100000</v>
       </c>
-      <c r="E381" s="39" t="s">
+      <c r="E381" s="91" t="s">
         <v>351</v>
       </c>
-      <c r="F381" s="39" t="s">
+      <c r="F381" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="G381" s="39" t="s">
+      <c r="G381" s="91" t="s">
         <v>66</v>
       </c>
-      <c r="H381" s="39" t="s">
+      <c r="H381" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I381" s="41"/>
-      <c r="J381" s="12">
+      <c r="I381" s="94"/>
+      <c r="J381" s="99">
         <v>25</v>
       </c>
-      <c r="W381" s="39" t="s">
+      <c r="W381" s="91" t="s">
         <v>357</v>
       </c>
-      <c r="Y381" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AA381" s="45">
+      <c r="Y381" s="91" t="s">
+        <v>1460</v>
+      </c>
+      <c r="AA381" s="95">
         <v>7500</v>
       </c>
-      <c r="AC381" s="39" t="s">
+      <c r="AC381" s="91" t="s">
         <v>357</v>
       </c>
-      <c r="AE381" s="39" t="s">
-[...2 lines deleted...]
-      <c r="AG381" s="45">
+      <c r="AE381" s="91" t="s">
+        <v>1460</v>
+      </c>
+      <c r="AG381" s="95">
         <v>7500</v>
       </c>
     </row>
     <row r="382" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A382" s="39" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="B382" s="16" t="s">
         <v>418</v>
       </c>
       <c r="C382" s="40" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D382" s="86">
         <v>100000</v>
       </c>
       <c r="E382" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F382" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G382" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H382" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I382" s="41"/>
       <c r="J382" s="12">
         <v>25</v>
       </c>
       <c r="W382" s="39" t="s">
         <v>357</v>
       </c>
       <c r="Y382" s="39" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="AA382" s="45">
         <v>7500</v>
       </c>
       <c r="AC382" s="39" t="s">
         <v>357</v>
       </c>
       <c r="AE382" s="39" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="AG382" s="45">
         <v>7500</v>
       </c>
     </row>
     <row r="383" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A383" s="39" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="B383" s="16" t="s">
         <v>418</v>
       </c>
       <c r="C383" s="40" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D383" s="86">
         <v>100000</v>
       </c>
       <c r="E383" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F383" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G383" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H383" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I383" s="41"/>
       <c r="J383" s="12">
         <v>25</v>
       </c>
       <c r="W383" s="39" t="s">
         <v>357</v>
       </c>
       <c r="Y383" s="39" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="AA383" s="45">
         <v>7500</v>
       </c>
       <c r="AC383" s="39" t="s">
         <v>357</v>
       </c>
       <c r="AE383" s="39" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="AG383" s="45">
         <v>7500</v>
       </c>
     </row>
     <row r="384" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A384" s="39" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="B384" s="16" t="s">
         <v>418</v>
       </c>
       <c r="C384" s="40" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="D384" s="86">
         <v>100000</v>
       </c>
       <c r="E384" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F384" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G384" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H384" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I384" s="41"/>
       <c r="J384" s="12">
         <v>25</v>
       </c>
       <c r="W384" s="39" t="s">
         <v>357</v>
       </c>
       <c r="Y384" s="39" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="AA384" s="45">
         <v>7500</v>
       </c>
       <c r="AC384" s="39" t="s">
         <v>357</v>
       </c>
       <c r="AE384" s="39" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="AG384" s="45">
         <v>7500</v>
       </c>
     </row>
     <row r="385" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A385" s="39" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B385" s="16" t="s">
         <v>418</v>
       </c>
       <c r="C385" s="40" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="D385" s="86">
         <v>100000</v>
       </c>
       <c r="E385" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F385" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G385" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H385" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I385" s="41"/>
       <c r="J385" s="12">
         <v>25</v>
       </c>
       <c r="W385" s="39" t="s">
         <v>357</v>
       </c>
       <c r="Y385" s="39" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="AA385" s="45">
         <v>7500</v>
       </c>
       <c r="AC385" s="39" t="s">
         <v>357</v>
       </c>
       <c r="AE385" s="39" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="AG385" s="45">
         <v>7500</v>
       </c>
     </row>
-    <row r="386" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E386" s="91" t="s">
+    <row r="386" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A386" s="39" t="s">
+        <v>728</v>
+      </c>
+      <c r="B386" s="16" t="s">
+        <v>418</v>
+      </c>
+      <c r="C386" s="40" t="s">
+        <v>427</v>
+      </c>
+      <c r="D386" s="86">
+        <v>100000</v>
+      </c>
+      <c r="E386" s="39" t="s">
         <v>351</v>
       </c>
-      <c r="F386" s="91" t="s">
+      <c r="F386" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="G386" s="91" t="s">
+      <c r="G386" s="39" t="s">
         <v>66</v>
       </c>
-      <c r="H386" s="91" t="s">
+      <c r="H386" s="39" t="s">
         <v>349</v>
       </c>
-      <c r="I386" s="94"/>
-      <c r="J386" s="91">
+      <c r="I386" s="41"/>
+      <c r="J386" s="12">
         <v>25</v>
       </c>
-      <c r="K386" s="91"/>
-[...19 lines deleted...]
-      <c r="AA386" s="95">
+      <c r="W386" s="39" t="s">
+        <v>357</v>
+      </c>
+      <c r="Y386" s="39" t="s">
+        <v>428</v>
+      </c>
+      <c r="AA386" s="45">
         <v>7500</v>
       </c>
-      <c r="AB386" s="91"/>
-[...8 lines deleted...]
-      <c r="AG386" s="95">
+      <c r="AC386" s="39" t="s">
+        <v>357</v>
+      </c>
+      <c r="AE386" s="39" t="s">
+        <v>428</v>
+      </c>
+      <c r="AG386" s="45">
         <v>7500</v>
       </c>
-      <c r="AH386" s="95"/>
     </row>
     <row r="387" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A387" s="91" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="B387" s="98" t="s">
         <v>399</v>
       </c>
       <c r="C387" s="93" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="D387" s="19">
         <v>200000</v>
       </c>
       <c r="E387" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F387" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G387" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H387" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I387" s="94"/>
       <c r="J387" s="91">
         <v>25</v>
       </c>
       <c r="K387" s="91"/>
       <c r="L387" s="91"/>
       <c r="M387" s="91"/>
       <c r="N387" s="91"/>
       <c r="O387" s="91"/>
       <c r="P387" s="91"/>
       <c r="Q387" s="91"/>
-      <c r="R387" s="91"/>
+      <c r="R387" s="95"/>
       <c r="S387" s="91"/>
-      <c r="T387" s="91"/>
+      <c r="T387" s="95"/>
       <c r="U387" s="91"/>
       <c r="V387" s="91"/>
       <c r="W387" s="95">
         <v>26</v>
       </c>
-      <c r="X387" s="91"/>
+      <c r="X387" s="93"/>
       <c r="Y387" s="93" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="Z387" s="91"/>
       <c r="AA387" s="95">
         <v>7500</v>
       </c>
       <c r="AB387" s="91"/>
       <c r="AC387" s="95">
         <v>26</v>
       </c>
-      <c r="AD387" s="91"/>
+      <c r="AD387" s="93"/>
       <c r="AE387" s="93" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="AF387" s="91"/>
       <c r="AG387" s="95">
         <v>7500</v>
       </c>
-      <c r="AH387" s="91"/>
+      <c r="AH387" s="95"/>
     </row>
     <row r="388" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A388" s="91" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B388" s="98" t="s">
         <v>399</v>
       </c>
       <c r="C388" s="93" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="D388" s="19">
         <v>200000</v>
       </c>
       <c r="E388" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F388" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G388" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H388" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I388" s="94"/>
       <c r="J388" s="91">
         <v>25</v>
       </c>
       <c r="K388" s="91"/>
       <c r="L388" s="91"/>
       <c r="M388" s="91"/>
       <c r="N388" s="91"/>
       <c r="O388" s="91"/>
       <c r="P388" s="91"/>
       <c r="Q388" s="91"/>
       <c r="R388" s="91"/>
       <c r="S388" s="91"/>
       <c r="T388" s="91"/>
       <c r="U388" s="91"/>
       <c r="V388" s="91"/>
       <c r="W388" s="95">
         <v>26</v>
       </c>
       <c r="X388" s="91"/>
       <c r="Y388" s="93" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="Z388" s="91"/>
       <c r="AA388" s="95">
         <v>7500</v>
       </c>
       <c r="AB388" s="91"/>
       <c r="AC388" s="95">
         <v>26</v>
       </c>
       <c r="AD388" s="91"/>
       <c r="AE388" s="93" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="AF388" s="91"/>
       <c r="AG388" s="95">
         <v>7500</v>
       </c>
       <c r="AH388" s="91"/>
     </row>
     <row r="389" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A389" s="91" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="B389" s="98" t="s">
         <v>399</v>
       </c>
       <c r="C389" s="93" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="D389" s="19">
         <v>200000</v>
       </c>
       <c r="E389" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F389" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G389" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H389" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I389" s="94"/>
       <c r="J389" s="91">
         <v>25</v>
       </c>
       <c r="K389" s="91"/>
       <c r="L389" s="91"/>
       <c r="M389" s="91"/>
       <c r="N389" s="91"/>
       <c r="O389" s="91"/>
       <c r="P389" s="91"/>
       <c r="Q389" s="91"/>
       <c r="R389" s="91"/>
       <c r="S389" s="91"/>
       <c r="T389" s="91"/>
       <c r="U389" s="91"/>
       <c r="V389" s="91"/>
       <c r="W389" s="95">
         <v>26</v>
       </c>
       <c r="X389" s="91"/>
       <c r="Y389" s="93" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="Z389" s="91"/>
       <c r="AA389" s="95">
         <v>7500</v>
       </c>
       <c r="AB389" s="91"/>
       <c r="AC389" s="95">
         <v>26</v>
       </c>
       <c r="AD389" s="91"/>
       <c r="AE389" s="93" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="AF389" s="91"/>
       <c r="AG389" s="95">
         <v>7500</v>
       </c>
       <c r="AH389" s="91"/>
     </row>
     <row r="390" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A390" s="91" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="B390" s="98" t="s">
         <v>399</v>
       </c>
       <c r="C390" s="93" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="D390" s="19">
         <v>200000</v>
       </c>
       <c r="E390" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F390" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G390" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H390" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I390" s="94"/>
       <c r="J390" s="91">
         <v>25</v>
       </c>
       <c r="K390" s="91"/>
       <c r="L390" s="91"/>
       <c r="M390" s="91"/>
       <c r="N390" s="91"/>
       <c r="O390" s="91"/>
       <c r="P390" s="91"/>
       <c r="Q390" s="91"/>
       <c r="R390" s="91"/>
       <c r="S390" s="91"/>
       <c r="T390" s="91"/>
       <c r="U390" s="91"/>
       <c r="V390" s="91"/>
       <c r="W390" s="95">
         <v>26</v>
       </c>
       <c r="X390" s="91"/>
       <c r="Y390" s="93" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="Z390" s="91"/>
       <c r="AA390" s="95">
         <v>7500</v>
       </c>
       <c r="AB390" s="91"/>
       <c r="AC390" s="95">
         <v>26</v>
       </c>
       <c r="AD390" s="91"/>
       <c r="AE390" s="93" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="AF390" s="91"/>
       <c r="AG390" s="95">
         <v>7500</v>
       </c>
       <c r="AH390" s="91"/>
     </row>
-    <row r="391" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="391" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A391" s="91" t="s">
-        <v>1489</v>
+        <v>783</v>
       </c>
       <c r="B391" s="98" t="s">
         <v>399</v>
       </c>
       <c r="C391" s="93" t="s">
-        <v>1488</v>
+        <v>784</v>
       </c>
       <c r="D391" s="19">
         <v>200000</v>
       </c>
       <c r="E391" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F391" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G391" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H391" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I391" s="94"/>
       <c r="J391" s="91">
         <v>25</v>
       </c>
       <c r="K391" s="91"/>
       <c r="L391" s="91"/>
       <c r="M391" s="91"/>
       <c r="N391" s="91"/>
       <c r="O391" s="91"/>
       <c r="P391" s="91"/>
       <c r="Q391" s="91"/>
-      <c r="R391" s="95"/>
+      <c r="R391" s="91"/>
       <c r="S391" s="91"/>
-      <c r="T391" s="95"/>
+      <c r="T391" s="91"/>
       <c r="U391" s="91"/>
       <c r="V391" s="91"/>
       <c r="W391" s="95">
         <v>26</v>
       </c>
-      <c r="X391" s="93"/>
+      <c r="X391" s="91"/>
       <c r="Y391" s="93" t="s">
-        <v>1487</v>
+        <v>785</v>
       </c>
       <c r="Z391" s="91"/>
       <c r="AA391" s="95">
         <v>7500</v>
       </c>
       <c r="AB391" s="91"/>
       <c r="AC391" s="95">
         <v>26</v>
       </c>
-      <c r="AD391" s="93"/>
+      <c r="AD391" s="91"/>
       <c r="AE391" s="93" t="s">
-        <v>1487</v>
+        <v>785</v>
       </c>
       <c r="AF391" s="91"/>
       <c r="AG391" s="95">
         <v>7500</v>
       </c>
-      <c r="AH391" s="95"/>
+      <c r="AH391" s="91"/>
     </row>
     <row r="392" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A392" s="91" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
       <c r="B392" s="98" t="s">
         <v>399</v>
       </c>
       <c r="C392" s="93" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="D392" s="19">
         <v>200000</v>
       </c>
       <c r="E392" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F392" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G392" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H392" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I392" s="94"/>
       <c r="J392" s="91">
         <v>25</v>
       </c>
       <c r="K392" s="91"/>
       <c r="L392" s="91"/>
       <c r="M392" s="91"/>
       <c r="N392" s="91"/>
       <c r="O392" s="91"/>
       <c r="P392" s="91"/>
       <c r="Q392" s="91"/>
       <c r="R392" s="95"/>
       <c r="S392" s="91"/>
       <c r="T392" s="95"/>
       <c r="U392" s="91"/>
       <c r="V392" s="91"/>
       <c r="W392" s="95">
         <v>26</v>
       </c>
       <c r="X392" s="93"/>
       <c r="Y392" s="93" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="Z392" s="91"/>
       <c r="AA392" s="95">
         <v>7500</v>
       </c>
       <c r="AB392" s="91"/>
       <c r="AC392" s="95">
         <v>26</v>
       </c>
       <c r="AD392" s="93"/>
       <c r="AE392" s="93" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="AF392" s="91"/>
       <c r="AG392" s="95">
         <v>7500</v>
       </c>
       <c r="AH392" s="95"/>
     </row>
     <row r="393" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A393" s="91" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="B393" s="98" t="s">
         <v>399</v>
       </c>
       <c r="C393" s="93" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="D393" s="19">
         <v>200000</v>
       </c>
       <c r="E393" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F393" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G393" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H393" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I393" s="94"/>
       <c r="J393" s="91">
         <v>25</v>
       </c>
       <c r="K393" s="91"/>
       <c r="L393" s="91"/>
       <c r="M393" s="91"/>
       <c r="N393" s="91"/>
       <c r="O393" s="91"/>
       <c r="P393" s="91"/>
       <c r="Q393" s="91"/>
       <c r="R393" s="95"/>
       <c r="S393" s="91"/>
       <c r="T393" s="95"/>
       <c r="U393" s="91"/>
       <c r="V393" s="91"/>
       <c r="W393" s="95">
         <v>26</v>
       </c>
       <c r="X393" s="93"/>
       <c r="Y393" s="93" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="Z393" s="91"/>
       <c r="AA393" s="95">
         <v>7500</v>
       </c>
       <c r="AB393" s="91"/>
       <c r="AC393" s="95">
         <v>26</v>
       </c>
       <c r="AD393" s="93"/>
       <c r="AE393" s="93" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="AF393" s="91"/>
       <c r="AG393" s="95">
         <v>7500</v>
       </c>
       <c r="AH393" s="95"/>
     </row>
     <row r="394" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A394" s="91" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
       <c r="B394" s="98" t="s">
         <v>399</v>
       </c>
       <c r="C394" s="93" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="D394" s="19">
         <v>200000</v>
       </c>
       <c r="E394" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F394" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G394" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H394" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I394" s="94"/>
       <c r="J394" s="91">
         <v>25</v>
       </c>
       <c r="K394" s="91"/>
       <c r="L394" s="91"/>
       <c r="M394" s="91"/>
       <c r="N394" s="91"/>
       <c r="O394" s="91"/>
       <c r="P394" s="91"/>
       <c r="Q394" s="91"/>
       <c r="R394" s="95"/>
       <c r="S394" s="91"/>
       <c r="T394" s="95"/>
       <c r="U394" s="91"/>
       <c r="V394" s="91"/>
       <c r="W394" s="95">
         <v>26</v>
       </c>
       <c r="X394" s="93"/>
       <c r="Y394" s="93" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="Z394" s="91"/>
       <c r="AA394" s="95">
         <v>7500</v>
       </c>
       <c r="AB394" s="91"/>
       <c r="AC394" s="95">
         <v>26</v>
       </c>
       <c r="AD394" s="93"/>
       <c r="AE394" s="93" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="AF394" s="91"/>
       <c r="AG394" s="95">
         <v>7500</v>
       </c>
       <c r="AH394" s="95"/>
     </row>
     <row r="395" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A395" s="91" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="B395" s="98" t="s">
         <v>399</v>
       </c>
       <c r="C395" s="93" t="s">
-        <v>1476</v>
+        <v>1479</v>
       </c>
       <c r="D395" s="19">
         <v>200000</v>
       </c>
       <c r="E395" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F395" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G395" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H395" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I395" s="94"/>
       <c r="J395" s="91">
         <v>25</v>
       </c>
       <c r="K395" s="91"/>
       <c r="L395" s="91"/>
       <c r="M395" s="91"/>
       <c r="N395" s="91"/>
       <c r="O395" s="91"/>
       <c r="P395" s="91"/>
       <c r="Q395" s="91"/>
       <c r="R395" s="95"/>
       <c r="S395" s="91"/>
       <c r="T395" s="95"/>
       <c r="U395" s="91"/>
       <c r="V395" s="91"/>
       <c r="W395" s="95">
         <v>26</v>
       </c>
       <c r="X395" s="93"/>
       <c r="Y395" s="93" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="Z395" s="91"/>
       <c r="AA395" s="95">
         <v>7500</v>
       </c>
       <c r="AB395" s="91"/>
       <c r="AC395" s="95">
         <v>26</v>
       </c>
       <c r="AD395" s="93"/>
       <c r="AE395" s="93" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="AF395" s="91"/>
       <c r="AG395" s="95">
         <v>7500</v>
       </c>
       <c r="AH395" s="95"/>
     </row>
-    <row r="396" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B396" s="10" t="s">
+    <row r="396" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A396" s="91" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B396" s="98" t="s">
         <v>399</v>
       </c>
-      <c r="C396" s="40" t="s">
-        <v>478</v>
+      <c r="C396" s="93" t="s">
+        <v>1476</v>
       </c>
       <c r="D396" s="19">
         <v>200000</v>
       </c>
-      <c r="E396" s="39" t="s">
+      <c r="E396" s="91" t="s">
         <v>351</v>
       </c>
-      <c r="F396" s="39" t="s">
+      <c r="F396" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="G396" s="39" t="s">
+      <c r="G396" s="91" t="s">
         <v>66</v>
       </c>
-      <c r="H396" s="39" t="s">
+      <c r="H396" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I396" s="41"/>
-      <c r="J396" s="42">
+      <c r="I396" s="94"/>
+      <c r="J396" s="91">
         <v>25</v>
       </c>
-      <c r="R396" s="45"/>
-[...1 lines deleted...]
-      <c r="W396" s="45">
+      <c r="K396" s="91"/>
+      <c r="L396" s="91"/>
+      <c r="M396" s="91"/>
+      <c r="N396" s="91"/>
+      <c r="O396" s="91"/>
+      <c r="P396" s="91"/>
+      <c r="Q396" s="91"/>
+      <c r="R396" s="95"/>
+      <c r="S396" s="91"/>
+      <c r="T396" s="95"/>
+      <c r="U396" s="91"/>
+      <c r="V396" s="91"/>
+      <c r="W396" s="95">
         <v>26</v>
       </c>
-      <c r="X396" s="40"/>
-[...3 lines deleted...]
-      <c r="AA396" s="45">
+      <c r="X396" s="93"/>
+      <c r="Y396" s="93" t="s">
+        <v>1475</v>
+      </c>
+      <c r="Z396" s="91"/>
+      <c r="AA396" s="95">
         <v>7500</v>
       </c>
-      <c r="AC396" s="45">
+      <c r="AB396" s="91"/>
+      <c r="AC396" s="95">
         <v>26</v>
       </c>
-      <c r="AD396" s="40"/>
-[...3 lines deleted...]
-      <c r="AG396" s="45">
+      <c r="AD396" s="93"/>
+      <c r="AE396" s="93" t="s">
+        <v>1475</v>
+      </c>
+      <c r="AF396" s="91"/>
+      <c r="AG396" s="95">
         <v>7500</v>
       </c>
-      <c r="AH396" s="45"/>
-[...1 lines deleted...]
-    <row r="397" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AH396" s="95"/>
+    </row>
+    <row r="397" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A397" s="39" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="B397" s="10" t="s">
         <v>399</v>
       </c>
       <c r="C397" s="40" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="D397" s="19">
         <v>200000</v>
       </c>
       <c r="E397" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F397" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G397" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H397" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I397" s="41"/>
       <c r="J397" s="42">
         <v>25</v>
       </c>
-      <c r="K397" s="57"/>
-[...10 lines deleted...]
-      <c r="V397" s="57"/>
+      <c r="R397" s="45"/>
+      <c r="T397" s="45"/>
       <c r="W397" s="45">
         <v>26</v>
       </c>
-      <c r="X397" s="57"/>
+      <c r="X397" s="40"/>
       <c r="Y397" s="40" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="Z397" s="57"/>
+        <v>479</v>
+      </c>
       <c r="AA397" s="45">
         <v>7500</v>
       </c>
-      <c r="AB397" s="57"/>
       <c r="AC397" s="45">
         <v>26</v>
       </c>
-      <c r="AD397" s="57"/>
+      <c r="AD397" s="40"/>
       <c r="AE397" s="40" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="AF397" s="57"/>
+        <v>479</v>
+      </c>
       <c r="AG397" s="45">
         <v>7500</v>
       </c>
-      <c r="AH397" s="57"/>
+      <c r="AH397" s="45"/>
     </row>
     <row r="398" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A398" s="39" t="s">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="B398" s="10" t="s">
         <v>399</v>
       </c>
       <c r="C398" s="40" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="D398" s="19">
         <v>200000</v>
       </c>
       <c r="E398" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F398" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G398" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H398" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I398" s="41"/>
       <c r="J398" s="42">
         <v>25</v>
       </c>
       <c r="K398" s="57"/>
       <c r="L398" s="57"/>
       <c r="M398" s="57"/>
       <c r="N398" s="57"/>
       <c r="O398" s="57"/>
       <c r="P398" s="57"/>
       <c r="Q398" s="57"/>
       <c r="R398" s="57"/>
       <c r="S398" s="57"/>
       <c r="T398" s="57"/>
       <c r="U398" s="57"/>
       <c r="V398" s="57"/>
       <c r="W398" s="45">
         <v>26</v>
       </c>
       <c r="X398" s="57"/>
       <c r="Y398" s="40" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="Z398" s="57"/>
       <c r="AA398" s="45">
         <v>7500</v>
       </c>
       <c r="AB398" s="57"/>
       <c r="AC398" s="45">
         <v>26</v>
       </c>
       <c r="AD398" s="57"/>
       <c r="AE398" s="40" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="AF398" s="57"/>
       <c r="AG398" s="45">
         <v>7500</v>
       </c>
       <c r="AH398" s="57"/>
     </row>
     <row r="399" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A399" s="39" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="B399" s="10" t="s">
         <v>399</v>
       </c>
       <c r="C399" s="40" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="D399" s="19">
         <v>200000</v>
       </c>
       <c r="E399" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F399" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G399" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H399" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I399" s="41"/>
       <c r="J399" s="42">
         <v>25</v>
       </c>
       <c r="K399" s="57"/>
       <c r="L399" s="57"/>
       <c r="M399" s="57"/>
       <c r="N399" s="57"/>
       <c r="O399" s="57"/>
       <c r="P399" s="57"/>
       <c r="Q399" s="57"/>
       <c r="R399" s="57"/>
       <c r="S399" s="57"/>
       <c r="T399" s="57"/>
       <c r="U399" s="57"/>
       <c r="V399" s="57"/>
       <c r="W399" s="45">
         <v>26</v>
       </c>
       <c r="X399" s="57"/>
       <c r="Y399" s="40" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="Z399" s="57"/>
       <c r="AA399" s="45">
         <v>7500</v>
       </c>
       <c r="AB399" s="57"/>
       <c r="AC399" s="45">
         <v>26</v>
       </c>
       <c r="AD399" s="57"/>
       <c r="AE399" s="40" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="AF399" s="57"/>
       <c r="AG399" s="45">
         <v>7500</v>
       </c>
       <c r="AH399" s="57"/>
     </row>
     <row r="400" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A400" s="39" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B400" s="10" t="s">
         <v>399</v>
       </c>
       <c r="C400" s="40" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="D400" s="19">
         <v>200000</v>
       </c>
       <c r="E400" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F400" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G400" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H400" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I400" s="41"/>
       <c r="J400" s="42">
         <v>25</v>
       </c>
       <c r="K400" s="57"/>
       <c r="L400" s="57"/>
       <c r="M400" s="57"/>
       <c r="N400" s="57"/>
       <c r="O400" s="57"/>
       <c r="P400" s="57"/>
       <c r="Q400" s="57"/>
       <c r="R400" s="57"/>
       <c r="S400" s="57"/>
       <c r="T400" s="57"/>
       <c r="U400" s="57"/>
       <c r="V400" s="57"/>
       <c r="W400" s="45">
         <v>26</v>
       </c>
       <c r="X400" s="57"/>
       <c r="Y400" s="40" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="Z400" s="57"/>
       <c r="AA400" s="45">
         <v>7500</v>
       </c>
       <c r="AB400" s="57"/>
       <c r="AC400" s="45">
         <v>26</v>
       </c>
       <c r="AD400" s="57"/>
       <c r="AE400" s="40" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="AF400" s="57"/>
       <c r="AG400" s="45">
         <v>7500</v>
       </c>
       <c r="AH400" s="57"/>
     </row>
-    <row r="401" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B401" s="98" t="s">
+    <row r="401" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A401" s="39" t="s">
+        <v>759</v>
+      </c>
+      <c r="B401" s="10" t="s">
         <v>399</v>
       </c>
-      <c r="C401" s="93" t="s">
-        <v>1503</v>
+      <c r="C401" s="40" t="s">
+        <v>486</v>
       </c>
       <c r="D401" s="19">
         <v>200000</v>
       </c>
-      <c r="E401" s="91" t="s">
+      <c r="E401" s="39" t="s">
         <v>351</v>
       </c>
-      <c r="F401" s="91" t="s">
+      <c r="F401" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="G401" s="91" t="s">
+      <c r="G401" s="39" t="s">
         <v>66</v>
       </c>
-      <c r="H401" s="91" t="s">
+      <c r="H401" s="39" t="s">
         <v>349</v>
       </c>
-      <c r="I401" s="94"/>
-      <c r="J401" s="91">
+      <c r="I401" s="41"/>
+      <c r="J401" s="42">
         <v>25</v>
       </c>
-      <c r="K401" s="91"/>
-[...11 lines deleted...]
-      <c r="W401" s="95">
+      <c r="K401" s="57"/>
+      <c r="L401" s="57"/>
+      <c r="M401" s="57"/>
+      <c r="N401" s="57"/>
+      <c r="O401" s="57"/>
+      <c r="P401" s="57"/>
+      <c r="Q401" s="57"/>
+      <c r="R401" s="57"/>
+      <c r="S401" s="57"/>
+      <c r="T401" s="57"/>
+      <c r="U401" s="57"/>
+      <c r="V401" s="57"/>
+      <c r="W401" s="45">
         <v>26</v>
       </c>
-      <c r="X401" s="93"/>
-[...4 lines deleted...]
-      <c r="AA401" s="95">
+      <c r="X401" s="57"/>
+      <c r="Y401" s="40" t="s">
+        <v>487</v>
+      </c>
+      <c r="Z401" s="57"/>
+      <c r="AA401" s="45">
         <v>7500</v>
       </c>
-      <c r="AB401" s="91"/>
-      <c r="AC401" s="95">
+      <c r="AB401" s="57"/>
+      <c r="AC401" s="45">
         <v>26</v>
       </c>
-      <c r="AD401" s="93"/>
-[...4 lines deleted...]
-      <c r="AG401" s="95">
+      <c r="AD401" s="57"/>
+      <c r="AE401" s="40" t="s">
+        <v>487</v>
+      </c>
+      <c r="AF401" s="57"/>
+      <c r="AG401" s="45">
         <v>7500</v>
       </c>
-      <c r="AH401" s="95"/>
+      <c r="AH401" s="57"/>
     </row>
     <row r="402" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A402" s="91" t="s">
-        <v>1501</v>
+        <v>1504</v>
       </c>
       <c r="B402" s="98" t="s">
         <v>399</v>
       </c>
       <c r="C402" s="93" t="s">
-        <v>1500</v>
+        <v>1503</v>
       </c>
       <c r="D402" s="19">
         <v>200000</v>
       </c>
       <c r="E402" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F402" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G402" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H402" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I402" s="94"/>
       <c r="J402" s="91">
         <v>25</v>
       </c>
       <c r="K402" s="91"/>
       <c r="L402" s="91"/>
       <c r="M402" s="91"/>
       <c r="N402" s="91"/>
       <c r="O402" s="91"/>
       <c r="P402" s="91"/>
       <c r="Q402" s="91"/>
       <c r="R402" s="95"/>
       <c r="S402" s="91"/>
       <c r="T402" s="95"/>
       <c r="U402" s="91"/>
       <c r="V402" s="91"/>
       <c r="W402" s="95">
         <v>26</v>
       </c>
       <c r="X402" s="93"/>
       <c r="Y402" s="93" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
       <c r="Z402" s="91"/>
       <c r="AA402" s="95">
         <v>7500</v>
       </c>
       <c r="AB402" s="91"/>
       <c r="AC402" s="95">
         <v>26</v>
       </c>
       <c r="AD402" s="93"/>
       <c r="AE402" s="93" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
       <c r="AF402" s="91"/>
       <c r="AG402" s="95">
         <v>7500</v>
       </c>
       <c r="AH402" s="95"/>
     </row>
     <row r="403" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A403" s="91" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
       <c r="B403" s="98" t="s">
         <v>399</v>
       </c>
       <c r="C403" s="93" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
       <c r="D403" s="19">
         <v>200000</v>
       </c>
       <c r="E403" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F403" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G403" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H403" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I403" s="94"/>
       <c r="J403" s="91">
         <v>25</v>
       </c>
       <c r="K403" s="91"/>
       <c r="L403" s="91"/>
       <c r="M403" s="91"/>
       <c r="N403" s="91"/>
       <c r="O403" s="91"/>
       <c r="P403" s="91"/>
       <c r="Q403" s="91"/>
       <c r="R403" s="95"/>
       <c r="S403" s="91"/>
       <c r="T403" s="95"/>
       <c r="U403" s="91"/>
       <c r="V403" s="91"/>
       <c r="W403" s="95">
         <v>26</v>
       </c>
       <c r="X403" s="93"/>
       <c r="Y403" s="93" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="Z403" s="91"/>
       <c r="AA403" s="95">
         <v>7500</v>
       </c>
       <c r="AB403" s="91"/>
       <c r="AC403" s="95">
         <v>26</v>
       </c>
       <c r="AD403" s="93"/>
       <c r="AE403" s="93" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="AF403" s="91"/>
       <c r="AG403" s="95">
         <v>7500</v>
       </c>
       <c r="AH403" s="95"/>
     </row>
     <row r="404" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A404" s="91" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="B404" s="98" t="s">
         <v>399</v>
       </c>
       <c r="C404" s="93" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
       <c r="D404" s="19">
         <v>200000</v>
       </c>
       <c r="E404" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F404" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G404" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H404" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I404" s="94"/>
       <c r="J404" s="91">
         <v>25</v>
       </c>
       <c r="K404" s="91"/>
       <c r="L404" s="91"/>
       <c r="M404" s="91"/>
       <c r="N404" s="91"/>
       <c r="O404" s="91"/>
       <c r="P404" s="91"/>
       <c r="Q404" s="91"/>
       <c r="R404" s="95"/>
       <c r="S404" s="91"/>
       <c r="T404" s="95"/>
       <c r="U404" s="91"/>
       <c r="V404" s="91"/>
       <c r="W404" s="95">
         <v>26</v>
       </c>
       <c r="X404" s="93"/>
       <c r="Y404" s="93" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="Z404" s="91"/>
       <c r="AA404" s="95">
         <v>7500</v>
       </c>
       <c r="AB404" s="91"/>
       <c r="AC404" s="95">
         <v>26</v>
       </c>
       <c r="AD404" s="93"/>
       <c r="AE404" s="93" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="AF404" s="91"/>
       <c r="AG404" s="95">
         <v>7500</v>
       </c>
       <c r="AH404" s="95"/>
     </row>
     <row r="405" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A405" s="91" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="B405" s="98" t="s">
         <v>399</v>
       </c>
       <c r="C405" s="93" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="D405" s="19">
         <v>200000</v>
       </c>
       <c r="E405" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F405" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G405" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H405" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I405" s="94"/>
       <c r="J405" s="91">
         <v>25</v>
       </c>
       <c r="K405" s="91"/>
       <c r="L405" s="91"/>
       <c r="M405" s="91"/>
       <c r="N405" s="91"/>
       <c r="O405" s="91"/>
       <c r="P405" s="91"/>
       <c r="Q405" s="91"/>
       <c r="R405" s="95"/>
       <c r="S405" s="91"/>
       <c r="T405" s="95"/>
       <c r="U405" s="91"/>
       <c r="V405" s="91"/>
       <c r="W405" s="95">
         <v>26</v>
       </c>
       <c r="X405" s="93"/>
       <c r="Y405" s="93" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="Z405" s="91"/>
       <c r="AA405" s="95">
         <v>7500</v>
       </c>
       <c r="AB405" s="91"/>
       <c r="AC405" s="95">
         <v>26</v>
       </c>
       <c r="AD405" s="93"/>
       <c r="AE405" s="93" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="AF405" s="91"/>
       <c r="AG405" s="95">
         <v>7500</v>
       </c>
       <c r="AH405" s="95"/>
     </row>
-    <row r="406" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B406" s="11" t="s">
+    <row r="406" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A406" s="91" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B406" s="98" t="s">
         <v>399</v>
       </c>
-      <c r="C406" s="40" t="s">
-        <v>400</v>
+      <c r="C406" s="93" t="s">
+        <v>1491</v>
       </c>
       <c r="D406" s="19">
         <v>200000</v>
       </c>
-      <c r="E406" s="39" t="s">
+      <c r="E406" s="91" t="s">
         <v>351</v>
       </c>
-      <c r="F406" s="39" t="s">
+      <c r="F406" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="G406" s="39" t="s">
+      <c r="G406" s="91" t="s">
         <v>66</v>
       </c>
-      <c r="H406" s="39" t="s">
+      <c r="H406" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I406" s="41"/>
-      <c r="J406" s="42">
+      <c r="I406" s="94"/>
+      <c r="J406" s="91">
         <v>25</v>
       </c>
-      <c r="R406" s="45"/>
-[...1 lines deleted...]
-      <c r="W406" s="42">
+      <c r="K406" s="91"/>
+      <c r="L406" s="91"/>
+      <c r="M406" s="91"/>
+      <c r="N406" s="91"/>
+      <c r="O406" s="91"/>
+      <c r="P406" s="91"/>
+      <c r="Q406" s="91"/>
+      <c r="R406" s="95"/>
+      <c r="S406" s="91"/>
+      <c r="T406" s="95"/>
+      <c r="U406" s="91"/>
+      <c r="V406" s="91"/>
+      <c r="W406" s="95">
         <v>26</v>
       </c>
-      <c r="X406" s="40"/>
-[...3 lines deleted...]
-      <c r="AA406" s="45">
+      <c r="X406" s="93"/>
+      <c r="Y406" s="93" t="s">
+        <v>1490</v>
+      </c>
+      <c r="Z406" s="91"/>
+      <c r="AA406" s="95">
         <v>7500</v>
       </c>
-      <c r="AC406" s="42">
+      <c r="AB406" s="91"/>
+      <c r="AC406" s="95">
         <v>26</v>
       </c>
-      <c r="AD406" s="45"/>
-[...3 lines deleted...]
-      <c r="AG406" s="45">
+      <c r="AD406" s="93"/>
+      <c r="AE406" s="93" t="s">
+        <v>1490</v>
+      </c>
+      <c r="AF406" s="91"/>
+      <c r="AG406" s="95">
         <v>7500</v>
       </c>
-      <c r="AH406" s="45"/>
+      <c r="AH406" s="95"/>
     </row>
     <row r="407" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A407" s="39" t="s">
-        <v>730</v>
-[...1 lines deleted...]
-      <c r="B407" s="10" t="s">
+        <v>729</v>
+      </c>
+      <c r="B407" s="11" t="s">
         <v>399</v>
       </c>
       <c r="C407" s="40" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="D407" s="19">
         <v>200000</v>
       </c>
       <c r="E407" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F407" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G407" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H407" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I407" s="41"/>
       <c r="J407" s="42">
         <v>25</v>
       </c>
       <c r="R407" s="45"/>
       <c r="T407" s="45"/>
       <c r="W407" s="42">
         <v>26</v>
       </c>
       <c r="X407" s="40"/>
       <c r="Y407" s="40" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="AA407" s="45">
         <v>7500</v>
       </c>
       <c r="AC407" s="42">
         <v>26</v>
       </c>
       <c r="AD407" s="45"/>
       <c r="AE407" s="40" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="AG407" s="45">
         <v>7500</v>
       </c>
       <c r="AH407" s="45"/>
     </row>
     <row r="408" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A408" s="39" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="B408" s="10" t="s">
         <v>399</v>
       </c>
       <c r="C408" s="40" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D408" s="19">
         <v>200000</v>
       </c>
       <c r="E408" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F408" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G408" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H408" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I408" s="41"/>
       <c r="J408" s="42">
         <v>25</v>
       </c>
       <c r="R408" s="45"/>
       <c r="T408" s="45"/>
       <c r="W408" s="42">
         <v>26</v>
       </c>
       <c r="X408" s="40"/>
       <c r="Y408" s="40" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="AA408" s="45">
         <v>7500</v>
       </c>
       <c r="AC408" s="42">
         <v>26</v>
       </c>
       <c r="AD408" s="45"/>
       <c r="AE408" s="40" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="AG408" s="45">
         <v>7500</v>
       </c>
       <c r="AH408" s="45"/>
     </row>
     <row r="409" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A409" s="39" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="B409" s="10" t="s">
         <v>399</v>
       </c>
       <c r="C409" s="40" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D409" s="19">
         <v>200000</v>
       </c>
       <c r="E409" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F409" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G409" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H409" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I409" s="41"/>
       <c r="J409" s="42">
         <v>25</v>
       </c>
       <c r="R409" s="45"/>
       <c r="T409" s="45"/>
       <c r="W409" s="42">
         <v>26</v>
       </c>
       <c r="X409" s="40"/>
       <c r="Y409" s="40" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="AA409" s="45">
         <v>7500</v>
       </c>
       <c r="AC409" s="42">
         <v>26</v>
       </c>
       <c r="AD409" s="45"/>
       <c r="AE409" s="40" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="AG409" s="45">
         <v>7500</v>
       </c>
       <c r="AH409" s="45"/>
     </row>
-    <row r="410" spans="1:34" s="14" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="410" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A410" s="39" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="B410" s="10" t="s">
         <v>399</v>
       </c>
       <c r="C410" s="40" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="D410" s="19">
         <v>200000</v>
       </c>
       <c r="E410" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F410" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G410" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H410" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I410" s="41"/>
       <c r="J410" s="42">
         <v>25</v>
       </c>
-      <c r="K410" s="39"/>
-[...5 lines deleted...]
-      <c r="Q410" s="39"/>
       <c r="R410" s="45"/>
-      <c r="S410" s="39"/>
       <c r="T410" s="45"/>
-      <c r="U410" s="39"/>
-      <c r="V410" s="39"/>
       <c r="W410" s="42">
         <v>26</v>
       </c>
       <c r="X410" s="40"/>
       <c r="Y410" s="40" t="s">
-        <v>409</v>
-[...1 lines deleted...]
-      <c r="Z410" s="39"/>
+        <v>407</v>
+      </c>
       <c r="AA410" s="45">
         <v>7500</v>
       </c>
-      <c r="AB410" s="39"/>
       <c r="AC410" s="42">
         <v>26</v>
       </c>
       <c r="AD410" s="45"/>
       <c r="AE410" s="40" t="s">
-        <v>409</v>
-[...1 lines deleted...]
-      <c r="AF410" s="39"/>
+        <v>407</v>
+      </c>
       <c r="AG410" s="45">
         <v>7500</v>
       </c>
       <c r="AH410" s="45"/>
     </row>
-    <row r="411" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-        <v>787</v>
+    <row r="411" spans="1:34" s="14" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A411" s="39" t="s">
+        <v>733</v>
+      </c>
+      <c r="B411" s="10" t="s">
+        <v>399</v>
+      </c>
+      <c r="C411" s="40" t="s">
+        <v>408</v>
       </c>
       <c r="D411" s="19">
-        <v>100000</v>
-[...1 lines deleted...]
-      <c r="E411" s="91" t="s">
+        <v>200000</v>
+      </c>
+      <c r="E411" s="39" t="s">
         <v>351</v>
       </c>
-      <c r="F411" s="91" t="s">
+      <c r="F411" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="G411" s="91" t="s">
+      <c r="G411" s="39" t="s">
         <v>66</v>
       </c>
-      <c r="H411" s="91" t="s">
+      <c r="H411" s="39" t="s">
         <v>349</v>
       </c>
-      <c r="I411" s="94"/>
-      <c r="J411" s="91">
+      <c r="I411" s="41"/>
+      <c r="J411" s="42">
         <v>25</v>
       </c>
-      <c r="K411" s="91"/>
-[...19 lines deleted...]
-      <c r="AA411" s="95">
+      <c r="K411" s="39"/>
+      <c r="L411" s="39"/>
+      <c r="M411" s="39"/>
+      <c r="N411" s="39"/>
+      <c r="O411" s="39"/>
+      <c r="P411" s="39"/>
+      <c r="Q411" s="39"/>
+      <c r="R411" s="45"/>
+      <c r="S411" s="39"/>
+      <c r="T411" s="45"/>
+      <c r="U411" s="39"/>
+      <c r="V411" s="39"/>
+      <c r="W411" s="42">
+        <v>26</v>
+      </c>
+      <c r="X411" s="40"/>
+      <c r="Y411" s="40" t="s">
+        <v>409</v>
+      </c>
+      <c r="Z411" s="39"/>
+      <c r="AA411" s="45">
         <v>7500</v>
       </c>
-      <c r="AB411" s="91"/>
-[...8 lines deleted...]
-      <c r="AG411" s="95">
+      <c r="AB411" s="39"/>
+      <c r="AC411" s="42">
+        <v>26</v>
+      </c>
+      <c r="AD411" s="45"/>
+      <c r="AE411" s="40" t="s">
+        <v>409</v>
+      </c>
+      <c r="AF411" s="39"/>
+      <c r="AG411" s="45">
         <v>7500</v>
       </c>
-      <c r="AH411" s="95"/>
+      <c r="AH411" s="45"/>
     </row>
     <row r="412" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A412" s="91" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="B412" s="98" t="s">
         <v>388</v>
       </c>
       <c r="C412" s="93" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="D412" s="19">
         <v>100000</v>
       </c>
       <c r="E412" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F412" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G412" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H412" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I412" s="94"/>
       <c r="J412" s="91">
         <v>25</v>
       </c>
       <c r="K412" s="91"/>
       <c r="L412" s="91"/>
       <c r="M412" s="91"/>
       <c r="N412" s="91"/>
       <c r="O412" s="91"/>
       <c r="P412" s="91"/>
       <c r="Q412" s="91"/>
-      <c r="R412" s="91"/>
+      <c r="R412" s="95"/>
       <c r="S412" s="91"/>
-      <c r="T412" s="91"/>
+      <c r="T412" s="95"/>
       <c r="U412" s="91"/>
       <c r="V412" s="91"/>
       <c r="W412" s="139">
         <v>25</v>
       </c>
-      <c r="X412" s="91"/>
+      <c r="X412" s="95"/>
       <c r="Y412" s="93" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="Z412" s="91"/>
       <c r="AA412" s="95">
         <v>7500</v>
       </c>
       <c r="AB412" s="91"/>
       <c r="AC412" s="139">
         <v>25</v>
       </c>
-      <c r="AD412" s="91"/>
+      <c r="AD412" s="95"/>
       <c r="AE412" s="93" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="AF412" s="91"/>
       <c r="AG412" s="95">
         <v>7500</v>
       </c>
-      <c r="AH412" s="91"/>
+      <c r="AH412" s="95"/>
     </row>
     <row r="413" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A413" s="91" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="B413" s="98" t="s">
         <v>388</v>
       </c>
       <c r="C413" s="93" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="D413" s="19">
         <v>100000</v>
       </c>
       <c r="E413" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F413" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G413" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H413" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I413" s="94"/>
       <c r="J413" s="91">
         <v>25</v>
       </c>
       <c r="K413" s="91"/>
       <c r="L413" s="91"/>
       <c r="M413" s="91"/>
       <c r="N413" s="91"/>
       <c r="O413" s="91"/>
       <c r="P413" s="91"/>
       <c r="Q413" s="91"/>
       <c r="R413" s="91"/>
       <c r="S413" s="91"/>
       <c r="T413" s="91"/>
       <c r="U413" s="91"/>
       <c r="V413" s="91"/>
       <c r="W413" s="139">
         <v>25</v>
       </c>
       <c r="X413" s="91"/>
       <c r="Y413" s="93" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="Z413" s="91"/>
       <c r="AA413" s="95">
         <v>7500</v>
       </c>
       <c r="AB413" s="91"/>
       <c r="AC413" s="139">
         <v>25</v>
       </c>
       <c r="AD413" s="91"/>
       <c r="AE413" s="93" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="AF413" s="91"/>
       <c r="AG413" s="95">
         <v>7500</v>
       </c>
       <c r="AH413" s="91"/>
     </row>
     <row r="414" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A414" s="91" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="B414" s="98" t="s">
         <v>388</v>
       </c>
       <c r="C414" s="93" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="D414" s="19">
         <v>100000</v>
       </c>
       <c r="E414" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F414" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G414" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H414" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I414" s="94"/>
       <c r="J414" s="91">
         <v>25</v>
       </c>
       <c r="K414" s="91"/>
       <c r="L414" s="91"/>
       <c r="M414" s="91"/>
       <c r="N414" s="91"/>
       <c r="O414" s="91"/>
       <c r="P414" s="91"/>
       <c r="Q414" s="91"/>
       <c r="R414" s="91"/>
       <c r="S414" s="91"/>
       <c r="T414" s="91"/>
       <c r="U414" s="91"/>
       <c r="V414" s="91"/>
       <c r="W414" s="139">
         <v>25</v>
       </c>
       <c r="X414" s="91"/>
       <c r="Y414" s="93" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="Z414" s="91"/>
       <c r="AA414" s="95">
         <v>7500</v>
       </c>
       <c r="AB414" s="91"/>
       <c r="AC414" s="139">
         <v>25</v>
       </c>
       <c r="AD414" s="91"/>
       <c r="AE414" s="93" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="AF414" s="91"/>
       <c r="AG414" s="95">
         <v>7500</v>
       </c>
       <c r="AH414" s="91"/>
     </row>
     <row r="415" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A415" s="91" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="B415" s="98" t="s">
         <v>388</v>
       </c>
       <c r="C415" s="93" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="D415" s="19">
         <v>100000</v>
       </c>
       <c r="E415" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F415" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G415" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H415" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I415" s="94"/>
       <c r="J415" s="91">
         <v>25</v>
       </c>
       <c r="K415" s="91"/>
       <c r="L415" s="91"/>
       <c r="M415" s="91"/>
       <c r="N415" s="91"/>
       <c r="O415" s="91"/>
       <c r="P415" s="91"/>
       <c r="Q415" s="91"/>
       <c r="R415" s="91"/>
       <c r="S415" s="91"/>
       <c r="T415" s="91"/>
       <c r="U415" s="91"/>
       <c r="V415" s="91"/>
       <c r="W415" s="139">
         <v>25</v>
       </c>
       <c r="X415" s="91"/>
       <c r="Y415" s="93" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="Z415" s="91"/>
       <c r="AA415" s="95">
         <v>7500</v>
       </c>
       <c r="AB415" s="91"/>
       <c r="AC415" s="139">
         <v>25</v>
       </c>
       <c r="AD415" s="91"/>
       <c r="AE415" s="93" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="AF415" s="91"/>
       <c r="AG415" s="95">
         <v>7500</v>
       </c>
       <c r="AH415" s="91"/>
     </row>
-    <row r="416" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="416" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A416" s="91" t="s">
-        <v>1519</v>
-[...1 lines deleted...]
-      <c r="B416" s="92" t="s">
+        <v>798</v>
+      </c>
+      <c r="B416" s="98" t="s">
         <v>388</v>
       </c>
       <c r="C416" s="93" t="s">
-        <v>1518</v>
+        <v>799</v>
       </c>
       <c r="D416" s="19">
         <v>100000</v>
       </c>
       <c r="E416" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F416" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G416" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H416" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I416" s="94"/>
       <c r="J416" s="91">
         <v>25</v>
       </c>
-      <c r="R416" s="95"/>
-[...1 lines deleted...]
-      <c r="W416" s="91">
+      <c r="K416" s="91"/>
+      <c r="L416" s="91"/>
+      <c r="M416" s="91"/>
+      <c r="N416" s="91"/>
+      <c r="O416" s="91"/>
+      <c r="P416" s="91"/>
+      <c r="Q416" s="91"/>
+      <c r="R416" s="91"/>
+      <c r="S416" s="91"/>
+      <c r="T416" s="91"/>
+      <c r="U416" s="91"/>
+      <c r="V416" s="91"/>
+      <c r="W416" s="139">
         <v>25</v>
       </c>
-      <c r="X416" s="95"/>
+      <c r="X416" s="91"/>
       <c r="Y416" s="93" t="s">
-        <v>1517</v>
-      </c>
+        <v>800</v>
+      </c>
+      <c r="Z416" s="91"/>
       <c r="AA416" s="95">
         <v>7500</v>
       </c>
-      <c r="AC416" s="91">
+      <c r="AB416" s="91"/>
+      <c r="AC416" s="139">
         <v>25</v>
       </c>
-      <c r="AD416" s="95"/>
+      <c r="AD416" s="91"/>
       <c r="AE416" s="93" t="s">
-        <v>1517</v>
-      </c>
+        <v>800</v>
+      </c>
+      <c r="AF416" s="91"/>
       <c r="AG416" s="95">
         <v>7500</v>
       </c>
-      <c r="AH416" s="95"/>
+      <c r="AH416" s="91"/>
     </row>
     <row r="417" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A417" s="91" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="B417" s="92" t="s">
         <v>388</v>
       </c>
       <c r="C417" s="93" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="D417" s="19">
         <v>100000</v>
       </c>
       <c r="E417" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F417" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G417" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H417" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I417" s="94"/>
       <c r="J417" s="91">
         <v>25</v>
       </c>
       <c r="R417" s="95"/>
       <c r="T417" s="95"/>
       <c r="W417" s="91">
         <v>25</v>
       </c>
       <c r="X417" s="95"/>
       <c r="Y417" s="93" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="AA417" s="95">
         <v>7500</v>
       </c>
       <c r="AC417" s="91">
         <v>25</v>
       </c>
       <c r="AD417" s="95"/>
       <c r="AE417" s="93" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="AG417" s="95">
         <v>7500</v>
       </c>
       <c r="AH417" s="95"/>
     </row>
     <row r="418" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A418" s="91" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="B418" s="92" t="s">
         <v>388</v>
       </c>
       <c r="C418" s="93" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="D418" s="19">
         <v>100000</v>
       </c>
       <c r="E418" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F418" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G418" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H418" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I418" s="94"/>
       <c r="J418" s="91">
         <v>25</v>
       </c>
       <c r="R418" s="95"/>
       <c r="T418" s="95"/>
       <c r="W418" s="91">
         <v>25</v>
       </c>
       <c r="X418" s="95"/>
       <c r="Y418" s="93" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="AA418" s="95">
         <v>7500</v>
       </c>
       <c r="AC418" s="91">
         <v>25</v>
       </c>
       <c r="AD418" s="95"/>
       <c r="AE418" s="93" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="AG418" s="95">
         <v>7500</v>
       </c>
       <c r="AH418" s="95"/>
     </row>
     <row r="419" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A419" s="91" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="B419" s="92" t="s">
         <v>388</v>
       </c>
       <c r="C419" s="93" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="D419" s="19">
         <v>100000</v>
       </c>
       <c r="E419" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F419" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G419" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H419" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I419" s="94"/>
       <c r="J419" s="91">
         <v>25</v>
       </c>
       <c r="R419" s="95"/>
       <c r="T419" s="95"/>
       <c r="W419" s="91">
         <v>25</v>
       </c>
       <c r="X419" s="95"/>
       <c r="Y419" s="93" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="AA419" s="95">
         <v>7500</v>
       </c>
       <c r="AC419" s="91">
         <v>25</v>
       </c>
       <c r="AD419" s="95"/>
       <c r="AE419" s="93" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="AG419" s="95">
         <v>7500</v>
       </c>
       <c r="AH419" s="95"/>
     </row>
     <row r="420" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A420" s="91" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="B420" s="92" t="s">
         <v>388</v>
       </c>
       <c r="C420" s="93" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="D420" s="19">
         <v>100000</v>
       </c>
       <c r="E420" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F420" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G420" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H420" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I420" s="94"/>
       <c r="J420" s="91">
         <v>25</v>
       </c>
       <c r="R420" s="95"/>
       <c r="T420" s="95"/>
       <c r="W420" s="91">
         <v>25</v>
       </c>
       <c r="X420" s="95"/>
       <c r="Y420" s="93" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
       <c r="AA420" s="95">
         <v>7500</v>
       </c>
       <c r="AC420" s="91">
         <v>25</v>
       </c>
       <c r="AD420" s="95"/>
       <c r="AE420" s="93" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
       <c r="AG420" s="95">
         <v>7500</v>
       </c>
       <c r="AH420" s="95"/>
     </row>
-    <row r="421" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B421" s="11" t="s">
+    <row r="421" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A421" s="91" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B421" s="92" t="s">
         <v>388</v>
       </c>
-      <c r="C421" s="40" t="s">
-        <v>468</v>
+      <c r="C421" s="93" t="s">
+        <v>1506</v>
       </c>
       <c r="D421" s="19">
         <v>100000</v>
       </c>
-      <c r="E421" s="39" t="s">
+      <c r="E421" s="91" t="s">
         <v>351</v>
       </c>
-      <c r="F421" s="39" t="s">
+      <c r="F421" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="G421" s="39" t="s">
+      <c r="G421" s="91" t="s">
         <v>66</v>
       </c>
-      <c r="H421" s="39" t="s">
+      <c r="H421" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I421" s="41"/>
-      <c r="J421" s="42">
+      <c r="I421" s="94"/>
+      <c r="J421" s="91">
         <v>25</v>
       </c>
-      <c r="R421" s="45"/>
-[...1 lines deleted...]
-      <c r="W421" s="42">
+      <c r="R421" s="95"/>
+      <c r="T421" s="95"/>
+      <c r="W421" s="91">
         <v>25</v>
       </c>
-      <c r="X421" s="45"/>
-[...3 lines deleted...]
-      <c r="AA421" s="45">
+      <c r="X421" s="95"/>
+      <c r="Y421" s="93" t="s">
+        <v>1505</v>
+      </c>
+      <c r="AA421" s="95">
         <v>7500</v>
       </c>
-      <c r="AC421" s="42">
+      <c r="AC421" s="91">
         <v>25</v>
       </c>
-      <c r="AD421" s="45"/>
-[...3 lines deleted...]
-      <c r="AG421" s="45">
+      <c r="AD421" s="95"/>
+      <c r="AE421" s="93" t="s">
+        <v>1505</v>
+      </c>
+      <c r="AG421" s="95">
         <v>7500</v>
       </c>
-      <c r="AH421" s="45"/>
+      <c r="AH421" s="95"/>
     </row>
     <row r="422" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A422" s="39" t="s">
-        <v>751</v>
-[...1 lines deleted...]
-      <c r="B422" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="B422" s="11" t="s">
         <v>388</v>
       </c>
       <c r="C422" s="40" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="D422" s="19">
         <v>100000</v>
       </c>
       <c r="E422" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F422" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G422" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H422" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I422" s="41"/>
       <c r="J422" s="42">
         <v>25</v>
       </c>
       <c r="R422" s="45"/>
       <c r="T422" s="45"/>
       <c r="W422" s="42">
         <v>25</v>
       </c>
       <c r="X422" s="45"/>
       <c r="Y422" s="40" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="AA422" s="45">
         <v>7500</v>
       </c>
       <c r="AC422" s="42">
         <v>25</v>
       </c>
       <c r="AD422" s="45"/>
       <c r="AE422" s="40" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="AG422" s="45">
         <v>7500</v>
       </c>
       <c r="AH422" s="45"/>
     </row>
     <row r="423" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A423" s="39" t="s">
-        <v>752</v>
-[...1 lines deleted...]
-      <c r="B423" s="11" t="s">
+        <v>751</v>
+      </c>
+      <c r="B423" s="10" t="s">
         <v>388</v>
       </c>
       <c r="C423" s="40" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="D423" s="19">
         <v>100000</v>
       </c>
       <c r="E423" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F423" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G423" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H423" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I423" s="41"/>
       <c r="J423" s="42">
         <v>25</v>
       </c>
       <c r="R423" s="45"/>
       <c r="T423" s="45"/>
       <c r="W423" s="42">
         <v>25</v>
       </c>
       <c r="X423" s="45"/>
       <c r="Y423" s="40" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="AA423" s="45">
         <v>7500</v>
       </c>
       <c r="AC423" s="42">
         <v>25</v>
       </c>
       <c r="AD423" s="45"/>
       <c r="AE423" s="40" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="AG423" s="45">
         <v>7500</v>
       </c>
       <c r="AH423" s="45"/>
     </row>
     <row r="424" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A424" s="39" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="B424" s="11" t="s">
         <v>388</v>
       </c>
       <c r="C424" s="40" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D424" s="19">
         <v>100000</v>
       </c>
       <c r="E424" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F424" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G424" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H424" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I424" s="41"/>
       <c r="J424" s="42">
         <v>25</v>
       </c>
       <c r="R424" s="45"/>
       <c r="T424" s="45"/>
       <c r="W424" s="42">
         <v>25</v>
       </c>
       <c r="X424" s="45"/>
       <c r="Y424" s="40" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="AA424" s="45">
         <v>7500</v>
       </c>
       <c r="AC424" s="42">
         <v>25</v>
       </c>
       <c r="AD424" s="45"/>
       <c r="AE424" s="40" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="AG424" s="45">
         <v>7500</v>
       </c>
       <c r="AH424" s="45"/>
     </row>
     <row r="425" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A425" s="39" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="B425" s="11" t="s">
         <v>388</v>
       </c>
       <c r="C425" s="40" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="D425" s="19">
         <v>100000</v>
       </c>
       <c r="E425" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F425" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G425" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H425" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I425" s="41"/>
       <c r="J425" s="42">
         <v>25</v>
       </c>
       <c r="R425" s="45"/>
       <c r="T425" s="45"/>
       <c r="W425" s="42">
         <v>25</v>
       </c>
       <c r="X425" s="45"/>
       <c r="Y425" s="40" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="AA425" s="45">
         <v>7500</v>
       </c>
       <c r="AC425" s="42">
         <v>25</v>
       </c>
       <c r="AD425" s="45"/>
       <c r="AE425" s="40" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="AG425" s="45">
         <v>7500</v>
       </c>
       <c r="AH425" s="45"/>
     </row>
-    <row r="426" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B426" s="92" t="s">
+    <row r="426" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A426" s="39" t="s">
+        <v>754</v>
+      </c>
+      <c r="B426" s="11" t="s">
         <v>388</v>
       </c>
-      <c r="C426" s="93" t="s">
-        <v>1533</v>
+      <c r="C426" s="40" t="s">
+        <v>476</v>
       </c>
       <c r="D426" s="19">
         <v>100000</v>
       </c>
-      <c r="E426" s="91" t="s">
+      <c r="E426" s="39" t="s">
         <v>351</v>
       </c>
-      <c r="F426" s="91" t="s">
+      <c r="F426" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="G426" s="91" t="s">
+      <c r="G426" s="39" t="s">
         <v>66</v>
       </c>
-      <c r="H426" s="91" t="s">
+      <c r="H426" s="39" t="s">
         <v>349</v>
       </c>
-      <c r="I426" s="94"/>
-      <c r="J426" s="91">
+      <c r="I426" s="41"/>
+      <c r="J426" s="42">
         <v>25</v>
       </c>
-      <c r="R426" s="95"/>
-[...1 lines deleted...]
-      <c r="W426" s="91">
+      <c r="R426" s="45"/>
+      <c r="T426" s="45"/>
+      <c r="W426" s="42">
         <v>25</v>
       </c>
-      <c r="X426" s="95"/>
-[...3 lines deleted...]
-      <c r="AA426" s="95">
+      <c r="X426" s="45"/>
+      <c r="Y426" s="40" t="s">
+        <v>477</v>
+      </c>
+      <c r="AA426" s="45">
         <v>7500</v>
       </c>
-      <c r="AC426" s="91">
+      <c r="AC426" s="42">
         <v>25</v>
       </c>
-      <c r="AD426" s="95"/>
-[...3 lines deleted...]
-      <c r="AG426" s="95">
+      <c r="AD426" s="45"/>
+      <c r="AE426" s="40" t="s">
+        <v>477</v>
+      </c>
+      <c r="AG426" s="45">
         <v>7500</v>
       </c>
-      <c r="AH426" s="95"/>
+      <c r="AH426" s="45"/>
     </row>
     <row r="427" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A427" s="91" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="B427" s="92" t="s">
         <v>388</v>
       </c>
       <c r="C427" s="93" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="D427" s="19">
         <v>100000</v>
       </c>
       <c r="E427" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F427" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G427" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H427" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I427" s="94"/>
       <c r="J427" s="91">
         <v>25</v>
       </c>
       <c r="R427" s="95"/>
       <c r="T427" s="95"/>
       <c r="W427" s="91">
         <v>25</v>
       </c>
       <c r="X427" s="95"/>
       <c r="Y427" s="93" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="AA427" s="95">
         <v>7500</v>
       </c>
       <c r="AC427" s="91">
         <v>25</v>
       </c>
       <c r="AD427" s="95"/>
       <c r="AE427" s="93" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="AG427" s="95">
         <v>7500</v>
       </c>
       <c r="AH427" s="95"/>
     </row>
     <row r="428" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A428" s="91" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="B428" s="92" t="s">
         <v>388</v>
       </c>
       <c r="C428" s="93" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="D428" s="19">
         <v>100000</v>
       </c>
       <c r="E428" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F428" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G428" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H428" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I428" s="94"/>
       <c r="J428" s="91">
         <v>25</v>
       </c>
       <c r="R428" s="95"/>
       <c r="T428" s="95"/>
       <c r="W428" s="91">
         <v>25</v>
       </c>
       <c r="X428" s="95"/>
       <c r="Y428" s="93" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="AA428" s="95">
         <v>7500</v>
       </c>
       <c r="AC428" s="91">
         <v>25</v>
       </c>
       <c r="AD428" s="95"/>
       <c r="AE428" s="93" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="AG428" s="95">
         <v>7500</v>
       </c>
       <c r="AH428" s="95"/>
     </row>
     <row r="429" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A429" s="91" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="B429" s="92" t="s">
         <v>388</v>
       </c>
       <c r="C429" s="93" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="D429" s="19">
         <v>100000</v>
       </c>
       <c r="E429" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F429" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G429" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H429" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I429" s="94"/>
       <c r="J429" s="91">
         <v>25</v>
       </c>
       <c r="R429" s="95"/>
       <c r="T429" s="95"/>
       <c r="W429" s="91">
         <v>25</v>
       </c>
       <c r="X429" s="95"/>
       <c r="Y429" s="93" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="AA429" s="95">
         <v>7500</v>
       </c>
       <c r="AC429" s="91">
         <v>25</v>
       </c>
       <c r="AD429" s="95"/>
       <c r="AE429" s="93" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="AG429" s="95">
         <v>7500</v>
       </c>
       <c r="AH429" s="95"/>
     </row>
     <row r="430" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A430" s="91" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
       <c r="B430" s="92" t="s">
         <v>388</v>
       </c>
       <c r="C430" s="93" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="D430" s="19">
         <v>100000</v>
       </c>
       <c r="E430" s="91" t="s">
         <v>351</v>
       </c>
       <c r="F430" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G430" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H430" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I430" s="94"/>
       <c r="J430" s="91">
         <v>25</v>
       </c>
       <c r="R430" s="95"/>
       <c r="T430" s="95"/>
       <c r="W430" s="91">
         <v>25</v>
       </c>
       <c r="X430" s="95"/>
       <c r="Y430" s="93" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="AA430" s="95">
         <v>7500</v>
       </c>
       <c r="AC430" s="91">
         <v>25</v>
       </c>
       <c r="AD430" s="95"/>
       <c r="AE430" s="93" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="AG430" s="95">
         <v>7500</v>
       </c>
       <c r="AH430" s="95"/>
     </row>
-    <row r="431" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B431" s="11" t="s">
+    <row r="431" spans="1:34" s="91" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A431" s="91" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B431" s="92" t="s">
         <v>388</v>
       </c>
-      <c r="C431" s="40" t="s">
-        <v>389</v>
+      <c r="C431" s="93" t="s">
+        <v>1521</v>
       </c>
       <c r="D431" s="19">
         <v>100000</v>
       </c>
-      <c r="E431" s="39" t="s">
+      <c r="E431" s="91" t="s">
         <v>351</v>
       </c>
-      <c r="F431" s="39" t="s">
+      <c r="F431" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="G431" s="39" t="s">
+      <c r="G431" s="91" t="s">
         <v>66</v>
       </c>
-      <c r="H431" s="39" t="s">
+      <c r="H431" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I431" s="41"/>
-      <c r="J431" s="42">
+      <c r="I431" s="94"/>
+      <c r="J431" s="91">
         <v>25</v>
       </c>
-      <c r="R431" s="45"/>
-[...1 lines deleted...]
-      <c r="W431" s="42">
+      <c r="R431" s="95"/>
+      <c r="T431" s="95"/>
+      <c r="W431" s="91">
         <v>25</v>
       </c>
-      <c r="X431" s="45"/>
-[...3 lines deleted...]
-      <c r="AA431" s="45">
+      <c r="X431" s="95"/>
+      <c r="Y431" s="93" t="s">
+        <v>1520</v>
+      </c>
+      <c r="AA431" s="95">
         <v>7500</v>
       </c>
-      <c r="AC431" s="42">
+      <c r="AC431" s="91">
         <v>25</v>
       </c>
-      <c r="AD431" s="45"/>
-[...3 lines deleted...]
-      <c r="AG431" s="45">
+      <c r="AD431" s="95"/>
+      <c r="AE431" s="93" t="s">
+        <v>1520</v>
+      </c>
+      <c r="AG431" s="95">
         <v>7500</v>
       </c>
-      <c r="AH431" s="45"/>
+      <c r="AH431" s="95"/>
     </row>
     <row r="432" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A432" s="39" t="s">
-        <v>719</v>
-[...1 lines deleted...]
-      <c r="B432" s="10" t="s">
+        <v>718</v>
+      </c>
+      <c r="B432" s="11" t="s">
         <v>388</v>
       </c>
       <c r="C432" s="40" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="D432" s="19">
         <v>100000</v>
       </c>
       <c r="E432" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F432" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G432" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H432" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I432" s="41"/>
       <c r="J432" s="42">
         <v>25</v>
       </c>
       <c r="R432" s="45"/>
       <c r="T432" s="45"/>
       <c r="W432" s="42">
         <v>25</v>
       </c>
       <c r="X432" s="45"/>
       <c r="Y432" s="40" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="AA432" s="45">
         <v>7500</v>
       </c>
       <c r="AC432" s="42">
         <v>25</v>
       </c>
       <c r="AD432" s="45"/>
       <c r="AE432" s="40" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="AG432" s="45">
         <v>7500</v>
       </c>
       <c r="AH432" s="45"/>
     </row>
     <row r="433" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A433" s="39" t="s">
-        <v>720</v>
-[...1 lines deleted...]
-      <c r="B433" s="11" t="s">
+        <v>719</v>
+      </c>
+      <c r="B433" s="10" t="s">
         <v>388</v>
       </c>
       <c r="C433" s="40" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D433" s="19">
         <v>100000</v>
       </c>
       <c r="E433" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F433" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G433" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H433" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I433" s="41"/>
       <c r="J433" s="42">
         <v>25</v>
       </c>
       <c r="R433" s="45"/>
       <c r="T433" s="45"/>
       <c r="W433" s="42">
         <v>25</v>
       </c>
       <c r="X433" s="45"/>
       <c r="Y433" s="40" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="AA433" s="45">
         <v>7500</v>
       </c>
       <c r="AC433" s="42">
         <v>25</v>
       </c>
       <c r="AD433" s="45"/>
       <c r="AE433" s="40" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="AG433" s="45">
         <v>7500</v>
       </c>
       <c r="AH433" s="45"/>
     </row>
     <row r="434" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A434" s="39" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="B434" s="11" t="s">
         <v>388</v>
       </c>
       <c r="C434" s="40" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="D434" s="19">
         <v>100000</v>
       </c>
       <c r="E434" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F434" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G434" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H434" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I434" s="41"/>
       <c r="J434" s="42">
         <v>25</v>
       </c>
       <c r="R434" s="45"/>
       <c r="T434" s="45"/>
       <c r="W434" s="42">
         <v>25</v>
       </c>
       <c r="X434" s="45"/>
       <c r="Y434" s="40" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="AA434" s="45">
         <v>7500</v>
       </c>
       <c r="AC434" s="42">
         <v>25</v>
       </c>
       <c r="AD434" s="45"/>
       <c r="AE434" s="40" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="AG434" s="45">
         <v>7500</v>
       </c>
       <c r="AH434" s="45"/>
     </row>
     <row r="435" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A435" s="39" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="B435" s="11" t="s">
         <v>388</v>
       </c>
       <c r="C435" s="40" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="D435" s="19">
         <v>100000</v>
       </c>
       <c r="E435" s="39" t="s">
         <v>351</v>
       </c>
       <c r="F435" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G435" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H435" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I435" s="41"/>
       <c r="J435" s="42">
         <v>25</v>
       </c>
       <c r="R435" s="45"/>
       <c r="T435" s="45"/>
       <c r="W435" s="42">
         <v>25</v>
       </c>
       <c r="X435" s="45"/>
       <c r="Y435" s="40" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="AA435" s="45">
         <v>7500</v>
       </c>
       <c r="AC435" s="42">
         <v>25</v>
       </c>
       <c r="AD435" s="45"/>
       <c r="AE435" s="40" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="AG435" s="45">
         <v>7500</v>
       </c>
       <c r="AH435" s="45"/>
     </row>
-    <row r="436" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-        <v>827</v>
+    <row r="436" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A436" s="39" t="s">
+        <v>722</v>
+      </c>
+      <c r="B436" s="11" t="s">
+        <v>388</v>
+      </c>
+      <c r="C436" s="40" t="s">
+        <v>397</v>
       </c>
       <c r="D436" s="19">
         <v>100000</v>
       </c>
-      <c r="E436" s="91" t="s">
-[...2 lines deleted...]
-      <c r="F436" s="91" t="s">
+      <c r="E436" s="39" t="s">
+        <v>351</v>
+      </c>
+      <c r="F436" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="G436" s="91" t="s">
+      <c r="G436" s="39" t="s">
         <v>66</v>
       </c>
-      <c r="H436" s="91" t="s">
+      <c r="H436" s="39" t="s">
         <v>349</v>
       </c>
-      <c r="I436" s="94"/>
-      <c r="J436" s="91">
+      <c r="I436" s="41"/>
+      <c r="J436" s="42">
         <v>25</v>
       </c>
-      <c r="K436" s="91"/>
-[...34 lines deleted...]
-      <c r="AH436" s="95"/>
+      <c r="R436" s="45"/>
+      <c r="T436" s="45"/>
+      <c r="W436" s="42">
+        <v>25</v>
+      </c>
+      <c r="X436" s="45"/>
+      <c r="Y436" s="40" t="s">
+        <v>398</v>
+      </c>
+      <c r="AA436" s="45">
+        <v>7500</v>
+      </c>
+      <c r="AC436" s="42">
+        <v>25</v>
+      </c>
+      <c r="AD436" s="45"/>
+      <c r="AE436" s="40" t="s">
+        <v>398</v>
+      </c>
+      <c r="AG436" s="45">
+        <v>7500</v>
+      </c>
+      <c r="AH436" s="45"/>
     </row>
     <row r="437" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A437" s="91" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="B437" s="98" t="s">
         <v>366</v>
       </c>
       <c r="C437" s="93" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="D437" s="19">
         <v>100000</v>
       </c>
       <c r="E437" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F437" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G437" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H437" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I437" s="94"/>
       <c r="J437" s="91">
         <v>25</v>
       </c>
       <c r="K437" s="91"/>
-      <c r="L437" s="91"/>
+      <c r="L437" s="101"/>
       <c r="M437" s="91"/>
       <c r="N437" s="91"/>
       <c r="O437" s="91"/>
       <c r="P437" s="91"/>
       <c r="Q437" s="91"/>
-      <c r="R437" s="91"/>
+      <c r="R437" s="95"/>
       <c r="S437" s="91"/>
-      <c r="T437" s="91"/>
+      <c r="T437" s="95"/>
       <c r="U437" s="91"/>
       <c r="V437" s="91"/>
       <c r="W437" s="136">
         <v>17</v>
       </c>
-      <c r="X437" s="91"/>
+      <c r="X437" s="93"/>
       <c r="Y437" s="93" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="Z437" s="91"/>
       <c r="AA437" s="95">
         <v>10000</v>
       </c>
       <c r="AB437" s="91"/>
       <c r="AC437" s="136">
         <v>17</v>
       </c>
-      <c r="AD437" s="91"/>
+      <c r="AD437" s="93"/>
       <c r="AE437" s="93" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="AF437" s="91"/>
       <c r="AG437" s="95">
         <v>10000</v>
       </c>
-      <c r="AH437" s="91"/>
+      <c r="AH437" s="95"/>
     </row>
     <row r="438" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A438" s="91" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="B438" s="98" t="s">
         <v>366</v>
       </c>
       <c r="C438" s="93" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="D438" s="19">
         <v>100000</v>
       </c>
       <c r="E438" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F438" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G438" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H438" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I438" s="94"/>
       <c r="J438" s="91">
         <v>25</v>
       </c>
       <c r="K438" s="91"/>
       <c r="L438" s="91"/>
       <c r="M438" s="91"/>
       <c r="N438" s="91"/>
       <c r="O438" s="91"/>
       <c r="P438" s="91"/>
       <c r="Q438" s="91"/>
       <c r="R438" s="91"/>
       <c r="S438" s="91"/>
       <c r="T438" s="91"/>
       <c r="U438" s="91"/>
       <c r="V438" s="91"/>
       <c r="W438" s="136">
         <v>17</v>
       </c>
       <c r="X438" s="91"/>
       <c r="Y438" s="93" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="Z438" s="91"/>
       <c r="AA438" s="95">
         <v>10000</v>
       </c>
       <c r="AB438" s="91"/>
       <c r="AC438" s="136">
         <v>17</v>
       </c>
       <c r="AD438" s="91"/>
       <c r="AE438" s="93" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="AF438" s="91"/>
       <c r="AG438" s="95">
         <v>10000</v>
       </c>
       <c r="AH438" s="91"/>
     </row>
     <row r="439" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A439" s="91" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="B439" s="98" t="s">
         <v>366</v>
       </c>
       <c r="C439" s="93" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="D439" s="19">
         <v>100000</v>
       </c>
       <c r="E439" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F439" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G439" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H439" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I439" s="94"/>
       <c r="J439" s="91">
         <v>25</v>
       </c>
       <c r="K439" s="91"/>
       <c r="L439" s="91"/>
       <c r="M439" s="91"/>
       <c r="N439" s="91"/>
       <c r="O439" s="91"/>
       <c r="P439" s="91"/>
       <c r="Q439" s="91"/>
       <c r="R439" s="91"/>
       <c r="S439" s="91"/>
       <c r="T439" s="91"/>
       <c r="U439" s="91"/>
       <c r="V439" s="91"/>
       <c r="W439" s="136">
         <v>17</v>
       </c>
       <c r="X439" s="91"/>
       <c r="Y439" s="93" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="Z439" s="91"/>
       <c r="AA439" s="95">
         <v>10000</v>
       </c>
       <c r="AB439" s="91"/>
       <c r="AC439" s="136">
         <v>17</v>
       </c>
       <c r="AD439" s="91"/>
       <c r="AE439" s="93" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="AF439" s="91"/>
       <c r="AG439" s="95">
         <v>10000</v>
       </c>
       <c r="AH439" s="91"/>
     </row>
     <row r="440" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A440" s="91" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="B440" s="98" t="s">
         <v>366</v>
       </c>
       <c r="C440" s="93" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="D440" s="19">
         <v>100000</v>
       </c>
       <c r="E440" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F440" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G440" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H440" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I440" s="94"/>
       <c r="J440" s="91">
         <v>25</v>
       </c>
       <c r="K440" s="91"/>
       <c r="L440" s="91"/>
       <c r="M440" s="91"/>
       <c r="N440" s="91"/>
       <c r="O440" s="91"/>
       <c r="P440" s="91"/>
       <c r="Q440" s="91"/>
       <c r="R440" s="91"/>
       <c r="S440" s="91"/>
       <c r="T440" s="91"/>
       <c r="U440" s="91"/>
       <c r="V440" s="91"/>
       <c r="W440" s="136">
         <v>17</v>
       </c>
       <c r="X440" s="91"/>
       <c r="Y440" s="93" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="Z440" s="91"/>
       <c r="AA440" s="95">
         <v>10000</v>
       </c>
       <c r="AB440" s="91"/>
       <c r="AC440" s="136">
         <v>17</v>
       </c>
       <c r="AD440" s="91"/>
       <c r="AE440" s="93" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="AF440" s="91"/>
       <c r="AG440" s="95">
         <v>10000</v>
       </c>
       <c r="AH440" s="91"/>
     </row>
-    <row r="441" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="441" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A441" s="91" t="s">
-        <v>1549</v>
+        <v>838</v>
       </c>
       <c r="B441" s="98" t="s">
         <v>366</v>
       </c>
       <c r="C441" s="93" t="s">
-        <v>1548</v>
+        <v>839</v>
       </c>
       <c r="D441" s="19">
         <v>100000</v>
       </c>
       <c r="E441" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F441" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G441" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H441" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I441" s="94"/>
       <c r="J441" s="91">
         <v>25</v>
       </c>
       <c r="K441" s="91"/>
-      <c r="L441" s="101"/>
+      <c r="L441" s="91"/>
       <c r="M441" s="91"/>
       <c r="N441" s="91"/>
       <c r="O441" s="91"/>
       <c r="P441" s="91"/>
       <c r="Q441" s="91"/>
-      <c r="R441" s="95"/>
+      <c r="R441" s="91"/>
       <c r="S441" s="91"/>
-      <c r="T441" s="95"/>
+      <c r="T441" s="91"/>
       <c r="U441" s="91"/>
       <c r="V441" s="91"/>
-      <c r="W441" s="101">
+      <c r="W441" s="136">
         <v>17</v>
       </c>
-      <c r="X441" s="93"/>
+      <c r="X441" s="91"/>
       <c r="Y441" s="93" t="s">
-        <v>1547</v>
+        <v>840</v>
       </c>
       <c r="Z441" s="91"/>
       <c r="AA441" s="95">
         <v>10000</v>
       </c>
       <c r="AB441" s="91"/>
-      <c r="AC441" s="101">
+      <c r="AC441" s="136">
         <v>17</v>
       </c>
-      <c r="AD441" s="93"/>
+      <c r="AD441" s="91"/>
       <c r="AE441" s="93" t="s">
-        <v>1547</v>
+        <v>840</v>
       </c>
       <c r="AF441" s="91"/>
       <c r="AG441" s="95">
         <v>10000</v>
       </c>
-      <c r="AH441" s="95"/>
+      <c r="AH441" s="91"/>
     </row>
     <row r="442" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A442" s="91" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="B442" s="98" t="s">
         <v>366</v>
       </c>
       <c r="C442" s="93" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="D442" s="19">
         <v>100000</v>
       </c>
       <c r="E442" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F442" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G442" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H442" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I442" s="94"/>
       <c r="J442" s="91">
         <v>25</v>
       </c>
       <c r="K442" s="91"/>
       <c r="L442" s="101"/>
       <c r="M442" s="91"/>
       <c r="N442" s="91"/>
       <c r="O442" s="91"/>
       <c r="P442" s="91"/>
       <c r="Q442" s="91"/>
       <c r="R442" s="95"/>
       <c r="S442" s="91"/>
       <c r="T442" s="95"/>
       <c r="U442" s="91"/>
       <c r="V442" s="91"/>
       <c r="W442" s="101">
         <v>17</v>
       </c>
       <c r="X442" s="93"/>
       <c r="Y442" s="93" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="Z442" s="91"/>
       <c r="AA442" s="95">
         <v>10000</v>
       </c>
       <c r="AB442" s="91"/>
       <c r="AC442" s="101">
         <v>17</v>
       </c>
       <c r="AD442" s="93"/>
       <c r="AE442" s="93" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="AF442" s="91"/>
       <c r="AG442" s="95">
         <v>10000</v>
       </c>
       <c r="AH442" s="95"/>
     </row>
     <row r="443" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A443" s="91" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="B443" s="98" t="s">
         <v>366</v>
       </c>
       <c r="C443" s="93" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="D443" s="19">
         <v>100000</v>
       </c>
       <c r="E443" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F443" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G443" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H443" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I443" s="94"/>
       <c r="J443" s="91">
         <v>25</v>
       </c>
       <c r="K443" s="91"/>
       <c r="L443" s="101"/>
       <c r="M443" s="91"/>
       <c r="N443" s="91"/>
       <c r="O443" s="91"/>
       <c r="P443" s="91"/>
       <c r="Q443" s="91"/>
       <c r="R443" s="95"/>
       <c r="S443" s="91"/>
       <c r="T443" s="95"/>
       <c r="U443" s="91"/>
       <c r="V443" s="91"/>
       <c r="W443" s="101">
         <v>17</v>
       </c>
       <c r="X443" s="93"/>
       <c r="Y443" s="93" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="Z443" s="91"/>
       <c r="AA443" s="95">
         <v>10000</v>
       </c>
       <c r="AB443" s="91"/>
       <c r="AC443" s="101">
         <v>17</v>
       </c>
       <c r="AD443" s="93"/>
       <c r="AE443" s="93" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="AF443" s="91"/>
       <c r="AG443" s="95">
         <v>10000</v>
       </c>
       <c r="AH443" s="95"/>
     </row>
     <row r="444" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A444" s="91" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B444" s="98" t="s">
         <v>366</v>
       </c>
       <c r="C444" s="93" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="D444" s="19">
         <v>100000</v>
       </c>
       <c r="E444" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F444" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G444" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H444" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I444" s="94"/>
       <c r="J444" s="91">
         <v>25</v>
       </c>
       <c r="K444" s="91"/>
       <c r="L444" s="101"/>
       <c r="M444" s="91"/>
       <c r="N444" s="91"/>
       <c r="O444" s="91"/>
       <c r="P444" s="91"/>
       <c r="Q444" s="91"/>
       <c r="R444" s="95"/>
       <c r="S444" s="91"/>
       <c r="T444" s="95"/>
       <c r="U444" s="91"/>
       <c r="V444" s="91"/>
       <c r="W444" s="101">
         <v>17</v>
       </c>
       <c r="X444" s="93"/>
       <c r="Y444" s="93" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="Z444" s="91"/>
       <c r="AA444" s="95">
         <v>10000</v>
       </c>
       <c r="AB444" s="91"/>
       <c r="AC444" s="101">
         <v>17</v>
       </c>
       <c r="AD444" s="93"/>
       <c r="AE444" s="93" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="AF444" s="91"/>
       <c r="AG444" s="95">
         <v>10000</v>
       </c>
       <c r="AH444" s="95"/>
     </row>
     <row r="445" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A445" s="91" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="B445" s="98" t="s">
         <v>366</v>
       </c>
       <c r="C445" s="93" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="D445" s="19">
         <v>100000</v>
       </c>
       <c r="E445" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F445" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G445" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H445" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I445" s="94"/>
       <c r="J445" s="91">
         <v>25</v>
       </c>
       <c r="K445" s="91"/>
       <c r="L445" s="101"/>
       <c r="M445" s="91"/>
       <c r="N445" s="91"/>
       <c r="O445" s="91"/>
       <c r="P445" s="91"/>
       <c r="Q445" s="91"/>
       <c r="R445" s="95"/>
       <c r="S445" s="91"/>
       <c r="T445" s="95"/>
       <c r="U445" s="91"/>
       <c r="V445" s="91"/>
       <c r="W445" s="101">
         <v>17</v>
       </c>
       <c r="X445" s="93"/>
       <c r="Y445" s="93" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="Z445" s="91"/>
       <c r="AA445" s="95">
         <v>10000</v>
       </c>
       <c r="AB445" s="91"/>
       <c r="AC445" s="101">
         <v>17</v>
       </c>
       <c r="AD445" s="93"/>
       <c r="AE445" s="93" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="AF445" s="91"/>
       <c r="AG445" s="95">
         <v>10000</v>
       </c>
       <c r="AH445" s="95"/>
     </row>
-    <row r="446" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B446" s="11" t="s">
+    <row r="446" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A446" s="91" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B446" s="98" t="s">
         <v>366</v>
       </c>
-      <c r="C446" s="40" t="s">
-        <v>448</v>
+      <c r="C446" s="93" t="s">
+        <v>1536</v>
       </c>
       <c r="D446" s="19">
         <v>100000</v>
       </c>
-      <c r="E446" s="39" t="s">
+      <c r="E446" s="91" t="s">
         <v>348</v>
       </c>
-      <c r="F446" s="39" t="s">
+      <c r="F446" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="G446" s="39" t="s">
+      <c r="G446" s="91" t="s">
         <v>66</v>
       </c>
-      <c r="H446" s="39" t="s">
+      <c r="H446" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I446" s="41"/>
-      <c r="J446" s="42">
+      <c r="I446" s="94"/>
+      <c r="J446" s="91">
         <v>25</v>
       </c>
-      <c r="K446" s="39"/>
-[...11 lines deleted...]
-      <c r="W446" s="137">
+      <c r="K446" s="91"/>
+      <c r="L446" s="101"/>
+      <c r="M446" s="91"/>
+      <c r="N446" s="91"/>
+      <c r="O446" s="91"/>
+      <c r="P446" s="91"/>
+      <c r="Q446" s="91"/>
+      <c r="R446" s="95"/>
+      <c r="S446" s="91"/>
+      <c r="T446" s="95"/>
+      <c r="U446" s="91"/>
+      <c r="V446" s="91"/>
+      <c r="W446" s="101">
         <v>17</v>
       </c>
-      <c r="X446" s="40"/>
-[...4 lines deleted...]
-      <c r="AA446" s="45">
+      <c r="X446" s="93"/>
+      <c r="Y446" s="93" t="s">
+        <v>1535</v>
+      </c>
+      <c r="Z446" s="91"/>
+      <c r="AA446" s="95">
         <v>10000</v>
       </c>
-      <c r="AB446" s="39"/>
-      <c r="AC446" s="137">
+      <c r="AB446" s="91"/>
+      <c r="AC446" s="101">
         <v>17</v>
       </c>
-      <c r="AD446" s="40"/>
-[...4 lines deleted...]
-      <c r="AG446" s="45">
+      <c r="AD446" s="93"/>
+      <c r="AE446" s="93" t="s">
+        <v>1535</v>
+      </c>
+      <c r="AF446" s="91"/>
+      <c r="AG446" s="95">
         <v>10000</v>
       </c>
-      <c r="AH446" s="45"/>
-[...1 lines deleted...]
-    <row r="447" spans="1:34" s="60" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AH446" s="95"/>
+    </row>
+    <row r="447" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A447" s="39" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="B447" s="11" t="s">
         <v>366</v>
       </c>
       <c r="C447" s="40" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D447" s="19">
         <v>100000</v>
       </c>
       <c r="E447" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F447" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G447" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H447" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I447" s="41"/>
       <c r="J447" s="42">
         <v>25</v>
       </c>
       <c r="K447" s="39"/>
       <c r="L447" s="21"/>
       <c r="M447" s="39"/>
       <c r="N447" s="39"/>
       <c r="O447" s="39"/>
       <c r="P447" s="39"/>
       <c r="Q447" s="39"/>
       <c r="R447" s="45"/>
       <c r="S447" s="39"/>
       <c r="T447" s="45"/>
       <c r="U447" s="39"/>
       <c r="V447" s="39"/>
       <c r="W447" s="137">
         <v>17</v>
       </c>
       <c r="X447" s="40"/>
       <c r="Y447" s="40" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="Z447" s="39"/>
       <c r="AA447" s="45">
         <v>10000</v>
       </c>
       <c r="AB447" s="39"/>
       <c r="AC447" s="137">
         <v>17</v>
       </c>
       <c r="AD447" s="40"/>
       <c r="AE447" s="40" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="AF447" s="39"/>
       <c r="AG447" s="45">
         <v>10000</v>
       </c>
       <c r="AH447" s="45"/>
     </row>
-    <row r="448" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="448" spans="1:34" s="60" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A448" s="39" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="B448" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B448" s="11" t="s">
         <v>366</v>
       </c>
       <c r="C448" s="40" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="D448" s="19">
         <v>100000</v>
       </c>
       <c r="E448" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F448" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G448" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H448" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I448" s="41"/>
       <c r="J448" s="42">
         <v>25</v>
       </c>
       <c r="K448" s="39"/>
       <c r="L448" s="21"/>
       <c r="M448" s="39"/>
       <c r="N448" s="39"/>
       <c r="O448" s="39"/>
       <c r="P448" s="39"/>
       <c r="Q448" s="39"/>
       <c r="R448" s="45"/>
       <c r="S448" s="39"/>
       <c r="T448" s="45"/>
       <c r="U448" s="39"/>
       <c r="V448" s="39"/>
       <c r="W448" s="137">
         <v>17</v>
       </c>
       <c r="X448" s="40"/>
       <c r="Y448" s="40" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="Z448" s="39"/>
       <c r="AA448" s="45">
         <v>10000</v>
       </c>
       <c r="AB448" s="39"/>
       <c r="AC448" s="137">
         <v>17</v>
       </c>
       <c r="AD448" s="40"/>
       <c r="AE448" s="40" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="AF448" s="39"/>
       <c r="AG448" s="45">
         <v>10000</v>
       </c>
       <c r="AH448" s="45"/>
     </row>
-    <row r="449" spans="1:34" s="58" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="449" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A449" s="39" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="B449" s="10" t="s">
         <v>366</v>
       </c>
       <c r="C449" s="40" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="D449" s="19">
         <v>100000</v>
       </c>
       <c r="E449" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F449" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G449" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H449" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I449" s="41"/>
       <c r="J449" s="42">
         <v>25</v>
       </c>
       <c r="K449" s="39"/>
       <c r="L449" s="21"/>
       <c r="M449" s="39"/>
       <c r="N449" s="39"/>
       <c r="O449" s="39"/>
       <c r="P449" s="39"/>
       <c r="Q449" s="39"/>
       <c r="R449" s="45"/>
       <c r="S449" s="39"/>
       <c r="T449" s="45"/>
       <c r="U449" s="39"/>
       <c r="V449" s="39"/>
       <c r="W449" s="137">
         <v>17</v>
       </c>
       <c r="X449" s="40"/>
       <c r="Y449" s="40" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="Z449" s="39"/>
       <c r="AA449" s="45">
         <v>10000</v>
       </c>
       <c r="AB449" s="39"/>
       <c r="AC449" s="137">
         <v>17</v>
       </c>
       <c r="AD449" s="40"/>
       <c r="AE449" s="40" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="AF449" s="39"/>
       <c r="AG449" s="45">
         <v>10000</v>
       </c>
       <c r="AH449" s="45"/>
     </row>
-    <row r="450" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="450" spans="1:34" s="58" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A450" s="39" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="B450" s="10" t="s">
         <v>366</v>
       </c>
       <c r="C450" s="40" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D450" s="19">
         <v>100000</v>
       </c>
       <c r="E450" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F450" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G450" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H450" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I450" s="41"/>
       <c r="J450" s="42">
         <v>25</v>
       </c>
       <c r="K450" s="39"/>
       <c r="L450" s="21"/>
       <c r="M450" s="39"/>
       <c r="N450" s="39"/>
       <c r="O450" s="39"/>
       <c r="P450" s="39"/>
       <c r="Q450" s="39"/>
       <c r="R450" s="45"/>
       <c r="S450" s="39"/>
       <c r="T450" s="45"/>
       <c r="U450" s="39"/>
       <c r="V450" s="39"/>
       <c r="W450" s="137">
         <v>17</v>
       </c>
       <c r="X450" s="40"/>
       <c r="Y450" s="40" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="Z450" s="39"/>
       <c r="AA450" s="45">
         <v>10000</v>
       </c>
       <c r="AB450" s="39"/>
       <c r="AC450" s="137">
         <v>17</v>
       </c>
       <c r="AD450" s="40"/>
       <c r="AE450" s="40" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="AF450" s="39"/>
       <c r="AG450" s="45">
         <v>10000</v>
       </c>
       <c r="AH450" s="45"/>
     </row>
-    <row r="451" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B451" s="98" t="s">
+    <row r="451" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A451" s="39" t="s">
+        <v>749</v>
+      </c>
+      <c r="B451" s="10" t="s">
         <v>366</v>
       </c>
-      <c r="C451" s="93" t="s">
-        <v>1563</v>
+      <c r="C451" s="40" t="s">
+        <v>456</v>
       </c>
       <c r="D451" s="19">
         <v>100000</v>
       </c>
-      <c r="E451" s="91" t="s">
+      <c r="E451" s="39" t="s">
         <v>348</v>
       </c>
-      <c r="F451" s="91" t="s">
+      <c r="F451" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="G451" s="91" t="s">
+      <c r="G451" s="39" t="s">
         <v>66</v>
       </c>
-      <c r="H451" s="91" t="s">
+      <c r="H451" s="39" t="s">
         <v>349</v>
       </c>
-      <c r="I451" s="94"/>
-      <c r="J451" s="91">
+      <c r="I451" s="41"/>
+      <c r="J451" s="42">
         <v>25</v>
       </c>
-      <c r="K451" s="91"/>
-[...11 lines deleted...]
-      <c r="W451" s="101">
+      <c r="K451" s="39"/>
+      <c r="L451" s="21"/>
+      <c r="M451" s="39"/>
+      <c r="N451" s="39"/>
+      <c r="O451" s="39"/>
+      <c r="P451" s="39"/>
+      <c r="Q451" s="39"/>
+      <c r="R451" s="45"/>
+      <c r="S451" s="39"/>
+      <c r="T451" s="45"/>
+      <c r="U451" s="39"/>
+      <c r="V451" s="39"/>
+      <c r="W451" s="137">
         <v>17</v>
       </c>
-      <c r="X451" s="93"/>
-[...4 lines deleted...]
-      <c r="AA451" s="95">
+      <c r="X451" s="40"/>
+      <c r="Y451" s="40" t="s">
+        <v>457</v>
+      </c>
+      <c r="Z451" s="39"/>
+      <c r="AA451" s="45">
         <v>10000</v>
       </c>
-      <c r="AB451" s="91"/>
-      <c r="AC451" s="101">
+      <c r="AB451" s="39"/>
+      <c r="AC451" s="137">
         <v>17</v>
       </c>
-      <c r="AD451" s="93"/>
-[...4 lines deleted...]
-      <c r="AG451" s="95">
+      <c r="AD451" s="40"/>
+      <c r="AE451" s="40" t="s">
+        <v>457</v>
+      </c>
+      <c r="AF451" s="39"/>
+      <c r="AG451" s="45">
         <v>10000</v>
       </c>
-      <c r="AH451" s="95"/>
+      <c r="AH451" s="45"/>
     </row>
     <row r="452" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A452" s="91" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="B452" s="98" t="s">
         <v>366</v>
       </c>
       <c r="C452" s="93" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="D452" s="19">
         <v>100000</v>
       </c>
       <c r="E452" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F452" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G452" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H452" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I452" s="94"/>
       <c r="J452" s="91">
         <v>25</v>
       </c>
       <c r="K452" s="91"/>
       <c r="L452" s="101"/>
       <c r="M452" s="91"/>
       <c r="N452" s="91"/>
       <c r="O452" s="91"/>
       <c r="P452" s="91"/>
       <c r="Q452" s="91"/>
       <c r="R452" s="95"/>
       <c r="S452" s="91"/>
       <c r="T452" s="95"/>
       <c r="U452" s="91"/>
       <c r="V452" s="91"/>
       <c r="W452" s="101">
         <v>17</v>
       </c>
       <c r="X452" s="93"/>
       <c r="Y452" s="93" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="Z452" s="91"/>
       <c r="AA452" s="95">
         <v>10000</v>
       </c>
       <c r="AB452" s="91"/>
       <c r="AC452" s="101">
         <v>17</v>
       </c>
       <c r="AD452" s="93"/>
       <c r="AE452" s="93" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="AF452" s="91"/>
       <c r="AG452" s="95">
         <v>10000</v>
       </c>
       <c r="AH452" s="95"/>
     </row>
     <row r="453" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A453" s="91" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="B453" s="98" t="s">
         <v>366</v>
       </c>
       <c r="C453" s="93" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="D453" s="19">
         <v>100000</v>
       </c>
       <c r="E453" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F453" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G453" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H453" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I453" s="94"/>
       <c r="J453" s="91">
         <v>25</v>
       </c>
       <c r="K453" s="91"/>
       <c r="L453" s="101"/>
       <c r="M453" s="91"/>
       <c r="N453" s="91"/>
       <c r="O453" s="91"/>
       <c r="P453" s="91"/>
       <c r="Q453" s="91"/>
       <c r="R453" s="95"/>
       <c r="S453" s="91"/>
       <c r="T453" s="95"/>
       <c r="U453" s="91"/>
       <c r="V453" s="91"/>
       <c r="W453" s="101">
         <v>17</v>
       </c>
       <c r="X453" s="93"/>
       <c r="Y453" s="93" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="Z453" s="91"/>
       <c r="AA453" s="95">
         <v>10000</v>
       </c>
       <c r="AB453" s="91"/>
       <c r="AC453" s="101">
         <v>17</v>
       </c>
       <c r="AD453" s="93"/>
       <c r="AE453" s="93" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="AF453" s="91"/>
       <c r="AG453" s="95">
         <v>10000</v>
       </c>
       <c r="AH453" s="95"/>
     </row>
     <row r="454" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A454" s="91" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="B454" s="98" t="s">
         <v>366</v>
       </c>
       <c r="C454" s="93" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="D454" s="19">
         <v>100000</v>
       </c>
       <c r="E454" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F454" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G454" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H454" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I454" s="94"/>
       <c r="J454" s="91">
         <v>25</v>
       </c>
       <c r="K454" s="91"/>
       <c r="L454" s="101"/>
       <c r="M454" s="91"/>
       <c r="N454" s="91"/>
       <c r="O454" s="91"/>
       <c r="P454" s="91"/>
       <c r="Q454" s="91"/>
       <c r="R454" s="95"/>
       <c r="S454" s="91"/>
       <c r="T454" s="95"/>
       <c r="U454" s="91"/>
       <c r="V454" s="91"/>
       <c r="W454" s="101">
         <v>17</v>
       </c>
       <c r="X454" s="93"/>
       <c r="Y454" s="93" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
       <c r="Z454" s="91"/>
       <c r="AA454" s="95">
         <v>10000</v>
       </c>
       <c r="AB454" s="91"/>
       <c r="AC454" s="101">
         <v>17</v>
       </c>
       <c r="AD454" s="93"/>
       <c r="AE454" s="93" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
       <c r="AF454" s="91"/>
       <c r="AG454" s="95">
         <v>10000</v>
       </c>
       <c r="AH454" s="95"/>
     </row>
     <row r="455" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A455" s="91" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
       <c r="B455" s="98" t="s">
         <v>366</v>
       </c>
       <c r="C455" s="93" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="D455" s="19">
         <v>100000</v>
       </c>
       <c r="E455" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F455" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G455" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H455" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I455" s="94"/>
       <c r="J455" s="91">
         <v>25</v>
       </c>
       <c r="K455" s="91"/>
       <c r="L455" s="101"/>
       <c r="M455" s="91"/>
       <c r="N455" s="91"/>
       <c r="O455" s="91"/>
       <c r="P455" s="91"/>
       <c r="Q455" s="91"/>
       <c r="R455" s="95"/>
       <c r="S455" s="91"/>
       <c r="T455" s="95"/>
       <c r="U455" s="91"/>
       <c r="V455" s="91"/>
       <c r="W455" s="101">
         <v>17</v>
       </c>
       <c r="X455" s="93"/>
       <c r="Y455" s="93" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
       <c r="Z455" s="91"/>
       <c r="AA455" s="95">
         <v>10000</v>
       </c>
       <c r="AB455" s="91"/>
       <c r="AC455" s="101">
         <v>17</v>
       </c>
       <c r="AD455" s="93"/>
       <c r="AE455" s="93" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
       <c r="AF455" s="91"/>
       <c r="AG455" s="95">
         <v>10000</v>
       </c>
       <c r="AH455" s="95"/>
     </row>
-    <row r="456" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B456" s="11" t="s">
+    <row r="456" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A456" s="91" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B456" s="98" t="s">
         <v>366</v>
       </c>
-      <c r="C456" s="40" t="s">
-        <v>367</v>
+      <c r="C456" s="93" t="s">
+        <v>1551</v>
       </c>
       <c r="D456" s="19">
         <v>100000</v>
       </c>
-      <c r="E456" s="39" t="s">
+      <c r="E456" s="91" t="s">
         <v>348</v>
       </c>
-      <c r="F456" s="39" t="s">
+      <c r="F456" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="G456" s="39" t="s">
+      <c r="G456" s="91" t="s">
         <v>66</v>
       </c>
-      <c r="H456" s="39" t="s">
+      <c r="H456" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I456" s="41"/>
-      <c r="J456" s="42">
+      <c r="I456" s="94"/>
+      <c r="J456" s="91">
         <v>25</v>
       </c>
-      <c r="K456" s="39"/>
-[...11 lines deleted...]
-      <c r="W456" s="137">
+      <c r="K456" s="91"/>
+      <c r="L456" s="101"/>
+      <c r="M456" s="91"/>
+      <c r="N456" s="91"/>
+      <c r="O456" s="91"/>
+      <c r="P456" s="91"/>
+      <c r="Q456" s="91"/>
+      <c r="R456" s="95"/>
+      <c r="S456" s="91"/>
+      <c r="T456" s="95"/>
+      <c r="U456" s="91"/>
+      <c r="V456" s="91"/>
+      <c r="W456" s="101">
         <v>17</v>
       </c>
-      <c r="X456" s="45"/>
-[...4 lines deleted...]
-      <c r="AA456" s="45">
+      <c r="X456" s="93"/>
+      <c r="Y456" s="93" t="s">
+        <v>1550</v>
+      </c>
+      <c r="Z456" s="91"/>
+      <c r="AA456" s="95">
         <v>10000</v>
       </c>
-      <c r="AB456" s="39"/>
-      <c r="AC456" s="42">
+      <c r="AB456" s="91"/>
+      <c r="AC456" s="101">
         <v>17</v>
       </c>
-      <c r="AD456" s="45"/>
-[...4 lines deleted...]
-      <c r="AG456" s="45">
+      <c r="AD456" s="93"/>
+      <c r="AE456" s="93" t="s">
+        <v>1550</v>
+      </c>
+      <c r="AF456" s="91"/>
+      <c r="AG456" s="95">
         <v>10000</v>
       </c>
-      <c r="AH456" s="45"/>
+      <c r="AH456" s="95"/>
     </row>
     <row r="457" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A457" s="39" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="B457" s="11" t="s">
         <v>366</v>
       </c>
       <c r="C457" s="40" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D457" s="19">
         <v>100000</v>
       </c>
       <c r="E457" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F457" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G457" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H457" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I457" s="41"/>
       <c r="J457" s="42">
         <v>25</v>
       </c>
       <c r="K457" s="39"/>
       <c r="L457" s="21"/>
       <c r="M457" s="39"/>
       <c r="N457" s="39"/>
       <c r="O457" s="39"/>
       <c r="P457" s="39"/>
       <c r="Q457" s="39"/>
       <c r="R457" s="45"/>
       <c r="S457" s="39"/>
       <c r="T457" s="45"/>
       <c r="U457" s="39"/>
       <c r="V457" s="39"/>
       <c r="W457" s="137">
         <v>17</v>
       </c>
       <c r="X457" s="45"/>
       <c r="Y457" s="40" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="Z457" s="39"/>
       <c r="AA457" s="45">
         <v>10000</v>
       </c>
       <c r="AB457" s="39"/>
       <c r="AC457" s="42">
         <v>17</v>
       </c>
       <c r="AD457" s="45"/>
       <c r="AE457" s="40" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="AF457" s="39"/>
       <c r="AG457" s="45">
         <v>10000</v>
       </c>
       <c r="AH457" s="45"/>
     </row>
     <row r="458" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A458" s="39" t="s">
-        <v>742</v>
-[...1 lines deleted...]
-      <c r="B458" s="10" t="s">
+        <v>741</v>
+      </c>
+      <c r="B458" s="11" t="s">
         <v>366</v>
       </c>
       <c r="C458" s="40" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D458" s="19">
         <v>100000</v>
       </c>
       <c r="E458" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F458" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G458" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H458" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I458" s="41"/>
       <c r="J458" s="42">
         <v>25</v>
       </c>
       <c r="K458" s="39"/>
       <c r="L458" s="21"/>
       <c r="M458" s="39"/>
       <c r="N458" s="39"/>
       <c r="O458" s="39"/>
       <c r="P458" s="39"/>
       <c r="Q458" s="39"/>
       <c r="R458" s="45"/>
       <c r="S458" s="39"/>
       <c r="T458" s="45"/>
       <c r="U458" s="39"/>
       <c r="V458" s="39"/>
       <c r="W458" s="137">
         <v>17</v>
       </c>
       <c r="X458" s="45"/>
       <c r="Y458" s="40" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="Z458" s="39"/>
       <c r="AA458" s="45">
         <v>10000</v>
       </c>
       <c r="AB458" s="39"/>
       <c r="AC458" s="42">
         <v>17</v>
       </c>
       <c r="AD458" s="45"/>
       <c r="AE458" s="40" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="AF458" s="39"/>
       <c r="AG458" s="45">
         <v>10000</v>
       </c>
       <c r="AH458" s="45"/>
     </row>
     <row r="459" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A459" s="39" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="B459" s="10" t="s">
         <v>366</v>
       </c>
       <c r="C459" s="40" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="D459" s="19">
         <v>100000</v>
       </c>
       <c r="E459" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F459" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G459" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H459" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I459" s="41"/>
       <c r="J459" s="42">
         <v>25</v>
       </c>
       <c r="K459" s="39"/>
       <c r="L459" s="21"/>
       <c r="M459" s="39"/>
       <c r="N459" s="39"/>
       <c r="O459" s="39"/>
       <c r="P459" s="39"/>
       <c r="Q459" s="39"/>
       <c r="R459" s="45"/>
       <c r="S459" s="39"/>
       <c r="T459" s="45"/>
       <c r="U459" s="39"/>
       <c r="V459" s="39"/>
       <c r="W459" s="137">
         <v>17</v>
       </c>
       <c r="X459" s="45"/>
       <c r="Y459" s="40" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="Z459" s="39"/>
       <c r="AA459" s="45">
         <v>10000</v>
       </c>
       <c r="AB459" s="39"/>
       <c r="AC459" s="42">
         <v>17</v>
       </c>
       <c r="AD459" s="45"/>
       <c r="AE459" s="40" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="AF459" s="39"/>
       <c r="AG459" s="45">
         <v>10000</v>
       </c>
       <c r="AH459" s="45"/>
     </row>
     <row r="460" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A460" s="39" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="B460" s="10" t="s">
         <v>366</v>
       </c>
       <c r="C460" s="40" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="D460" s="19">
         <v>100000</v>
       </c>
       <c r="E460" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F460" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G460" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H460" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I460" s="41"/>
       <c r="J460" s="42">
         <v>25</v>
       </c>
       <c r="K460" s="39"/>
       <c r="L460" s="21"/>
       <c r="M460" s="39"/>
       <c r="N460" s="39"/>
       <c r="O460" s="39"/>
       <c r="P460" s="39"/>
       <c r="Q460" s="39"/>
       <c r="R460" s="45"/>
       <c r="S460" s="39"/>
       <c r="T460" s="45"/>
       <c r="U460" s="39"/>
       <c r="V460" s="39"/>
       <c r="W460" s="137">
         <v>17</v>
       </c>
       <c r="X460" s="45"/>
       <c r="Y460" s="40" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="Z460" s="39"/>
       <c r="AA460" s="45">
         <v>10000</v>
       </c>
       <c r="AB460" s="39"/>
       <c r="AC460" s="42">
         <v>17</v>
       </c>
       <c r="AD460" s="45"/>
       <c r="AE460" s="40" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="AF460" s="39"/>
       <c r="AG460" s="45">
         <v>10000</v>
       </c>
       <c r="AH460" s="45"/>
     </row>
-    <row r="461" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-        <v>842</v>
+    <row r="461" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A461" s="39" t="s">
+        <v>744</v>
+      </c>
+      <c r="B461" s="10" t="s">
+        <v>366</v>
+      </c>
+      <c r="C461" s="40" t="s">
+        <v>375</v>
       </c>
       <c r="D461" s="19">
         <v>100000</v>
       </c>
-      <c r="E461" s="91" t="s">
+      <c r="E461" s="39" t="s">
         <v>348</v>
       </c>
-      <c r="F461" s="91" t="s">
+      <c r="F461" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="G461" s="91" t="s">
+      <c r="G461" s="39" t="s">
         <v>66</v>
       </c>
-      <c r="H461" s="91" t="s">
+      <c r="H461" s="39" t="s">
         <v>349</v>
       </c>
-      <c r="I461" s="94"/>
-      <c r="J461" s="91">
+      <c r="I461" s="41"/>
+      <c r="J461" s="42">
         <v>25</v>
       </c>
-      <c r="K461" s="91"/>
-[...19 lines deleted...]
-      <c r="AA461" s="95">
+      <c r="K461" s="39"/>
+      <c r="L461" s="21"/>
+      <c r="M461" s="39"/>
+      <c r="N461" s="39"/>
+      <c r="O461" s="39"/>
+      <c r="P461" s="39"/>
+      <c r="Q461" s="39"/>
+      <c r="R461" s="45"/>
+      <c r="S461" s="39"/>
+      <c r="T461" s="45"/>
+      <c r="U461" s="39"/>
+      <c r="V461" s="39"/>
+      <c r="W461" s="137">
+        <v>17</v>
+      </c>
+      <c r="X461" s="45"/>
+      <c r="Y461" s="40" t="s">
+        <v>376</v>
+      </c>
+      <c r="Z461" s="39"/>
+      <c r="AA461" s="45">
         <v>10000</v>
       </c>
-      <c r="AB461" s="91"/>
-[...8 lines deleted...]
-      <c r="AG461" s="95">
+      <c r="AB461" s="39"/>
+      <c r="AC461" s="42">
+        <v>17</v>
+      </c>
+      <c r="AD461" s="45"/>
+      <c r="AE461" s="40" t="s">
+        <v>376</v>
+      </c>
+      <c r="AF461" s="39"/>
+      <c r="AG461" s="45">
         <v>10000</v>
       </c>
-      <c r="AH461" s="91"/>
+      <c r="AH461" s="45"/>
     </row>
     <row r="462" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A462" s="91" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="B462" s="98" t="s">
         <v>429</v>
       </c>
       <c r="C462" s="93" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="D462" s="19">
         <v>100000</v>
       </c>
       <c r="E462" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F462" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G462" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H462" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I462" s="94"/>
       <c r="J462" s="91">
         <v>25</v>
       </c>
       <c r="K462" s="91"/>
       <c r="L462" s="91"/>
       <c r="M462" s="91"/>
       <c r="N462" s="91"/>
       <c r="O462" s="91"/>
       <c r="P462" s="91"/>
       <c r="Q462" s="91"/>
-      <c r="R462" s="91"/>
+      <c r="R462" s="95"/>
       <c r="S462" s="91"/>
-      <c r="T462" s="91"/>
+      <c r="T462" s="95"/>
       <c r="U462" s="91"/>
       <c r="V462" s="91"/>
       <c r="W462" s="95" t="s">
         <v>359</v>
       </c>
-      <c r="X462" s="91"/>
+      <c r="X462" s="93"/>
       <c r="Y462" s="93" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="Z462" s="91"/>
       <c r="AA462" s="95">
         <v>10000</v>
       </c>
       <c r="AB462" s="91"/>
       <c r="AC462" s="95" t="s">
         <v>359</v>
       </c>
-      <c r="AD462" s="91"/>
+      <c r="AD462" s="93"/>
       <c r="AE462" s="93" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="AF462" s="91"/>
       <c r="AG462" s="95">
         <v>10000</v>
       </c>
       <c r="AH462" s="91"/>
     </row>
     <row r="463" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A463" s="91" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="B463" s="98" t="s">
         <v>429</v>
       </c>
       <c r="C463" s="93" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="D463" s="19">
         <v>100000</v>
       </c>
       <c r="E463" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F463" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G463" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H463" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I463" s="94"/>
       <c r="J463" s="91">
         <v>25</v>
       </c>
       <c r="K463" s="91"/>
       <c r="L463" s="91"/>
       <c r="M463" s="91"/>
       <c r="N463" s="91"/>
       <c r="O463" s="91"/>
       <c r="P463" s="91"/>
       <c r="Q463" s="91"/>
       <c r="R463" s="91"/>
       <c r="S463" s="91"/>
       <c r="T463" s="91"/>
       <c r="U463" s="91"/>
       <c r="V463" s="91"/>
       <c r="W463" s="95" t="s">
         <v>359</v>
       </c>
       <c r="X463" s="91"/>
       <c r="Y463" s="93" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="Z463" s="91"/>
       <c r="AA463" s="95">
         <v>10000</v>
       </c>
       <c r="AB463" s="91"/>
       <c r="AC463" s="95" t="s">
         <v>359</v>
       </c>
       <c r="AD463" s="91"/>
       <c r="AE463" s="93" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="AF463" s="91"/>
       <c r="AG463" s="95">
         <v>10000</v>
       </c>
       <c r="AH463" s="91"/>
     </row>
     <row r="464" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A464" s="91" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="B464" s="98" t="s">
         <v>429</v>
       </c>
       <c r="C464" s="93" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="D464" s="19">
         <v>100000</v>
       </c>
       <c r="E464" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F464" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G464" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H464" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I464" s="94"/>
       <c r="J464" s="91">
         <v>25</v>
       </c>
       <c r="K464" s="91"/>
       <c r="L464" s="91"/>
       <c r="M464" s="91"/>
       <c r="N464" s="91"/>
       <c r="O464" s="91"/>
       <c r="P464" s="91"/>
       <c r="Q464" s="91"/>
       <c r="R464" s="91"/>
       <c r="S464" s="91"/>
       <c r="T464" s="91"/>
       <c r="U464" s="91"/>
       <c r="V464" s="91"/>
       <c r="W464" s="95" t="s">
         <v>359</v>
       </c>
       <c r="X464" s="91"/>
       <c r="Y464" s="93" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="Z464" s="91"/>
       <c r="AA464" s="95">
         <v>10000</v>
       </c>
       <c r="AB464" s="91"/>
       <c r="AC464" s="95" t="s">
         <v>359</v>
       </c>
       <c r="AD464" s="91"/>
       <c r="AE464" s="93" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="AF464" s="91"/>
       <c r="AG464" s="95">
         <v>10000</v>
       </c>
       <c r="AH464" s="91"/>
     </row>
     <row r="465" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A465" s="91" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="B465" s="98" t="s">
         <v>429</v>
       </c>
       <c r="C465" s="93" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="D465" s="19">
         <v>100000</v>
       </c>
       <c r="E465" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F465" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G465" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H465" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I465" s="94"/>
       <c r="J465" s="91">
         <v>25</v>
       </c>
       <c r="K465" s="91"/>
       <c r="L465" s="91"/>
       <c r="M465" s="91"/>
       <c r="N465" s="91"/>
       <c r="O465" s="91"/>
       <c r="P465" s="91"/>
       <c r="Q465" s="91"/>
       <c r="R465" s="91"/>
       <c r="S465" s="91"/>
       <c r="T465" s="91"/>
       <c r="U465" s="91"/>
       <c r="V465" s="91"/>
       <c r="W465" s="95" t="s">
         <v>359</v>
       </c>
       <c r="X465" s="91"/>
       <c r="Y465" s="93" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="Z465" s="91"/>
       <c r="AA465" s="95">
         <v>10000</v>
       </c>
       <c r="AB465" s="91"/>
       <c r="AC465" s="95" t="s">
         <v>359</v>
       </c>
       <c r="AD465" s="91"/>
       <c r="AE465" s="93" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="AF465" s="91"/>
       <c r="AG465" s="95">
         <v>10000</v>
       </c>
       <c r="AH465" s="91"/>
     </row>
-    <row r="466" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="466" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A466" s="91" t="s">
-        <v>1579</v>
+        <v>853</v>
       </c>
       <c r="B466" s="98" t="s">
         <v>429</v>
       </c>
       <c r="C466" s="93" t="s">
-        <v>1578</v>
+        <v>854</v>
       </c>
       <c r="D466" s="19">
         <v>100000</v>
       </c>
       <c r="E466" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F466" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G466" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H466" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I466" s="94"/>
       <c r="J466" s="91">
         <v>25</v>
       </c>
       <c r="K466" s="91"/>
       <c r="L466" s="91"/>
       <c r="M466" s="91"/>
       <c r="N466" s="91"/>
       <c r="O466" s="91"/>
       <c r="P466" s="91"/>
       <c r="Q466" s="91"/>
-      <c r="R466" s="95"/>
+      <c r="R466" s="91"/>
       <c r="S466" s="91"/>
-      <c r="T466" s="95"/>
+      <c r="T466" s="91"/>
       <c r="U466" s="91"/>
       <c r="V466" s="91"/>
       <c r="W466" s="95" t="s">
         <v>359</v>
       </c>
-      <c r="X466" s="93"/>
+      <c r="X466" s="91"/>
       <c r="Y466" s="93" t="s">
-        <v>1577</v>
+        <v>855</v>
       </c>
       <c r="Z466" s="91"/>
       <c r="AA466" s="95">
         <v>10000</v>
       </c>
       <c r="AB466" s="91"/>
       <c r="AC466" s="95" t="s">
         <v>359</v>
       </c>
-      <c r="AD466" s="93"/>
+      <c r="AD466" s="91"/>
       <c r="AE466" s="93" t="s">
-        <v>1577</v>
+        <v>855</v>
       </c>
       <c r="AF466" s="91"/>
       <c r="AG466" s="95">
         <v>10000</v>
       </c>
       <c r="AH466" s="91"/>
     </row>
     <row r="467" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A467" s="91" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="B467" s="98" t="s">
         <v>429</v>
       </c>
       <c r="C467" s="93" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="D467" s="19">
         <v>100000</v>
       </c>
       <c r="E467" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F467" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G467" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H467" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I467" s="94"/>
       <c r="J467" s="91">
         <v>25</v>
       </c>
       <c r="K467" s="91"/>
       <c r="L467" s="91"/>
       <c r="M467" s="91"/>
       <c r="N467" s="91"/>
       <c r="O467" s="91"/>
       <c r="P467" s="91"/>
       <c r="Q467" s="91"/>
       <c r="R467" s="95"/>
       <c r="S467" s="91"/>
       <c r="T467" s="95"/>
       <c r="U467" s="91"/>
       <c r="V467" s="91"/>
       <c r="W467" s="95" t="s">
         <v>359</v>
       </c>
       <c r="X467" s="93"/>
       <c r="Y467" s="93" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="Z467" s="91"/>
       <c r="AA467" s="95">
         <v>10000</v>
       </c>
       <c r="AB467" s="91"/>
       <c r="AC467" s="95" t="s">
         <v>359</v>
       </c>
       <c r="AD467" s="93"/>
       <c r="AE467" s="93" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="AF467" s="91"/>
       <c r="AG467" s="95">
         <v>10000</v>
       </c>
       <c r="AH467" s="91"/>
     </row>
     <row r="468" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A468" s="91" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="B468" s="98" t="s">
         <v>429</v>
       </c>
       <c r="C468" s="93" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="D468" s="19">
         <v>100000</v>
       </c>
       <c r="E468" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F468" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G468" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H468" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I468" s="94"/>
       <c r="J468" s="91">
         <v>25</v>
       </c>
       <c r="K468" s="91"/>
       <c r="L468" s="91"/>
       <c r="M468" s="91"/>
       <c r="N468" s="91"/>
       <c r="O468" s="91"/>
       <c r="P468" s="91"/>
       <c r="Q468" s="91"/>
       <c r="R468" s="95"/>
       <c r="S468" s="91"/>
       <c r="T468" s="95"/>
       <c r="U468" s="91"/>
       <c r="V468" s="91"/>
       <c r="W468" s="95" t="s">
         <v>359</v>
       </c>
       <c r="X468" s="93"/>
       <c r="Y468" s="93" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="Z468" s="91"/>
       <c r="AA468" s="95">
         <v>10000</v>
       </c>
       <c r="AB468" s="91"/>
       <c r="AC468" s="95" t="s">
         <v>359</v>
       </c>
       <c r="AD468" s="93"/>
       <c r="AE468" s="93" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="AF468" s="91"/>
       <c r="AG468" s="95">
         <v>10000</v>
       </c>
       <c r="AH468" s="91"/>
     </row>
     <row r="469" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A469" s="91" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="B469" s="98" t="s">
         <v>429</v>
       </c>
       <c r="C469" s="93" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="D469" s="19">
         <v>100000</v>
       </c>
       <c r="E469" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F469" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G469" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H469" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I469" s="94"/>
       <c r="J469" s="91">
         <v>25</v>
       </c>
       <c r="K469" s="91"/>
       <c r="L469" s="91"/>
       <c r="M469" s="91"/>
       <c r="N469" s="91"/>
       <c r="O469" s="91"/>
       <c r="P469" s="91"/>
       <c r="Q469" s="91"/>
       <c r="R469" s="95"/>
       <c r="S469" s="91"/>
       <c r="T469" s="95"/>
       <c r="U469" s="91"/>
       <c r="V469" s="91"/>
       <c r="W469" s="95" t="s">
         <v>359</v>
       </c>
       <c r="X469" s="93"/>
       <c r="Y469" s="93" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="Z469" s="91"/>
       <c r="AA469" s="95">
         <v>10000</v>
       </c>
       <c r="AB469" s="91"/>
       <c r="AC469" s="95" t="s">
         <v>359</v>
       </c>
       <c r="AD469" s="93"/>
       <c r="AE469" s="93" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="AF469" s="91"/>
       <c r="AG469" s="95">
         <v>10000</v>
       </c>
       <c r="AH469" s="91"/>
     </row>
     <row r="470" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A470" s="91" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="B470" s="98" t="s">
         <v>429</v>
       </c>
       <c r="C470" s="93" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="D470" s="19">
         <v>100000</v>
       </c>
       <c r="E470" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F470" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G470" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H470" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I470" s="94"/>
       <c r="J470" s="91">
         <v>25</v>
       </c>
       <c r="K470" s="91"/>
       <c r="L470" s="91"/>
       <c r="M470" s="91"/>
       <c r="N470" s="91"/>
       <c r="O470" s="91"/>
       <c r="P470" s="91"/>
       <c r="Q470" s="91"/>
       <c r="R470" s="95"/>
       <c r="S470" s="91"/>
       <c r="T470" s="95"/>
       <c r="U470" s="91"/>
       <c r="V470" s="91"/>
       <c r="W470" s="95" t="s">
         <v>359</v>
       </c>
       <c r="X470" s="93"/>
       <c r="Y470" s="93" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="Z470" s="91"/>
       <c r="AA470" s="95">
         <v>10000</v>
       </c>
       <c r="AB470" s="91"/>
       <c r="AC470" s="95" t="s">
         <v>359</v>
       </c>
       <c r="AD470" s="93"/>
       <c r="AE470" s="93" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="AF470" s="91"/>
       <c r="AG470" s="95">
         <v>10000</v>
       </c>
       <c r="AH470" s="91"/>
     </row>
-    <row r="471" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B471" s="11" t="s">
+    <row r="471" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A471" s="91" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B471" s="98" t="s">
         <v>429</v>
       </c>
-      <c r="C471" s="40" t="s">
-        <v>488</v>
+      <c r="C471" s="93" t="s">
+        <v>1566</v>
       </c>
       <c r="D471" s="19">
         <v>100000</v>
       </c>
-      <c r="E471" s="39" t="s">
+      <c r="E471" s="91" t="s">
         <v>348</v>
       </c>
-      <c r="F471" s="39" t="s">
+      <c r="F471" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="G471" s="39" t="s">
+      <c r="G471" s="91" t="s">
         <v>66</v>
       </c>
-      <c r="H471" s="39" t="s">
+      <c r="H471" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I471" s="41"/>
-      <c r="J471" s="42">
+      <c r="I471" s="94"/>
+      <c r="J471" s="91">
         <v>25</v>
       </c>
-      <c r="R471" s="45"/>
-[...1 lines deleted...]
-      <c r="W471" s="45" t="s">
+      <c r="K471" s="91"/>
+      <c r="L471" s="91"/>
+      <c r="M471" s="91"/>
+      <c r="N471" s="91"/>
+      <c r="O471" s="91"/>
+      <c r="P471" s="91"/>
+      <c r="Q471" s="91"/>
+      <c r="R471" s="95"/>
+      <c r="S471" s="91"/>
+      <c r="T471" s="95"/>
+      <c r="U471" s="91"/>
+      <c r="V471" s="91"/>
+      <c r="W471" s="95" t="s">
         <v>359</v>
       </c>
-      <c r="X471" s="40"/>
-[...3 lines deleted...]
-      <c r="AA471" s="45">
+      <c r="X471" s="93"/>
+      <c r="Y471" s="93" t="s">
+        <v>1565</v>
+      </c>
+      <c r="Z471" s="91"/>
+      <c r="AA471" s="95">
         <v>10000</v>
       </c>
-      <c r="AC471" s="45" t="s">
+      <c r="AB471" s="91"/>
+      <c r="AC471" s="95" t="s">
         <v>359</v>
       </c>
-      <c r="AD471" s="45"/>
-[...3 lines deleted...]
-      <c r="AG471" s="45">
+      <c r="AD471" s="93"/>
+      <c r="AE471" s="93" t="s">
+        <v>1565</v>
+      </c>
+      <c r="AF471" s="91"/>
+      <c r="AG471" s="95">
         <v>10000</v>
       </c>
-      <c r="AH471" s="45"/>
+      <c r="AH471" s="91"/>
     </row>
     <row r="472" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A472" s="39" t="s">
-        <v>761</v>
-[...1 lines deleted...]
-      <c r="B472" s="10" t="s">
+        <v>760</v>
+      </c>
+      <c r="B472" s="11" t="s">
         <v>429</v>
       </c>
       <c r="C472" s="40" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="D472" s="19">
         <v>100000</v>
       </c>
       <c r="E472" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F472" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G472" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H472" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I472" s="41"/>
       <c r="J472" s="42">
         <v>25</v>
       </c>
       <c r="R472" s="45"/>
       <c r="T472" s="45"/>
       <c r="W472" s="45" t="s">
         <v>359</v>
       </c>
       <c r="X472" s="40"/>
       <c r="Y472" s="40" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="AA472" s="45">
         <v>10000</v>
       </c>
       <c r="AC472" s="45" t="s">
         <v>359</v>
       </c>
       <c r="AD472" s="45"/>
       <c r="AE472" s="40" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="AG472" s="45">
         <v>10000</v>
       </c>
       <c r="AH472" s="45"/>
     </row>
     <row r="473" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A473" s="39" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="B473" s="10" t="s">
         <v>429</v>
       </c>
       <c r="C473" s="40" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D473" s="19">
         <v>100000</v>
       </c>
       <c r="E473" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F473" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G473" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H473" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I473" s="41"/>
       <c r="J473" s="42">
         <v>25</v>
       </c>
       <c r="R473" s="45"/>
       <c r="T473" s="45"/>
       <c r="W473" s="45" t="s">
         <v>359</v>
       </c>
       <c r="X473" s="40"/>
       <c r="Y473" s="40" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="AA473" s="45">
         <v>10000</v>
       </c>
       <c r="AC473" s="45" t="s">
         <v>359</v>
       </c>
       <c r="AD473" s="45"/>
       <c r="AE473" s="40" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="AG473" s="45">
         <v>10000</v>
       </c>
       <c r="AH473" s="45"/>
     </row>
     <row r="474" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A474" s="39" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="B474" s="10" t="s">
         <v>429</v>
       </c>
       <c r="C474" s="40" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D474" s="19">
         <v>100000</v>
       </c>
       <c r="E474" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F474" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G474" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H474" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I474" s="41"/>
       <c r="J474" s="42">
         <v>25</v>
       </c>
       <c r="R474" s="45"/>
       <c r="T474" s="45"/>
       <c r="W474" s="45" t="s">
         <v>359</v>
       </c>
       <c r="X474" s="40"/>
       <c r="Y474" s="40" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AA474" s="45">
         <v>10000</v>
       </c>
       <c r="AC474" s="45" t="s">
         <v>359</v>
       </c>
       <c r="AD474" s="45"/>
       <c r="AE474" s="40" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="AG474" s="45">
         <v>10000</v>
       </c>
       <c r="AH474" s="45"/>
     </row>
     <row r="475" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A475" s="39" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="B475" s="10" t="s">
         <v>429</v>
       </c>
       <c r="C475" s="40" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="D475" s="19">
         <v>100000</v>
       </c>
       <c r="E475" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F475" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G475" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H475" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I475" s="41"/>
       <c r="J475" s="42">
         <v>25</v>
       </c>
       <c r="R475" s="45"/>
       <c r="T475" s="45"/>
       <c r="W475" s="45" t="s">
         <v>359</v>
       </c>
       <c r="X475" s="40"/>
       <c r="Y475" s="40" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="AA475" s="45">
         <v>10000</v>
       </c>
       <c r="AC475" s="45" t="s">
         <v>359</v>
       </c>
       <c r="AD475" s="45"/>
       <c r="AE475" s="40" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="AG475" s="45">
         <v>10000</v>
       </c>
       <c r="AH475" s="45"/>
     </row>
-    <row r="476" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B476" s="98" t="s">
+    <row r="476" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A476" s="39" t="s">
+        <v>764</v>
+      </c>
+      <c r="B476" s="10" t="s">
         <v>429</v>
       </c>
-      <c r="C476" s="93" t="s">
-        <v>1593</v>
+      <c r="C476" s="40" t="s">
+        <v>496</v>
       </c>
       <c r="D476" s="19">
         <v>100000</v>
       </c>
-      <c r="E476" s="91" t="s">
+      <c r="E476" s="39" t="s">
         <v>348</v>
       </c>
-      <c r="F476" s="91" t="s">
+      <c r="F476" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="G476" s="91" t="s">
+      <c r="G476" s="39" t="s">
         <v>66</v>
       </c>
-      <c r="H476" s="91" t="s">
+      <c r="H476" s="39" t="s">
         <v>349</v>
       </c>
-      <c r="I476" s="94"/>
-      <c r="J476" s="91">
+      <c r="I476" s="41"/>
+      <c r="J476" s="42">
         <v>25</v>
       </c>
-      <c r="K476" s="91"/>
-[...11 lines deleted...]
-      <c r="W476" s="95" t="s">
+      <c r="R476" s="45"/>
+      <c r="T476" s="45"/>
+      <c r="W476" s="45" t="s">
         <v>359</v>
       </c>
-      <c r="X476" s="93"/>
-[...4 lines deleted...]
-      <c r="AA476" s="95">
+      <c r="X476" s="40"/>
+      <c r="Y476" s="40" t="s">
+        <v>497</v>
+      </c>
+      <c r="AA476" s="45">
         <v>10000</v>
       </c>
-      <c r="AB476" s="91"/>
-      <c r="AC476" s="95" t="s">
+      <c r="AC476" s="45" t="s">
         <v>359</v>
       </c>
-      <c r="AD476" s="93"/>
-[...4 lines deleted...]
-      <c r="AG476" s="95">
+      <c r="AD476" s="45"/>
+      <c r="AE476" s="40" t="s">
+        <v>497</v>
+      </c>
+      <c r="AG476" s="45">
         <v>10000</v>
       </c>
-      <c r="AH476" s="91"/>
+      <c r="AH476" s="45"/>
     </row>
     <row r="477" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A477" s="91" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="B477" s="98" t="s">
         <v>429</v>
       </c>
       <c r="C477" s="93" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="D477" s="19">
         <v>100000</v>
       </c>
       <c r="E477" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F477" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G477" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H477" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I477" s="94"/>
       <c r="J477" s="91">
         <v>25</v>
       </c>
       <c r="K477" s="91"/>
       <c r="L477" s="91"/>
       <c r="M477" s="91"/>
       <c r="N477" s="91"/>
       <c r="O477" s="91"/>
       <c r="P477" s="91"/>
       <c r="Q477" s="91"/>
       <c r="R477" s="95"/>
       <c r="S477" s="91"/>
       <c r="T477" s="95"/>
       <c r="U477" s="91"/>
       <c r="V477" s="91"/>
       <c r="W477" s="95" t="s">
         <v>359</v>
       </c>
       <c r="X477" s="93"/>
       <c r="Y477" s="93" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="Z477" s="91"/>
       <c r="AA477" s="95">
         <v>10000</v>
       </c>
       <c r="AB477" s="91"/>
       <c r="AC477" s="95" t="s">
         <v>359</v>
       </c>
       <c r="AD477" s="93"/>
       <c r="AE477" s="93" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="AF477" s="91"/>
       <c r="AG477" s="95">
         <v>10000</v>
       </c>
       <c r="AH477" s="91"/>
     </row>
     <row r="478" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A478" s="91" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="B478" s="98" t="s">
         <v>429</v>
       </c>
       <c r="C478" s="93" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="D478" s="19">
         <v>100000</v>
       </c>
       <c r="E478" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F478" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G478" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H478" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I478" s="94"/>
       <c r="J478" s="91">
         <v>25</v>
       </c>
       <c r="K478" s="91"/>
       <c r="L478" s="91"/>
       <c r="M478" s="91"/>
       <c r="N478" s="91"/>
       <c r="O478" s="91"/>
       <c r="P478" s="91"/>
       <c r="Q478" s="91"/>
       <c r="R478" s="95"/>
       <c r="S478" s="91"/>
       <c r="T478" s="95"/>
       <c r="U478" s="91"/>
       <c r="V478" s="91"/>
       <c r="W478" s="95" t="s">
         <v>359</v>
       </c>
       <c r="X478" s="93"/>
       <c r="Y478" s="93" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="Z478" s="91"/>
       <c r="AA478" s="95">
         <v>10000</v>
       </c>
       <c r="AB478" s="91"/>
       <c r="AC478" s="95" t="s">
         <v>359</v>
       </c>
       <c r="AD478" s="93"/>
       <c r="AE478" s="93" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="AF478" s="91"/>
       <c r="AG478" s="95">
         <v>10000</v>
       </c>
       <c r="AH478" s="91"/>
     </row>
     <row r="479" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A479" s="91" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="B479" s="98" t="s">
         <v>429</v>
       </c>
       <c r="C479" s="93" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="D479" s="19">
         <v>100000</v>
       </c>
       <c r="E479" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F479" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G479" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H479" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I479" s="94"/>
       <c r="J479" s="91">
         <v>25</v>
       </c>
       <c r="K479" s="91"/>
       <c r="L479" s="91"/>
       <c r="M479" s="91"/>
       <c r="N479" s="91"/>
       <c r="O479" s="91"/>
       <c r="P479" s="91"/>
       <c r="Q479" s="91"/>
       <c r="R479" s="95"/>
       <c r="S479" s="91"/>
       <c r="T479" s="95"/>
       <c r="U479" s="91"/>
       <c r="V479" s="91"/>
       <c r="W479" s="95" t="s">
         <v>359</v>
       </c>
       <c r="X479" s="93"/>
       <c r="Y479" s="93" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="Z479" s="91"/>
       <c r="AA479" s="95">
         <v>10000</v>
       </c>
       <c r="AB479" s="91"/>
       <c r="AC479" s="95" t="s">
         <v>359</v>
       </c>
       <c r="AD479" s="93"/>
       <c r="AE479" s="93" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="AF479" s="91"/>
       <c r="AG479" s="95">
         <v>10000</v>
       </c>
       <c r="AH479" s="91"/>
     </row>
     <row r="480" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A480" s="91" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="B480" s="98" t="s">
         <v>429</v>
       </c>
       <c r="C480" s="93" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="D480" s="19">
         <v>100000</v>
       </c>
       <c r="E480" s="91" t="s">
         <v>348</v>
       </c>
       <c r="F480" s="91" t="s">
         <v>65</v>
       </c>
       <c r="G480" s="91" t="s">
         <v>66</v>
       </c>
       <c r="H480" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I480" s="94"/>
       <c r="J480" s="91">
         <v>25</v>
       </c>
       <c r="K480" s="91"/>
       <c r="L480" s="91"/>
       <c r="M480" s="91"/>
       <c r="N480" s="91"/>
       <c r="O480" s="91"/>
       <c r="P480" s="91"/>
       <c r="Q480" s="91"/>
       <c r="R480" s="95"/>
       <c r="S480" s="91"/>
       <c r="T480" s="95"/>
       <c r="U480" s="91"/>
       <c r="V480" s="91"/>
       <c r="W480" s="95" t="s">
         <v>359</v>
       </c>
       <c r="X480" s="93"/>
       <c r="Y480" s="93" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="Z480" s="91"/>
       <c r="AA480" s="95">
         <v>10000</v>
       </c>
       <c r="AB480" s="91"/>
       <c r="AC480" s="95" t="s">
         <v>359</v>
       </c>
       <c r="AD480" s="93"/>
       <c r="AE480" s="93" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="AF480" s="91"/>
       <c r="AG480" s="95">
         <v>10000</v>
       </c>
       <c r="AH480" s="91"/>
     </row>
-    <row r="481" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B481" s="11" t="s">
+    <row r="481" spans="1:34" s="97" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A481" s="91" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B481" s="98" t="s">
         <v>429</v>
       </c>
-      <c r="C481" s="40" t="s">
-        <v>430</v>
+      <c r="C481" s="93" t="s">
+        <v>1581</v>
       </c>
       <c r="D481" s="19">
         <v>100000</v>
       </c>
-      <c r="E481" s="39" t="s">
+      <c r="E481" s="91" t="s">
         <v>348</v>
       </c>
-      <c r="F481" s="39" t="s">
+      <c r="F481" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="G481" s="39" t="s">
+      <c r="G481" s="91" t="s">
         <v>66</v>
       </c>
-      <c r="H481" s="39" t="s">
+      <c r="H481" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I481" s="41"/>
-      <c r="J481" s="42">
+      <c r="I481" s="94"/>
+      <c r="J481" s="91">
         <v>25</v>
       </c>
-      <c r="K481" s="39"/>
-[...11 lines deleted...]
-      <c r="W481" s="45" t="s">
+      <c r="K481" s="91"/>
+      <c r="L481" s="91"/>
+      <c r="M481" s="91"/>
+      <c r="N481" s="91"/>
+      <c r="O481" s="91"/>
+      <c r="P481" s="91"/>
+      <c r="Q481" s="91"/>
+      <c r="R481" s="95"/>
+      <c r="S481" s="91"/>
+      <c r="T481" s="95"/>
+      <c r="U481" s="91"/>
+      <c r="V481" s="91"/>
+      <c r="W481" s="95" t="s">
         <v>359</v>
       </c>
-      <c r="X481" s="45"/>
-[...4 lines deleted...]
-      <c r="AA481" s="45">
+      <c r="X481" s="93"/>
+      <c r="Y481" s="93" t="s">
+        <v>1580</v>
+      </c>
+      <c r="Z481" s="91"/>
+      <c r="AA481" s="95">
         <v>10000</v>
       </c>
-      <c r="AB481" s="39"/>
-      <c r="AC481" s="45" t="s">
+      <c r="AB481" s="91"/>
+      <c r="AC481" s="95" t="s">
         <v>359</v>
       </c>
-      <c r="AD481" s="45"/>
-[...4 lines deleted...]
-      <c r="AG481" s="45">
+      <c r="AD481" s="93"/>
+      <c r="AE481" s="93" t="s">
+        <v>1580</v>
+      </c>
+      <c r="AF481" s="91"/>
+      <c r="AG481" s="95">
         <v>10000</v>
       </c>
-      <c r="AH481" s="45"/>
+      <c r="AH481" s="91"/>
     </row>
     <row r="482" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A482" s="39" t="s">
-        <v>736</v>
-[...1 lines deleted...]
-      <c r="B482" s="10" t="s">
+        <v>735</v>
+      </c>
+      <c r="B482" s="11" t="s">
         <v>429</v>
       </c>
       <c r="C482" s="40" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D482" s="19">
         <v>100000</v>
       </c>
       <c r="E482" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F482" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G482" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H482" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I482" s="41"/>
       <c r="J482" s="42">
         <v>25</v>
       </c>
       <c r="K482" s="39"/>
       <c r="L482" s="39"/>
       <c r="M482" s="39"/>
       <c r="N482" s="39"/>
       <c r="O482" s="39"/>
       <c r="P482" s="39"/>
       <c r="Q482" s="39"/>
       <c r="R482" s="45"/>
       <c r="S482" s="39"/>
       <c r="T482" s="45"/>
       <c r="U482" s="39"/>
       <c r="V482" s="39"/>
       <c r="W482" s="45" t="s">
         <v>359</v>
       </c>
       <c r="X482" s="45"/>
       <c r="Y482" s="40" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="Z482" s="39"/>
       <c r="AA482" s="45">
         <v>10000</v>
       </c>
       <c r="AB482" s="39"/>
       <c r="AC482" s="45" t="s">
         <v>359</v>
       </c>
       <c r="AD482" s="45"/>
       <c r="AE482" s="40" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="AF482" s="39"/>
       <c r="AG482" s="45">
         <v>10000</v>
       </c>
       <c r="AH482" s="45"/>
     </row>
-    <row r="483" spans="1:34" s="58" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="483" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A483" s="39" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="B483" s="10" t="s">
         <v>429</v>
       </c>
       <c r="C483" s="40" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="D483" s="19">
         <v>100000</v>
       </c>
       <c r="E483" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F483" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G483" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H483" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I483" s="41"/>
       <c r="J483" s="42">
         <v>25</v>
       </c>
       <c r="K483" s="39"/>
       <c r="L483" s="39"/>
       <c r="M483" s="39"/>
       <c r="N483" s="39"/>
       <c r="O483" s="39"/>
       <c r="P483" s="39"/>
       <c r="Q483" s="39"/>
       <c r="R483" s="45"/>
       <c r="S483" s="39"/>
       <c r="T483" s="45"/>
       <c r="U483" s="39"/>
       <c r="V483" s="39"/>
       <c r="W483" s="45" t="s">
         <v>359</v>
       </c>
       <c r="X483" s="45"/>
       <c r="Y483" s="40" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="Z483" s="39"/>
       <c r="AA483" s="45">
         <v>10000</v>
       </c>
       <c r="AB483" s="39"/>
       <c r="AC483" s="45" t="s">
         <v>359</v>
       </c>
       <c r="AD483" s="45"/>
       <c r="AE483" s="40" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="AF483" s="39"/>
       <c r="AG483" s="45">
         <v>10000</v>
       </c>
       <c r="AH483" s="45"/>
     </row>
     <row r="484" spans="1:34" s="58" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A484" s="39" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="B484" s="10" t="s">
         <v>429</v>
       </c>
       <c r="C484" s="40" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="D484" s="19">
         <v>100000</v>
       </c>
       <c r="E484" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F484" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G484" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H484" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I484" s="41"/>
       <c r="J484" s="42">
         <v>25</v>
       </c>
       <c r="K484" s="39"/>
       <c r="L484" s="39"/>
       <c r="M484" s="39"/>
       <c r="N484" s="39"/>
       <c r="O484" s="39"/>
       <c r="P484" s="39"/>
       <c r="Q484" s="39"/>
       <c r="R484" s="45"/>
       <c r="S484" s="39"/>
       <c r="T484" s="45"/>
       <c r="U484" s="39"/>
       <c r="V484" s="39"/>
       <c r="W484" s="45" t="s">
         <v>359</v>
       </c>
       <c r="X484" s="45"/>
       <c r="Y484" s="40" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="Z484" s="39"/>
       <c r="AA484" s="45">
         <v>10000</v>
       </c>
       <c r="AB484" s="39"/>
       <c r="AC484" s="45" t="s">
         <v>359</v>
       </c>
       <c r="AD484" s="45"/>
       <c r="AE484" s="40" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="AF484" s="39"/>
       <c r="AG484" s="45">
         <v>10000</v>
       </c>
       <c r="AH484" s="45"/>
     </row>
     <row r="485" spans="1:34" s="58" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A485" s="39" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="B485" s="10" t="s">
         <v>429</v>
       </c>
       <c r="C485" s="40" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D485" s="19">
         <v>100000</v>
       </c>
       <c r="E485" s="39" t="s">
         <v>348</v>
       </c>
       <c r="F485" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G485" s="39" t="s">
         <v>66</v>
       </c>
       <c r="H485" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I485" s="41"/>
       <c r="J485" s="42">
         <v>25</v>
       </c>
       <c r="K485" s="39"/>
       <c r="L485" s="39"/>
       <c r="M485" s="39"/>
       <c r="N485" s="39"/>
       <c r="O485" s="39"/>
       <c r="P485" s="39"/>
       <c r="Q485" s="39"/>
       <c r="R485" s="45"/>
       <c r="S485" s="39"/>
       <c r="T485" s="45"/>
       <c r="U485" s="39"/>
       <c r="V485" s="39"/>
       <c r="W485" s="45" t="s">
         <v>359</v>
       </c>
       <c r="X485" s="45"/>
       <c r="Y485" s="40" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="Z485" s="39"/>
       <c r="AA485" s="45">
         <v>10000</v>
       </c>
       <c r="AB485" s="39"/>
       <c r="AC485" s="45" t="s">
         <v>359</v>
       </c>
       <c r="AD485" s="45"/>
       <c r="AE485" s="40" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="AF485" s="39"/>
       <c r="AG485" s="45">
         <v>10000</v>
       </c>
       <c r="AH485" s="45"/>
     </row>
-    <row r="486" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="486" spans="1:34" s="58" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A486" s="39" t="s">
-        <v>355</v>
-[...11 lines deleted...]
-        <v>530</v>
+        <v>739</v>
+      </c>
+      <c r="B486" s="10" t="s">
+        <v>429</v>
+      </c>
+      <c r="C486" s="40" t="s">
+        <v>438</v>
+      </c>
+      <c r="D486" s="19">
+        <v>100000</v>
+      </c>
+      <c r="E486" s="39" t="s">
+        <v>348</v>
       </c>
       <c r="F486" s="39" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="G486" s="39" t="s">
-        <v>356</v>
+        <v>66</v>
       </c>
       <c r="H486" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I486" s="41"/>
       <c r="J486" s="42">
-        <v>600</v>
-      </c>
+        <v>25</v>
+      </c>
+      <c r="K486" s="39"/>
+      <c r="L486" s="39"/>
+      <c r="M486" s="39"/>
+      <c r="N486" s="39"/>
+      <c r="O486" s="39"/>
+      <c r="P486" s="39"/>
+      <c r="Q486" s="39"/>
       <c r="R486" s="45"/>
-      <c r="S486" s="39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S486" s="39"/>
       <c r="T486" s="45"/>
-      <c r="W486" s="42">
+      <c r="U486" s="39"/>
+      <c r="V486" s="39"/>
+      <c r="W486" s="45" t="s">
+        <v>359</v>
+      </c>
+      <c r="X486" s="45"/>
+      <c r="Y486" s="40" t="s">
+        <v>439</v>
+      </c>
+      <c r="Z486" s="39"/>
+      <c r="AA486" s="45">
+        <v>10000</v>
+      </c>
+      <c r="AB486" s="39"/>
+      <c r="AC486" s="45" t="s">
+        <v>359</v>
+      </c>
+      <c r="AD486" s="45"/>
+      <c r="AE486" s="40" t="s">
+        <v>439</v>
+      </c>
+      <c r="AF486" s="39"/>
+      <c r="AG486" s="45">
+        <v>10000</v>
+      </c>
+      <c r="AH486" s="45"/>
+    </row>
+    <row r="487" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A487" s="39" t="s">
+        <v>355</v>
+      </c>
+      <c r="B487" s="11">
+        <v>22</v>
+      </c>
+      <c r="C487" s="40">
         <v>41</v>
-      </c>
-[...21 lines deleted...]
-        <v>413</v>
       </c>
       <c r="D487" s="45">
         <v>4167</v>
       </c>
       <c r="E487" s="44" t="s">
         <v>530</v>
       </c>
       <c r="F487" s="39" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="G487" s="39" t="s">
-        <v>329</v>
+        <v>356</v>
       </c>
       <c r="H487" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I487" s="41"/>
       <c r="J487" s="42">
-        <v>25</v>
+        <v>600</v>
       </c>
       <c r="R487" s="45"/>
       <c r="S487" s="39" t="s">
         <v>57</v>
       </c>
       <c r="T487" s="45"/>
-      <c r="W487" s="137">
+      <c r="W487" s="42">
         <v>41</v>
       </c>
-      <c r="Y487" s="40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X487" s="45"/>
       <c r="AA487" s="45">
         <v>3000</v>
       </c>
       <c r="AC487" s="42">
         <v>41</v>
       </c>
-      <c r="AE487" s="40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AD487" s="45"/>
       <c r="AG487" s="45">
         <v>3000</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A488" s="13" t="s">
+      <c r="AH487" s="45"/>
+    </row>
+    <row r="488" spans="1:34" s="39" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A488" s="39" t="s">
+        <v>412</v>
+      </c>
+      <c r="B488" s="11" t="s">
+        <v>411</v>
+      </c>
+      <c r="C488" s="40" t="s">
+        <v>413</v>
+      </c>
+      <c r="D488" s="45">
+        <v>4167</v>
+      </c>
+      <c r="E488" s="44" t="s">
+        <v>530</v>
+      </c>
+      <c r="F488" s="39" t="s">
+        <v>65</v>
+      </c>
+      <c r="G488" s="39" t="s">
+        <v>329</v>
+      </c>
+      <c r="H488" s="39" t="s">
+        <v>349</v>
+      </c>
+      <c r="I488" s="41"/>
+      <c r="J488" s="42">
+        <v>25</v>
+      </c>
+      <c r="R488" s="45"/>
+      <c r="S488" s="39" t="s">
+        <v>57</v>
+      </c>
+      <c r="T488" s="45"/>
+      <c r="W488" s="137">
+        <v>41</v>
+      </c>
+      <c r="Y488" s="40" t="s">
+        <v>414</v>
+      </c>
+      <c r="AA488" s="45">
+        <v>3000</v>
+      </c>
+      <c r="AC488" s="42">
+        <v>41</v>
+      </c>
+      <c r="AE488" s="40" t="s">
+        <v>414</v>
+      </c>
+      <c r="AG488" s="45">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="489" spans="1:34" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A489" s="13" t="s">
         <v>605</v>
       </c>
-      <c r="B488" s="62">
+      <c r="B489" s="62">
         <v>39</v>
       </c>
-      <c r="C488" s="63" t="s">
+      <c r="C489" s="63" t="s">
         <v>358</v>
       </c>
-      <c r="D488" s="19">
+      <c r="D489" s="19">
         <v>200000</v>
       </c>
-      <c r="E488" s="13" t="s">
+      <c r="E489" s="13" t="s">
         <v>351</v>
       </c>
-      <c r="F488" s="13" t="s">
+      <c r="F489" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="G488" s="13" t="s">
+      <c r="G489" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="H488" s="13" t="s">
+      <c r="H489" s="13" t="s">
         <v>349</v>
       </c>
-      <c r="I488" s="65"/>
-      <c r="J488" s="13">
+      <c r="I489" s="65"/>
+      <c r="J489" s="13">
         <v>750</v>
       </c>
-      <c r="L488" s="13" t="s">
+      <c r="L489" s="13" t="s">
         <v>358</v>
       </c>
-      <c r="P488" s="64">
+      <c r="P489" s="64">
         <v>7500</v>
       </c>
-      <c r="Q488" s="64"/>
-      <c r="R488" s="64">
+      <c r="Q489" s="64"/>
+      <c r="R489" s="64">
         <v>30000</v>
       </c>
-      <c r="S488" s="13" t="s">
+      <c r="S489" s="13" t="s">
         <v>518</v>
       </c>
-      <c r="T488" s="64">
+      <c r="T489" s="64">
         <v>6000000000</v>
       </c>
-      <c r="W488" s="64" t="s">
+      <c r="W489" s="64" t="s">
         <v>358</v>
       </c>
-      <c r="X488" s="64"/>
-      <c r="AA488" s="64">
+      <c r="X489" s="64"/>
+      <c r="AA489" s="64">
         <v>7500</v>
       </c>
-      <c r="AC488" s="64" t="s">
+      <c r="AC489" s="64" t="s">
         <v>358</v>
       </c>
-      <c r="AD488" s="64"/>
-      <c r="AG488" s="64">
+      <c r="AD489" s="64"/>
+      <c r="AG489" s="64">
         <v>7500</v>
       </c>
-      <c r="AH488" s="64"/>
-[...2 lines deleted...]
-      <c r="A489" s="39" t="s">
+      <c r="AH489" s="64"/>
+    </row>
+    <row r="490" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A490" s="39" t="s">
         <v>415</v>
       </c>
-      <c r="B489" s="11" t="s">
+      <c r="B490" s="11" t="s">
         <v>411</v>
       </c>
-      <c r="C489" s="40" t="s">
+      <c r="C490" s="40" t="s">
         <v>416</v>
       </c>
-      <c r="D489" s="45">
+      <c r="D490" s="45">
         <v>4167</v>
       </c>
-      <c r="E489" s="44" t="s">
+      <c r="E490" s="44" t="s">
         <v>530</v>
       </c>
-      <c r="F489" s="39" t="s">
+      <c r="F490" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="G489" s="39" t="s">
+      <c r="G490" s="39" t="s">
         <v>329</v>
       </c>
-      <c r="H489" s="39" t="s">
+      <c r="H490" s="39" t="s">
         <v>349</v>
       </c>
-      <c r="I489" s="41"/>
-      <c r="J489" s="42">
+      <c r="I490" s="41"/>
+      <c r="J490" s="42">
         <v>25</v>
       </c>
-      <c r="R489" s="45"/>
-      <c r="S489" s="39" t="s">
+      <c r="R490" s="45"/>
+      <c r="S490" s="39" t="s">
         <v>57</v>
       </c>
-      <c r="T489" s="45"/>
-      <c r="W489" s="137">
+      <c r="T490" s="45"/>
+      <c r="W490" s="137">
         <v>41</v>
       </c>
-      <c r="Y489" s="40" t="s">
+      <c r="Y490" s="40" t="s">
         <v>417</v>
       </c>
-      <c r="AA489" s="45">
+      <c r="AA490" s="45">
         <v>3000</v>
       </c>
-      <c r="AC489" s="42">
+      <c r="AC490" s="42">
         <v>41</v>
       </c>
-      <c r="AE489" s="40" t="s">
+      <c r="AE490" s="40" t="s">
         <v>417</v>
       </c>
-      <c r="AG489" s="45">
+      <c r="AG490" s="45">
         <v>3000</v>
       </c>
     </row>
-    <row r="490" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A490" s="91" t="s">
+    <row r="491" spans="1:34" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A491" s="91" t="s">
         <v>974</v>
       </c>
-      <c r="B490" s="92">
+      <c r="B491" s="92">
         <v>40</v>
       </c>
-      <c r="C490" s="93" t="s">
+      <c r="C491" s="93" t="s">
         <v>359</v>
       </c>
-      <c r="D490" s="19">
+      <c r="D491" s="19">
         <v>100000</v>
       </c>
-      <c r="E490" s="91" t="s">
+      <c r="E491" s="91" t="s">
         <v>348</v>
       </c>
-      <c r="F490" s="91" t="s">
+      <c r="F491" s="91" t="s">
         <v>37</v>
       </c>
-      <c r="G490" s="91" t="s">
+      <c r="G491" s="91" t="s">
         <v>38</v>
       </c>
-      <c r="H490" s="91" t="s">
+      <c r="H491" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I490" s="94"/>
-      <c r="J490" s="95">
+      <c r="I491" s="94"/>
+      <c r="J491" s="95">
         <v>1500</v>
       </c>
-      <c r="K490" s="91"/>
-      <c r="L490" s="91" t="s">
+      <c r="K491" s="91"/>
+      <c r="L491" s="91" t="s">
         <v>359</v>
       </c>
-      <c r="M490" s="91"/>
-[...2 lines deleted...]
-      <c r="P490" s="95">
+      <c r="M491" s="91"/>
+      <c r="N491" s="91"/>
+      <c r="O491" s="91"/>
+      <c r="P491" s="95">
         <v>10000</v>
       </c>
-      <c r="Q490" s="95"/>
-      <c r="R490" s="95">
+      <c r="Q491" s="95"/>
+      <c r="R491" s="95">
         <v>100000</v>
       </c>
-      <c r="S490" s="91" t="s">
+      <c r="S491" s="91" t="s">
         <v>518</v>
       </c>
-      <c r="T490" s="95">
+      <c r="T491" s="95">
         <v>10000000000</v>
       </c>
-      <c r="U490" s="91"/>
-[...1 lines deleted...]
-      <c r="W490" s="95" t="s">
+      <c r="U491" s="91"/>
+      <c r="V491" s="91"/>
+      <c r="W491" s="95" t="s">
         <v>359</v>
       </c>
-      <c r="X490" s="95"/>
-[...2 lines deleted...]
-      <c r="AA490" s="95">
+      <c r="X491" s="95"/>
+      <c r="Y491" s="91"/>
+      <c r="Z491" s="91"/>
+      <c r="AA491" s="95">
         <v>10000</v>
       </c>
-      <c r="AB490" s="91"/>
-      <c r="AC490" s="95" t="s">
+      <c r="AB491" s="91"/>
+      <c r="AC491" s="95" t="s">
         <v>359</v>
       </c>
-      <c r="AD490" s="95"/>
-[...2 lines deleted...]
-      <c r="AG490" s="95">
+      <c r="AD491" s="95"/>
+      <c r="AE491" s="91"/>
+      <c r="AF491" s="91"/>
+      <c r="AG491" s="95">
         <v>10000</v>
       </c>
-      <c r="AH490" s="95"/>
-[...2 lines deleted...]
-      <c r="A491" s="13" t="s">
+      <c r="AH491" s="95"/>
+    </row>
+    <row r="492" spans="1:34" s="69" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A492" s="13" t="s">
         <v>658</v>
       </c>
-      <c r="B491" s="70">
+      <c r="B492" s="70">
         <v>25</v>
       </c>
-      <c r="C491" s="63" t="s">
+      <c r="C492" s="63" t="s">
         <v>659</v>
       </c>
-      <c r="D491" s="88">
+      <c r="D492" s="88">
         <v>100000</v>
       </c>
-      <c r="E491" s="13" t="s">
+      <c r="E492" s="13" t="s">
         <v>348</v>
-      </c>
-[...71 lines deleted...]
-        <v>351</v>
       </c>
       <c r="F492" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G492" s="13" t="s">
-        <v>352</v>
+        <v>38</v>
       </c>
       <c r="H492" s="13" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="I492" s="65"/>
       <c r="J492" s="64">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="K492" s="13"/>
-      <c r="L492" s="134">
-        <v>21</v>
+      <c r="L492" s="63" t="s">
+        <v>659</v>
       </c>
       <c r="M492" s="13"/>
       <c r="N492" s="13"/>
       <c r="O492" s="13"/>
       <c r="P492" s="64">
-        <v>7500</v>
-[...1 lines deleted...]
-      <c r="Q492" s="64"/>
+        <v>10000</v>
+      </c>
+      <c r="Q492" s="13"/>
       <c r="R492" s="64">
-        <v>75000</v>
+        <v>80000</v>
       </c>
       <c r="S492" s="13" t="s">
         <v>518</v>
       </c>
       <c r="T492" s="64">
-        <v>7500000000</v>
+        <f>R492*D492</f>
+        <v>8000000000</v>
       </c>
       <c r="U492" s="13"/>
       <c r="V492" s="13"/>
-      <c r="W492" s="134">
-[...2 lines deleted...]
-      <c r="X492" s="64"/>
+      <c r="W492" s="63" t="s">
+        <v>659</v>
+      </c>
+      <c r="X492" s="13"/>
       <c r="Y492" s="13"/>
       <c r="Z492" s="13"/>
       <c r="AA492" s="64">
-        <v>7500</v>
+        <v>10000</v>
       </c>
       <c r="AB492" s="13"/>
-      <c r="AC492" s="134">
-[...2 lines deleted...]
-      <c r="AD492" s="64"/>
+      <c r="AC492" s="63" t="s">
+        <v>659</v>
+      </c>
+      <c r="AD492" s="13"/>
       <c r="AE492" s="13"/>
       <c r="AF492" s="13"/>
       <c r="AG492" s="64">
-        <v>7500</v>
-[...11 lines deleted...]
-        <v>25</v>
+        <v>10000</v>
+      </c>
+      <c r="AH492" s="13"/>
+    </row>
+    <row r="493" spans="1:34" s="89" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A493" s="91" t="s">
+        <v>871</v>
+      </c>
+      <c r="B493" s="70">
+        <v>19</v>
+      </c>
+      <c r="C493" s="63">
+        <v>21</v>
       </c>
       <c r="D493" s="19">
         <v>100000</v>
       </c>
-      <c r="E493" s="39" t="s">
+      <c r="E493" s="13" t="s">
         <v>351</v>
       </c>
-      <c r="F493" s="39" t="s">
+      <c r="F493" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="G493" s="39" t="s">
+      <c r="G493" s="13" t="s">
         <v>352</v>
       </c>
-      <c r="H493" s="39" t="s">
+      <c r="H493" s="13" t="s">
         <v>349</v>
       </c>
-      <c r="I493" s="41"/>
-      <c r="J493" s="45">
+      <c r="I493" s="65"/>
+      <c r="J493" s="64">
         <v>2000</v>
       </c>
-      <c r="K493" s="39"/>
-      <c r="L493" s="42">
+      <c r="K493" s="13"/>
+      <c r="L493" s="134">
+        <v>21</v>
+      </c>
+      <c r="M493" s="13"/>
+      <c r="N493" s="13"/>
+      <c r="O493" s="13"/>
+      <c r="P493" s="64">
+        <v>7500</v>
+      </c>
+      <c r="Q493" s="64"/>
+      <c r="R493" s="64">
+        <v>75000</v>
+      </c>
+      <c r="S493" s="13" t="s">
+        <v>518</v>
+      </c>
+      <c r="T493" s="64">
+        <v>7500000000</v>
+      </c>
+      <c r="U493" s="13"/>
+      <c r="V493" s="13"/>
+      <c r="W493" s="134">
+        <v>21</v>
+      </c>
+      <c r="X493" s="64"/>
+      <c r="Y493" s="13"/>
+      <c r="Z493" s="13"/>
+      <c r="AA493" s="64">
+        <v>7500</v>
+      </c>
+      <c r="AB493" s="13"/>
+      <c r="AC493" s="134">
+        <v>21</v>
+      </c>
+      <c r="AD493" s="64"/>
+      <c r="AE493" s="13"/>
+      <c r="AF493" s="13"/>
+      <c r="AG493" s="64">
+        <v>7500</v>
+      </c>
+      <c r="AH493" s="64"/>
+    </row>
+    <row r="494" spans="1:34" s="58" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A494" s="39" t="s">
+        <v>353</v>
+      </c>
+      <c r="B494" s="11">
+        <v>20</v>
+      </c>
+      <c r="C494" s="40">
         <v>25</v>
       </c>
-      <c r="M493" s="39"/>
-[...2 lines deleted...]
-      <c r="P493" s="45">
+      <c r="D494" s="19">
+        <v>100000</v>
+      </c>
+      <c r="E494" s="39" t="s">
+        <v>351</v>
+      </c>
+      <c r="F494" s="39" t="s">
+        <v>37</v>
+      </c>
+      <c r="G494" s="39" t="s">
+        <v>352</v>
+      </c>
+      <c r="H494" s="39" t="s">
+        <v>349</v>
+      </c>
+      <c r="I494" s="41"/>
+      <c r="J494" s="45">
+        <v>2000</v>
+      </c>
+      <c r="K494" s="39"/>
+      <c r="L494" s="42">
+        <v>25</v>
+      </c>
+      <c r="M494" s="39"/>
+      <c r="N494" s="39"/>
+      <c r="O494" s="39"/>
+      <c r="P494" s="45">
         <v>7500</v>
       </c>
-      <c r="Q493" s="45"/>
-      <c r="R493" s="45">
+      <c r="Q494" s="45"/>
+      <c r="R494" s="45">
         <v>85000</v>
       </c>
-      <c r="S493" s="39" t="s">
+      <c r="S494" s="39" t="s">
         <v>518</v>
       </c>
-      <c r="T493" s="45">
+      <c r="T494" s="45">
         <v>8500000000</v>
       </c>
-      <c r="U493" s="39"/>
-[...1 lines deleted...]
-      <c r="W493" s="42">
+      <c r="U494" s="39"/>
+      <c r="V494" s="39"/>
+      <c r="W494" s="42">
         <v>25</v>
       </c>
-      <c r="X493" s="45"/>
-[...2 lines deleted...]
-      <c r="AA493" s="45">
+      <c r="X494" s="45"/>
+      <c r="Y494" s="39"/>
+      <c r="Z494" s="39"/>
+      <c r="AA494" s="45">
         <v>7500</v>
       </c>
-      <c r="AB493" s="39"/>
-      <c r="AC493" s="42">
+      <c r="AB494" s="39"/>
+      <c r="AC494" s="42">
         <v>25</v>
       </c>
-      <c r="AD493" s="45"/>
-[...2 lines deleted...]
-      <c r="AG493" s="45">
+      <c r="AD494" s="45"/>
+      <c r="AE494" s="39"/>
+      <c r="AF494" s="39"/>
+      <c r="AG494" s="45">
         <v>7500</v>
       </c>
-      <c r="AH493" s="45"/>
-[...2 lines deleted...]
-      <c r="A494" s="110" t="s">
+      <c r="AH494" s="45"/>
+    </row>
+    <row r="495" spans="1:34" s="58" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A495" s="110" t="s">
         <v>975</v>
       </c>
-      <c r="B494" s="92">
+      <c r="B495" s="92">
         <v>21</v>
       </c>
-      <c r="C494" s="113">
+      <c r="C495" s="113">
         <v>26</v>
       </c>
-      <c r="D494" s="20">
+      <c r="D495" s="20">
         <v>200000</v>
       </c>
-      <c r="E494" s="110" t="s">
+      <c r="E495" s="110" t="s">
         <v>351</v>
       </c>
-      <c r="F494" s="110" t="s">
+      <c r="F495" s="110" t="s">
         <v>37</v>
       </c>
-      <c r="G494" s="110" t="s">
+      <c r="G495" s="110" t="s">
         <v>352</v>
       </c>
-      <c r="H494" s="110" t="s">
+      <c r="H495" s="110" t="s">
         <v>349</v>
       </c>
-      <c r="I494" s="114"/>
-      <c r="J494" s="115">
+      <c r="I495" s="114"/>
+      <c r="J495" s="115">
         <v>1000</v>
       </c>
-      <c r="K494" s="110"/>
-      <c r="L494" s="138">
+      <c r="K495" s="110"/>
+      <c r="L495" s="138">
         <v>26</v>
       </c>
-      <c r="M494" s="110"/>
-[...2 lines deleted...]
-      <c r="P494" s="115">
+      <c r="M495" s="110"/>
+      <c r="N495" s="110"/>
+      <c r="O495" s="110"/>
+      <c r="P495" s="115">
         <v>7500</v>
       </c>
-      <c r="Q494" s="115"/>
-      <c r="R494" s="115">
+      <c r="Q495" s="115"/>
+      <c r="R495" s="115">
         <v>40000</v>
       </c>
-      <c r="S494" s="91" t="s">
+      <c r="S495" s="91" t="s">
         <v>518</v>
       </c>
-      <c r="T494" s="95">
+      <c r="T495" s="95">
         <v>8000000000</v>
       </c>
-      <c r="U494" s="110"/>
-[...1 lines deleted...]
-      <c r="W494" s="138">
+      <c r="U495" s="110"/>
+      <c r="V495" s="110"/>
+      <c r="W495" s="138">
         <v>26</v>
       </c>
-      <c r="X494" s="115"/>
-[...2 lines deleted...]
-      <c r="AA494" s="115">
+      <c r="X495" s="115"/>
+      <c r="Y495" s="110"/>
+      <c r="Z495" s="110"/>
+      <c r="AA495" s="115">
         <v>7500</v>
       </c>
-      <c r="AB494" s="110"/>
-      <c r="AC494" s="138">
+      <c r="AB495" s="110"/>
+      <c r="AC495" s="138">
         <v>26</v>
       </c>
-      <c r="AD494" s="115"/>
-[...2 lines deleted...]
-      <c r="AG494" s="115">
+      <c r="AD495" s="115"/>
+      <c r="AE495" s="110"/>
+      <c r="AF495" s="110"/>
+      <c r="AG495" s="115">
         <v>7500</v>
       </c>
-      <c r="AH494" s="115"/>
-[...61 lines deleted...]
-      <c r="AH495" s="39"/>
+      <c r="AH495" s="115"/>
     </row>
     <row r="496" spans="1:34" s="58" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A496" s="39" t="s">
-        <v>410</v>
-[...11 lines deleted...]
-        <v>530</v>
+        <v>723</v>
+      </c>
+      <c r="B496" s="16" t="s">
+        <v>418</v>
+      </c>
+      <c r="C496" s="40" t="s">
+        <v>357</v>
+      </c>
+      <c r="D496" s="86">
+        <v>100000</v>
+      </c>
+      <c r="E496" s="39" t="s">
+        <v>351</v>
       </c>
       <c r="F496" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G496" s="39" t="s">
-        <v>329</v>
+        <v>66</v>
       </c>
       <c r="H496" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I496" s="41"/>
-      <c r="J496" s="42">
-        <v>600</v>
+      <c r="J496" s="12">
+        <v>2000</v>
       </c>
       <c r="K496" s="39"/>
       <c r="L496" s="39"/>
       <c r="M496" s="39"/>
       <c r="N496" s="39"/>
       <c r="O496" s="39"/>
       <c r="P496" s="39"/>
       <c r="Q496" s="39"/>
-      <c r="R496" s="45"/>
+      <c r="R496" s="39"/>
       <c r="S496" s="39"/>
-      <c r="T496" s="45"/>
+      <c r="T496" s="39"/>
       <c r="U496" s="39"/>
       <c r="V496" s="39"/>
-      <c r="W496" s="45">
-[...2 lines deleted...]
-      <c r="X496" s="45"/>
+      <c r="W496" s="39" t="s">
+        <v>357</v>
+      </c>
+      <c r="X496" s="39"/>
       <c r="Y496" s="39"/>
       <c r="Z496" s="39"/>
       <c r="AA496" s="45">
-        <v>3000</v>
+        <v>7500</v>
       </c>
       <c r="AB496" s="39"/>
-      <c r="AC496" s="45">
-[...2 lines deleted...]
-      <c r="AD496" s="45"/>
+      <c r="AC496" s="39" t="s">
+        <v>357</v>
+      </c>
+      <c r="AD496" s="39"/>
       <c r="AE496" s="39"/>
       <c r="AF496" s="39"/>
       <c r="AG496" s="45">
-        <v>3000</v>
-[...3 lines deleted...]
-    <row r="497" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
+        <v>7500</v>
+      </c>
+      <c r="AH496" s="39"/>
+    </row>
+    <row r="497" spans="1:34" s="58" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A497" s="39" t="s">
-        <v>734</v>
+        <v>410</v>
       </c>
       <c r="B497" s="11" t="s">
-        <v>429</v>
-[...8 lines deleted...]
-        <v>348</v>
+        <v>411</v>
+      </c>
+      <c r="C497" s="42">
+        <v>41</v>
+      </c>
+      <c r="D497" s="45">
+        <v>4167</v>
+      </c>
+      <c r="E497" s="44" t="s">
+        <v>530</v>
       </c>
       <c r="F497" s="39" t="s">
         <v>65</v>
       </c>
       <c r="G497" s="39" t="s">
-        <v>66</v>
+        <v>329</v>
       </c>
       <c r="H497" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I497" s="41"/>
-      <c r="J497" s="45">
-        <v>1500</v>
+      <c r="J497" s="42">
+        <v>600</v>
       </c>
       <c r="K497" s="39"/>
       <c r="L497" s="39"/>
       <c r="M497" s="39"/>
       <c r="N497" s="39"/>
       <c r="O497" s="39"/>
       <c r="P497" s="39"/>
       <c r="Q497" s="39"/>
       <c r="R497" s="45"/>
       <c r="S497" s="39"/>
       <c r="T497" s="45"/>
       <c r="U497" s="39"/>
       <c r="V497" s="39"/>
-      <c r="W497" s="45" t="s">
-        <v>359</v>
+      <c r="W497" s="45">
+        <v>41</v>
       </c>
       <c r="X497" s="45"/>
       <c r="Y497" s="39"/>
       <c r="Z497" s="39"/>
       <c r="AA497" s="45">
-        <v>10000</v>
+        <v>3000</v>
       </c>
       <c r="AB497" s="39"/>
-      <c r="AC497" s="45" t="s">
-        <v>359</v>
+      <c r="AC497" s="45">
+        <v>41</v>
       </c>
       <c r="AD497" s="45"/>
       <c r="AE497" s="39"/>
       <c r="AF497" s="39"/>
       <c r="AG497" s="45">
-        <v>10000</v>
+        <v>3000</v>
       </c>
       <c r="AH497" s="45"/>
     </row>
-    <row r="498" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-        <v>21</v>
+    <row r="498" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A498" s="39" t="s">
+        <v>734</v>
+      </c>
+      <c r="B498" s="11" t="s">
+        <v>429</v>
+      </c>
+      <c r="C498" s="40" t="s">
+        <v>359</v>
       </c>
       <c r="D498" s="19">
         <v>100000</v>
       </c>
-      <c r="E498" s="13" t="s">
-[...2 lines deleted...]
-      <c r="F498" s="13" t="s">
+      <c r="E498" s="39" t="s">
+        <v>348</v>
+      </c>
+      <c r="F498" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="G498" s="13" t="s">
+      <c r="G498" s="39" t="s">
         <v>66</v>
       </c>
-      <c r="H498" s="13" t="s">
+      <c r="H498" s="39" t="s">
         <v>349</v>
       </c>
-      <c r="I498" s="65"/>
-[...5 lines deleted...]
-      <c r="W498" s="64">
+      <c r="I498" s="41"/>
+      <c r="J498" s="45">
+        <v>1500</v>
+      </c>
+      <c r="K498" s="39"/>
+      <c r="L498" s="39"/>
+      <c r="M498" s="39"/>
+      <c r="N498" s="39"/>
+      <c r="O498" s="39"/>
+      <c r="P498" s="39"/>
+      <c r="Q498" s="39"/>
+      <c r="R498" s="45"/>
+      <c r="S498" s="39"/>
+      <c r="T498" s="45"/>
+      <c r="U498" s="39"/>
+      <c r="V498" s="39"/>
+      <c r="W498" s="45" t="s">
+        <v>359</v>
+      </c>
+      <c r="X498" s="45"/>
+      <c r="Y498" s="39"/>
+      <c r="Z498" s="39"/>
+      <c r="AA498" s="45">
+        <v>10000</v>
+      </c>
+      <c r="AB498" s="39"/>
+      <c r="AC498" s="45" t="s">
+        <v>359</v>
+      </c>
+      <c r="AD498" s="45"/>
+      <c r="AE498" s="39"/>
+      <c r="AF498" s="39"/>
+      <c r="AG498" s="45">
+        <v>10000</v>
+      </c>
+      <c r="AH498" s="45"/>
+    </row>
+    <row r="499" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A499" s="91" t="s">
+        <v>872</v>
+      </c>
+      <c r="B499" s="70" t="s">
+        <v>377</v>
+      </c>
+      <c r="C499" s="134">
         <v>21</v>
-      </c>
-[...21 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D499" s="19">
         <v>100000</v>
       </c>
-      <c r="E499" s="39" t="s">
+      <c r="E499" s="13" t="s">
         <v>351</v>
       </c>
-      <c r="F499" s="39" t="s">
+      <c r="F499" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="G499" s="39" t="s">
+      <c r="G499" s="13" t="s">
         <v>66</v>
       </c>
-      <c r="H499" s="39" t="s">
+      <c r="H499" s="13" t="s">
         <v>349</v>
       </c>
-      <c r="I499" s="41"/>
-      <c r="J499" s="45">
+      <c r="I499" s="65"/>
+      <c r="J499" s="64">
         <v>2000</v>
       </c>
-      <c r="K499" s="39"/>
-[...11 lines deleted...]
-      <c r="W499" s="45">
+      <c r="R499" s="64"/>
+      <c r="T499" s="64"/>
+      <c r="W499" s="64">
+        <v>21</v>
+      </c>
+      <c r="X499" s="64"/>
+      <c r="AA499" s="64">
+        <v>7500</v>
+      </c>
+      <c r="AC499" s="64">
+        <v>21</v>
+      </c>
+      <c r="AD499" s="64"/>
+      <c r="AG499" s="64">
+        <v>7500</v>
+      </c>
+      <c r="AH499" s="64"/>
+    </row>
+    <row r="500" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A500" s="39" t="s">
+        <v>716</v>
+      </c>
+      <c r="B500" s="11" t="s">
+        <v>388</v>
+      </c>
+      <c r="C500" s="42">
         <v>25</v>
       </c>
-      <c r="X499" s="45"/>
-[...26 lines deleted...]
-      </c>
       <c r="D500" s="19">
-        <v>200000</v>
-[...1 lines deleted...]
-      <c r="E500" s="14" t="s">
+        <v>100000</v>
+      </c>
+      <c r="E500" s="39" t="s">
         <v>351</v>
       </c>
-      <c r="F500" s="14" t="s">
+      <c r="F500" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="G500" s="14" t="s">
+      <c r="G500" s="39" t="s">
         <v>66</v>
       </c>
-      <c r="H500" s="14" t="s">
+      <c r="H500" s="39" t="s">
         <v>349</v>
       </c>
       <c r="I500" s="41"/>
       <c r="J500" s="45">
-        <v>1000</v>
-[...12 lines deleted...]
-      <c r="V500" s="14"/>
+        <v>2000</v>
+      </c>
+      <c r="K500" s="39"/>
+      <c r="L500" s="39"/>
+      <c r="M500" s="39"/>
+      <c r="N500" s="39"/>
+      <c r="O500" s="39"/>
+      <c r="P500" s="39"/>
+      <c r="Q500" s="39"/>
+      <c r="R500" s="45"/>
+      <c r="S500" s="39"/>
+      <c r="T500" s="45"/>
+      <c r="U500" s="39"/>
+      <c r="V500" s="39"/>
       <c r="W500" s="45">
-        <v>26</v>
-[...3 lines deleted...]
-      <c r="Z500" s="14"/>
+        <v>25</v>
+      </c>
+      <c r="X500" s="45"/>
+      <c r="Y500" s="39"/>
+      <c r="Z500" s="39"/>
       <c r="AA500" s="45">
         <v>7500</v>
       </c>
-      <c r="AB500" s="14"/>
+      <c r="AB500" s="39"/>
       <c r="AC500" s="45">
-        <v>26</v>
-[...3 lines deleted...]
-      <c r="AF500" s="14"/>
+        <v>25</v>
+      </c>
+      <c r="AD500" s="45"/>
+      <c r="AE500" s="39"/>
+      <c r="AF500" s="39"/>
       <c r="AG500" s="45">
         <v>7500</v>
       </c>
-      <c r="AH500" s="17"/>
+      <c r="AH500" s="45"/>
     </row>
     <row r="501" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A501" s="39" t="s">
-[...3 lines deleted...]
-        <v>366</v>
+      <c r="A501" s="14" t="s">
+        <v>717</v>
+      </c>
+      <c r="B501" s="90" t="s">
+        <v>399</v>
       </c>
       <c r="C501" s="42">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D501" s="19">
-        <v>100000</v>
-[...4 lines deleted...]
-      <c r="F501" s="39" t="s">
+        <v>200000</v>
+      </c>
+      <c r="E501" s="14" t="s">
+        <v>351</v>
+      </c>
+      <c r="F501" s="14" t="s">
         <v>65</v>
       </c>
-      <c r="G501" s="39" t="s">
+      <c r="G501" s="14" t="s">
         <v>66</v>
       </c>
-      <c r="H501" s="39" t="s">
+      <c r="H501" s="14" t="s">
         <v>349</v>
       </c>
       <c r="I501" s="41"/>
       <c r="J501" s="45">
-        <v>1500</v>
-[...18 lines deleted...]
-      <c r="Z501" s="39"/>
+        <v>1000</v>
+      </c>
+      <c r="K501" s="14"/>
+      <c r="L501" s="14"/>
+      <c r="M501" s="14"/>
+      <c r="N501" s="14"/>
+      <c r="O501" s="14"/>
+      <c r="P501" s="14"/>
+      <c r="Q501" s="14"/>
+      <c r="R501" s="17"/>
+      <c r="S501" s="14"/>
+      <c r="T501" s="17"/>
+      <c r="U501" s="14"/>
+      <c r="V501" s="14"/>
+      <c r="W501" s="45">
+        <v>26</v>
+      </c>
+      <c r="X501" s="17"/>
+      <c r="Y501" s="14"/>
+      <c r="Z501" s="14"/>
       <c r="AA501" s="45">
-        <v>10000</v>
-[...1 lines deleted...]
-      <c r="AB501" s="39"/>
+        <v>7500</v>
+      </c>
+      <c r="AB501" s="14"/>
       <c r="AC501" s="45">
-        <v>17</v>
-[...3 lines deleted...]
-      <c r="AF501" s="39"/>
+        <v>26</v>
+      </c>
+      <c r="AD501" s="17"/>
+      <c r="AE501" s="14"/>
+      <c r="AF501" s="14"/>
       <c r="AG501" s="45">
-        <v>10000</v>
-[...1 lines deleted...]
-      <c r="AH501" s="45"/>
+        <v>7500</v>
+      </c>
+      <c r="AH501" s="17"/>
     </row>
     <row r="502" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A502" s="91" t="s">
-[...5 lines deleted...]
-      <c r="C502" s="93">
+      <c r="A502" s="39" t="s">
+        <v>715</v>
+      </c>
+      <c r="B502" s="11" t="s">
+        <v>366</v>
+      </c>
+      <c r="C502" s="42">
         <v>17</v>
       </c>
       <c r="D502" s="19">
         <v>100000</v>
       </c>
-      <c r="E502" s="91" t="s">
+      <c r="E502" s="39" t="s">
         <v>348</v>
       </c>
-      <c r="F502" s="91" t="s">
+      <c r="F502" s="39" t="s">
+        <v>65</v>
+      </c>
+      <c r="G502" s="39" t="s">
+        <v>66</v>
+      </c>
+      <c r="H502" s="39" t="s">
+        <v>349</v>
+      </c>
+      <c r="I502" s="41"/>
+      <c r="J502" s="45">
+        <v>1500</v>
+      </c>
+      <c r="K502" s="39"/>
+      <c r="L502" s="21"/>
+      <c r="M502" s="39"/>
+      <c r="N502" s="39"/>
+      <c r="O502" s="39"/>
+      <c r="P502" s="39"/>
+      <c r="Q502" s="39"/>
+      <c r="R502" s="45"/>
+      <c r="S502" s="39"/>
+      <c r="T502" s="45"/>
+      <c r="U502" s="39"/>
+      <c r="V502" s="39"/>
+      <c r="W502" s="18">
+        <v>17</v>
+      </c>
+      <c r="X502" s="45"/>
+      <c r="Y502" s="39"/>
+      <c r="Z502" s="39"/>
+      <c r="AA502" s="45">
+        <v>10000</v>
+      </c>
+      <c r="AB502" s="39"/>
+      <c r="AC502" s="45">
+        <v>17</v>
+      </c>
+      <c r="AD502" s="45"/>
+      <c r="AE502" s="39"/>
+      <c r="AF502" s="39"/>
+      <c r="AG502" s="45">
+        <v>10000</v>
+      </c>
+      <c r="AH502" s="45"/>
+    </row>
+    <row r="503" spans="1:34" s="58" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A503" s="91" t="s">
+        <v>976</v>
+      </c>
+      <c r="B503" s="92">
+        <v>18</v>
+      </c>
+      <c r="C503" s="93">
+        <v>17</v>
+      </c>
+      <c r="D503" s="19">
+        <v>100000</v>
+      </c>
+      <c r="E503" s="91" t="s">
+        <v>348</v>
+      </c>
+      <c r="F503" s="91" t="s">
         <v>37</v>
       </c>
-      <c r="G502" s="91" t="s">
+      <c r="G503" s="91" t="s">
         <v>38</v>
       </c>
-      <c r="H502" s="91" t="s">
+      <c r="H503" s="91" t="s">
         <v>349</v>
       </c>
-      <c r="I502" s="94"/>
-      <c r="J502" s="95">
+      <c r="I503" s="94"/>
+      <c r="J503" s="95">
         <v>1500</v>
       </c>
-      <c r="K502" s="91"/>
-      <c r="L502" s="136">
+      <c r="K503" s="91"/>
+      <c r="L503" s="136">
         <v>17</v>
       </c>
-      <c r="M502" s="91"/>
-[...2 lines deleted...]
-      <c r="P502" s="95">
+      <c r="M503" s="91"/>
+      <c r="N503" s="91"/>
+      <c r="O503" s="91"/>
+      <c r="P503" s="95">
         <v>10000</v>
       </c>
-      <c r="Q502" s="95"/>
-      <c r="R502" s="95">
+      <c r="Q503" s="95"/>
+      <c r="R503" s="95">
         <v>75000</v>
       </c>
-      <c r="S502" s="91" t="s">
+      <c r="S503" s="91" t="s">
         <v>518</v>
       </c>
-      <c r="T502" s="115">
+      <c r="T503" s="115">
         <v>7500000000</v>
       </c>
-      <c r="U502" s="91"/>
-[...1 lines deleted...]
-      <c r="W502" s="136">
+      <c r="U503" s="91"/>
+      <c r="V503" s="91"/>
+      <c r="W503" s="136">
         <v>17</v>
       </c>
-      <c r="X502" s="95"/>
-[...2 lines deleted...]
-      <c r="AA502" s="95">
+      <c r="X503" s="95"/>
+      <c r="Y503" s="91"/>
+      <c r="Z503" s="91"/>
+      <c r="AA503" s="95">
         <v>10000</v>
       </c>
-      <c r="AB502" s="91"/>
-      <c r="AC502" s="139">
+      <c r="AB503" s="91"/>
+      <c r="AC503" s="139">
         <v>17</v>
       </c>
-      <c r="AD502" s="95"/>
-[...2 lines deleted...]
-      <c r="AG502" s="95">
+      <c r="AD503" s="95"/>
+      <c r="AE503" s="91"/>
+      <c r="AF503" s="91"/>
+      <c r="AG503" s="95">
         <v>10000</v>
       </c>
-      <c r="AH502" s="95"/>
-[...63 lines deleted...]
-      </c>
+      <c r="AH503" s="95"/>
     </row>
     <row r="504" spans="1:34" s="69" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A504" s="13" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="B504" s="70">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C504" s="63" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D504" s="64">
         <v>1000</v>
       </c>
       <c r="E504" s="13" t="s">
         <v>610</v>
       </c>
       <c r="F504" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G504" s="13" t="s">
         <v>56</v>
       </c>
       <c r="H504" s="13" t="s">
         <v>349</v>
       </c>
       <c r="I504" s="65"/>
       <c r="J504" s="64">
         <v>25</v>
       </c>
       <c r="K504" s="13"/>
       <c r="L504" s="13"/>
       <c r="M504" s="13"/>
       <c r="N504" s="13"/>
       <c r="O504" s="13"/>
       <c r="P504" s="13"/>
       <c r="Q504" s="13"/>
       <c r="R504" s="13"/>
       <c r="S504" s="13"/>
       <c r="T504" s="13"/>
       <c r="U504" s="13"/>
       <c r="V504" s="13"/>
       <c r="W504" s="63" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="X504" s="13"/>
       <c r="Y504" s="13"/>
       <c r="Z504" s="13"/>
       <c r="AA504" s="64"/>
       <c r="AB504" s="64">
-        <v>50000</v>
+        <v>20000</v>
       </c>
       <c r="AC504" s="63" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="AD504" s="13"/>
       <c r="AE504" s="13"/>
       <c r="AF504" s="13"/>
       <c r="AG504" s="64">
         <v>10000</v>
       </c>
       <c r="AH504" s="64">
-        <v>50000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="505" spans="1:34" s="69" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A505" s="13" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="B505" s="70">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C505" s="63" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="D505" s="64">
         <v>1000</v>
       </c>
       <c r="E505" s="13" t="s">
         <v>610</v>
       </c>
       <c r="F505" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G505" s="13" t="s">
         <v>56</v>
       </c>
       <c r="H505" s="13" t="s">
         <v>349</v>
       </c>
       <c r="I505" s="65"/>
       <c r="J505" s="64">
         <v>25</v>
       </c>
       <c r="K505" s="13"/>
       <c r="L505" s="13"/>
       <c r="M505" s="13"/>
       <c r="N505" s="13"/>
       <c r="O505" s="13"/>
       <c r="P505" s="13"/>
       <c r="Q505" s="13"/>
       <c r="R505" s="13"/>
       <c r="S505" s="13"/>
       <c r="T505" s="13"/>
       <c r="U505" s="13"/>
       <c r="V505" s="13"/>
       <c r="W505" s="63" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="X505" s="13"/>
       <c r="Y505" s="13"/>
       <c r="Z505" s="13"/>
       <c r="AA505" s="64"/>
       <c r="AB505" s="64">
-        <v>100000</v>
+        <v>50000</v>
       </c>
       <c r="AC505" s="63" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="AD505" s="13"/>
       <c r="AE505" s="13"/>
       <c r="AF505" s="13"/>
       <c r="AG505" s="64">
         <v>10000</v>
       </c>
       <c r="AH505" s="64">
-        <v>100000</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="506" spans="1:34" s="69" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A506" s="13" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="B506" s="70">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C506" s="63" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="D506" s="64">
         <v>1000</v>
       </c>
       <c r="E506" s="13" t="s">
         <v>610</v>
       </c>
       <c r="F506" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G506" s="13" t="s">
         <v>56</v>
       </c>
       <c r="H506" s="13" t="s">
         <v>349</v>
       </c>
       <c r="I506" s="65"/>
       <c r="J506" s="64">
         <v>25</v>
       </c>
       <c r="K506" s="13"/>
       <c r="L506" s="13"/>
       <c r="M506" s="13"/>
       <c r="N506" s="13"/>
       <c r="O506" s="13"/>
       <c r="P506" s="13"/>
       <c r="Q506" s="13"/>
       <c r="R506" s="13"/>
       <c r="S506" s="13"/>
       <c r="T506" s="13"/>
       <c r="U506" s="13"/>
       <c r="V506" s="13"/>
       <c r="W506" s="63" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="X506" s="13"/>
       <c r="Y506" s="13"/>
       <c r="Z506" s="13"/>
       <c r="AA506" s="64"/>
       <c r="AB506" s="64">
-        <v>150000</v>
+        <v>100000</v>
       </c>
       <c r="AC506" s="63" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="AD506" s="13"/>
       <c r="AE506" s="13"/>
       <c r="AF506" s="13"/>
       <c r="AG506" s="64">
         <v>10000</v>
       </c>
       <c r="AH506" s="64">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="507" spans="1:34" s="69" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A507" s="13" t="s">
+        <v>876</v>
+      </c>
+      <c r="B507" s="70">
+        <v>83</v>
+      </c>
+      <c r="C507" s="63" t="s">
+        <v>613</v>
+      </c>
+      <c r="D507" s="64">
+        <v>1000</v>
+      </c>
+      <c r="E507" s="13" t="s">
+        <v>610</v>
+      </c>
+      <c r="F507" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G507" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="H507" s="13" t="s">
+        <v>349</v>
+      </c>
+      <c r="I507" s="65"/>
+      <c r="J507" s="64">
+        <v>25</v>
+      </c>
+      <c r="K507" s="13"/>
+      <c r="L507" s="13"/>
+      <c r="M507" s="13"/>
+      <c r="N507" s="13"/>
+      <c r="O507" s="13"/>
+      <c r="P507" s="13"/>
+      <c r="Q507" s="13"/>
+      <c r="R507" s="13"/>
+      <c r="S507" s="13"/>
+      <c r="T507" s="13"/>
+      <c r="U507" s="13"/>
+      <c r="V507" s="13"/>
+      <c r="W507" s="63" t="s">
+        <v>613</v>
+      </c>
+      <c r="X507" s="13"/>
+      <c r="Y507" s="13"/>
+      <c r="Z507" s="13"/>
+      <c r="AA507" s="64"/>
+      <c r="AB507" s="64">
         <v>150000</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D507" s="100">
+      <c r="AC507" s="63" t="s">
+        <v>613</v>
+      </c>
+      <c r="AD507" s="13"/>
+      <c r="AE507" s="13"/>
+      <c r="AF507" s="13"/>
+      <c r="AG507" s="64">
         <v>10000</v>
       </c>
-      <c r="E507" s="91" t="s">
-[...46 lines deleted...]
-      <c r="AH507" s="91"/>
+      <c r="AH507" s="64">
+        <v>150000</v>
+      </c>
     </row>
     <row r="508" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A508" s="91" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="B508" s="92">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C508" s="93" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="D508" s="100">
         <v>10000</v>
       </c>
       <c r="E508" s="91" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="F508" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G508" s="91" t="s">
         <v>56</v>
       </c>
       <c r="H508" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I508" s="94"/>
       <c r="J508" s="95">
         <v>25</v>
       </c>
       <c r="K508" s="91"/>
       <c r="L508" s="91"/>
       <c r="M508" s="91"/>
       <c r="N508" s="91"/>
       <c r="O508" s="91"/>
       <c r="P508" s="91"/>
       <c r="Q508" s="91"/>
       <c r="R508" s="91"/>
       <c r="S508" s="91"/>
       <c r="T508" s="91"/>
       <c r="U508" s="91"/>
       <c r="V508" s="91"/>
       <c r="W508" s="93" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="X508" s="91"/>
       <c r="Y508" s="91"/>
       <c r="Z508" s="91"/>
       <c r="AA508" s="95"/>
       <c r="AB508" s="95">
-        <v>150000</v>
+        <v>100000</v>
       </c>
       <c r="AC508" s="93" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="AD508" s="91"/>
       <c r="AE508" s="91"/>
       <c r="AF508" s="91"/>
       <c r="AG508" s="95">
         <v>10000</v>
       </c>
       <c r="AH508" s="91"/>
     </row>
-    <row r="509" spans="1:34" s="96" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="509" spans="1:34" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A509" s="91" t="s">
-        <v>1391</v>
+        <v>879</v>
       </c>
       <c r="B509" s="92">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="C509" s="93" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-        <v>100000</v>
+        <v>880</v>
+      </c>
+      <c r="D509" s="100">
+        <v>10000</v>
       </c>
       <c r="E509" s="91" t="s">
-        <v>665</v>
+        <v>348</v>
       </c>
       <c r="F509" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G509" s="91" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="H509" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I509" s="94"/>
       <c r="J509" s="95">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="K509" s="91"/>
-      <c r="L509" s="93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L509" s="91"/>
       <c r="M509" s="91"/>
       <c r="N509" s="91"/>
       <c r="O509" s="91"/>
-      <c r="P509" s="95"/>
-[...9 lines deleted...]
-      </c>
+      <c r="P509" s="91"/>
+      <c r="Q509" s="91"/>
+      <c r="R509" s="91"/>
+      <c r="S509" s="91"/>
+      <c r="T509" s="91"/>
       <c r="U509" s="91"/>
       <c r="V509" s="91"/>
       <c r="W509" s="93" t="s">
-        <v>675</v>
-[...1 lines deleted...]
-      <c r="X509" s="95"/>
+        <v>880</v>
+      </c>
+      <c r="X509" s="91"/>
       <c r="Y509" s="91"/>
       <c r="Z509" s="91"/>
-      <c r="AA509" s="95">
-[...2 lines deleted...]
-      <c r="AB509" s="91"/>
+      <c r="AA509" s="95"/>
+      <c r="AB509" s="95">
+        <v>150000</v>
+      </c>
       <c r="AC509" s="93" t="s">
-        <v>675</v>
-[...1 lines deleted...]
-      <c r="AD509" s="95"/>
+        <v>880</v>
+      </c>
+      <c r="AD509" s="91"/>
       <c r="AE509" s="91"/>
       <c r="AF509" s="91"/>
       <c r="AG509" s="95">
         <v>10000</v>
       </c>
-      <c r="AH509" s="95"/>
+      <c r="AH509" s="91"/>
     </row>
     <row r="510" spans="1:34" s="96" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A510" s="91" t="s">
-        <v>1392</v>
+        <v>1391</v>
       </c>
       <c r="B510" s="92">
         <v>75</v>
       </c>
       <c r="C510" s="93" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="D510" s="19">
         <v>100000</v>
       </c>
       <c r="E510" s="91" t="s">
         <v>665</v>
       </c>
       <c r="F510" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G510" s="91" t="s">
         <v>38</v>
       </c>
       <c r="H510" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I510" s="94"/>
       <c r="J510" s="95">
         <v>150</v>
       </c>
       <c r="K510" s="91"/>
       <c r="L510" s="93" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="M510" s="91"/>
       <c r="N510" s="91"/>
       <c r="O510" s="91"/>
       <c r="P510" s="95"/>
       <c r="Q510" s="95"/>
       <c r="R510" s="95">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="S510" s="91" t="s">
         <v>676</v>
       </c>
       <c r="T510" s="95">
-        <v>100000000</v>
+        <v>300000000</v>
       </c>
       <c r="U510" s="91"/>
       <c r="V510" s="91"/>
       <c r="W510" s="93" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="X510" s="95"/>
       <c r="Y510" s="91"/>
       <c r="Z510" s="91"/>
       <c r="AA510" s="95">
         <v>10000</v>
       </c>
       <c r="AB510" s="91"/>
       <c r="AC510" s="93" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="AD510" s="95"/>
       <c r="AE510" s="91"/>
       <c r="AF510" s="91"/>
       <c r="AG510" s="95">
         <v>10000</v>
       </c>
       <c r="AH510" s="95"/>
     </row>
     <row r="511" spans="1:34" s="96" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A511" s="91" t="s">
-        <v>1393</v>
+        <v>1392</v>
       </c>
       <c r="B511" s="92">
         <v>75</v>
       </c>
       <c r="C511" s="93" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="D511" s="19">
         <v>100000</v>
       </c>
       <c r="E511" s="91" t="s">
         <v>665</v>
       </c>
       <c r="F511" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G511" s="91" t="s">
         <v>38</v>
       </c>
       <c r="H511" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I511" s="94"/>
       <c r="J511" s="95">
         <v>150</v>
       </c>
       <c r="K511" s="91"/>
       <c r="L511" s="93" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="M511" s="91"/>
       <c r="N511" s="91"/>
       <c r="O511" s="91"/>
       <c r="P511" s="95"/>
       <c r="Q511" s="95"/>
       <c r="R511" s="95">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="S511" s="91" t="s">
         <v>676</v>
       </c>
       <c r="T511" s="95">
-        <v>400000000</v>
+        <v>100000000</v>
       </c>
       <c r="U511" s="91"/>
       <c r="V511" s="91"/>
       <c r="W511" s="93" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="X511" s="95"/>
       <c r="Y511" s="91"/>
       <c r="Z511" s="91"/>
       <c r="AA511" s="95">
         <v>10000</v>
       </c>
       <c r="AB511" s="91"/>
       <c r="AC511" s="93" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="AD511" s="95"/>
       <c r="AE511" s="91"/>
       <c r="AF511" s="91"/>
       <c r="AG511" s="95">
         <v>10000</v>
       </c>
       <c r="AH511" s="95"/>
     </row>
     <row r="512" spans="1:34" s="96" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A512" s="91" t="s">
-        <v>1394</v>
+        <v>1393</v>
       </c>
       <c r="B512" s="92">
         <v>75</v>
       </c>
       <c r="C512" s="93" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="D512" s="19">
         <v>100000</v>
       </c>
       <c r="E512" s="91" t="s">
         <v>665</v>
       </c>
       <c r="F512" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G512" s="91" t="s">
         <v>38</v>
       </c>
       <c r="H512" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I512" s="94"/>
       <c r="J512" s="95">
         <v>150</v>
       </c>
       <c r="K512" s="91"/>
       <c r="L512" s="93" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="M512" s="91"/>
       <c r="N512" s="91"/>
       <c r="O512" s="91"/>
       <c r="P512" s="95"/>
       <c r="Q512" s="95"/>
       <c r="R512" s="95">
         <v>4000</v>
       </c>
       <c r="S512" s="91" t="s">
         <v>676</v>
       </c>
       <c r="T512" s="95">
         <v>400000000</v>
       </c>
       <c r="U512" s="91"/>
       <c r="V512" s="91"/>
       <c r="W512" s="93" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="X512" s="95"/>
       <c r="Y512" s="91"/>
       <c r="Z512" s="91"/>
       <c r="AA512" s="95">
         <v>10000</v>
       </c>
       <c r="AB512" s="91"/>
       <c r="AC512" s="93" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="AD512" s="95"/>
       <c r="AE512" s="91"/>
       <c r="AF512" s="91"/>
       <c r="AG512" s="95">
         <v>10000</v>
       </c>
       <c r="AH512" s="95"/>
     </row>
     <row r="513" spans="1:35" s="96" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A513" s="91" t="s">
-        <v>925</v>
+        <v>1394</v>
       </c>
       <c r="B513" s="92">
         <v>75</v>
       </c>
       <c r="C513" s="93" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="D513" s="19">
         <v>100000</v>
       </c>
       <c r="E513" s="91" t="s">
         <v>665</v>
       </c>
       <c r="F513" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G513" s="91" t="s">
         <v>38</v>
       </c>
       <c r="H513" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I513" s="94"/>
       <c r="J513" s="95">
         <v>150</v>
       </c>
       <c r="K513" s="91"/>
       <c r="L513" s="93" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="M513" s="91"/>
       <c r="N513" s="91"/>
       <c r="O513" s="91"/>
       <c r="P513" s="95"/>
       <c r="Q513" s="95"/>
       <c r="R513" s="95">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="S513" s="91" t="s">
         <v>676</v>
       </c>
       <c r="T513" s="95">
-        <v>500000000</v>
+        <v>400000000</v>
       </c>
       <c r="U513" s="91"/>
       <c r="V513" s="91"/>
       <c r="W513" s="93" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="X513" s="95"/>
       <c r="Y513" s="91"/>
       <c r="Z513" s="91"/>
       <c r="AA513" s="95">
         <v>10000</v>
       </c>
       <c r="AB513" s="91"/>
       <c r="AC513" s="93" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="AD513" s="95"/>
       <c r="AE513" s="91"/>
       <c r="AF513" s="91"/>
       <c r="AG513" s="95">
         <v>10000</v>
       </c>
       <c r="AH513" s="95"/>
     </row>
-    <row r="514" spans="1:35" s="97" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="514" spans="1:35" s="96" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A514" s="91" t="s">
-        <v>1395</v>
+        <v>925</v>
       </c>
       <c r="B514" s="92">
         <v>75</v>
       </c>
       <c r="C514" s="93" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="D514" s="19">
         <v>100000</v>
       </c>
       <c r="E514" s="91" t="s">
         <v>665</v>
       </c>
       <c r="F514" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G514" s="91" t="s">
         <v>38</v>
       </c>
       <c r="H514" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I514" s="94"/>
       <c r="J514" s="95">
         <v>150</v>
       </c>
       <c r="K514" s="91"/>
       <c r="L514" s="93" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="M514" s="91"/>
       <c r="N514" s="91"/>
       <c r="O514" s="91"/>
-      <c r="P514" s="91"/>
-      <c r="Q514" s="91"/>
+      <c r="P514" s="95"/>
+      <c r="Q514" s="95"/>
       <c r="R514" s="95">
-        <v>11000</v>
+        <v>5000</v>
       </c>
       <c r="S514" s="91" t="s">
         <v>676</v>
       </c>
       <c r="T514" s="95">
-        <v>1100000000</v>
+        <v>500000000</v>
       </c>
       <c r="U514" s="91"/>
       <c r="V514" s="91"/>
       <c r="W514" s="93" t="s">
-        <v>681</v>
-[...1 lines deleted...]
-      <c r="X514" s="91"/>
+        <v>680</v>
+      </c>
+      <c r="X514" s="95"/>
       <c r="Y514" s="91"/>
       <c r="Z514" s="91"/>
       <c r="AA514" s="95">
         <v>10000</v>
       </c>
       <c r="AB514" s="91"/>
       <c r="AC514" s="93" t="s">
-        <v>681</v>
-[...1 lines deleted...]
-      <c r="AD514" s="91"/>
+        <v>680</v>
+      </c>
+      <c r="AD514" s="95"/>
       <c r="AE514" s="91"/>
       <c r="AF514" s="91"/>
       <c r="AG514" s="95">
         <v>10000</v>
       </c>
-      <c r="AH514" s="91"/>
+      <c r="AH514" s="95"/>
     </row>
     <row r="515" spans="1:35" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A515" s="91" t="s">
-        <v>1396</v>
+        <v>1395</v>
       </c>
       <c r="B515" s="92">
         <v>75</v>
       </c>
       <c r="C515" s="93" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="D515" s="19">
         <v>100000</v>
       </c>
       <c r="E515" s="91" t="s">
         <v>665</v>
       </c>
       <c r="F515" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G515" s="91" t="s">
         <v>38</v>
       </c>
       <c r="H515" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I515" s="94"/>
       <c r="J515" s="95">
         <v>150</v>
       </c>
       <c r="K515" s="91"/>
       <c r="L515" s="93" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="M515" s="91"/>
       <c r="N515" s="91"/>
       <c r="O515" s="91"/>
       <c r="P515" s="91"/>
       <c r="Q515" s="91"/>
       <c r="R515" s="95">
-        <v>30000</v>
+        <v>11000</v>
       </c>
       <c r="S515" s="91" t="s">
         <v>676</v>
       </c>
       <c r="T515" s="95">
-        <v>3000000000</v>
+        <v>1100000000</v>
       </c>
       <c r="U515" s="91"/>
       <c r="V515" s="91"/>
       <c r="W515" s="93" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="X515" s="91"/>
       <c r="Y515" s="91"/>
       <c r="Z515" s="91"/>
       <c r="AA515" s="95">
         <v>10000</v>
       </c>
       <c r="AB515" s="91"/>
       <c r="AC515" s="93" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="AD515" s="91"/>
       <c r="AE515" s="91"/>
       <c r="AF515" s="91"/>
       <c r="AG515" s="95">
         <v>10000</v>
       </c>
       <c r="AH515" s="91"/>
     </row>
-    <row r="516" spans="1:35" s="96" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="516" spans="1:35" s="97" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A516" s="91" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="B516" s="92">
         <v>75</v>
       </c>
       <c r="C516" s="93" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="D516" s="19">
         <v>100000</v>
       </c>
       <c r="E516" s="91" t="s">
         <v>665</v>
       </c>
       <c r="F516" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G516" s="91" t="s">
         <v>38</v>
       </c>
       <c r="H516" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I516" s="94"/>
       <c r="J516" s="95">
         <v>150</v>
       </c>
       <c r="K516" s="91"/>
       <c r="L516" s="93" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="M516" s="91"/>
       <c r="N516" s="91"/>
       <c r="O516" s="91"/>
-      <c r="P516" s="95"/>
-      <c r="Q516" s="95"/>
+      <c r="P516" s="91"/>
+      <c r="Q516" s="91"/>
       <c r="R516" s="95">
-        <v>37000</v>
+        <v>30000</v>
       </c>
       <c r="S516" s="91" t="s">
         <v>676</v>
       </c>
       <c r="T516" s="95">
-        <v>3700000000</v>
+        <v>3000000000</v>
       </c>
       <c r="U516" s="91"/>
       <c r="V516" s="91"/>
       <c r="W516" s="93" t="s">
-        <v>683</v>
-[...1 lines deleted...]
-      <c r="X516" s="95"/>
+        <v>682</v>
+      </c>
+      <c r="X516" s="91"/>
       <c r="Y516" s="91"/>
       <c r="Z516" s="91"/>
       <c r="AA516" s="95">
         <v>10000</v>
       </c>
       <c r="AB516" s="91"/>
       <c r="AC516" s="93" t="s">
-        <v>683</v>
-[...1 lines deleted...]
-      <c r="AD516" s="95"/>
+        <v>682</v>
+      </c>
+      <c r="AD516" s="91"/>
       <c r="AE516" s="91"/>
       <c r="AF516" s="91"/>
       <c r="AG516" s="95">
         <v>10000</v>
       </c>
-      <c r="AH516" s="95"/>
+      <c r="AH516" s="91"/>
     </row>
     <row r="517" spans="1:35" s="96" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A517" s="91" t="s">
-        <v>1398</v>
+        <v>1397</v>
       </c>
       <c r="B517" s="92">
         <v>75</v>
       </c>
       <c r="C517" s="93" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="D517" s="19">
         <v>100000</v>
       </c>
       <c r="E517" s="91" t="s">
         <v>665</v>
       </c>
       <c r="F517" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G517" s="91" t="s">
         <v>38</v>
       </c>
       <c r="H517" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I517" s="94"/>
       <c r="J517" s="95">
         <v>150</v>
       </c>
       <c r="K517" s="91"/>
       <c r="L517" s="93" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="M517" s="91"/>
       <c r="N517" s="91"/>
       <c r="O517" s="91"/>
       <c r="P517" s="95"/>
       <c r="Q517" s="95"/>
       <c r="R517" s="95">
-        <v>33000</v>
+        <v>37000</v>
       </c>
       <c r="S517" s="91" t="s">
         <v>676</v>
       </c>
       <c r="T517" s="95">
-        <v>3300000000</v>
+        <v>3700000000</v>
       </c>
       <c r="U517" s="91"/>
       <c r="V517" s="91"/>
       <c r="W517" s="93" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="X517" s="95"/>
       <c r="Y517" s="91"/>
       <c r="Z517" s="91"/>
       <c r="AA517" s="95">
         <v>10000</v>
       </c>
       <c r="AB517" s="91"/>
       <c r="AC517" s="93" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="AD517" s="95"/>
       <c r="AE517" s="91"/>
       <c r="AF517" s="91"/>
       <c r="AG517" s="95">
         <v>10000</v>
       </c>
       <c r="AH517" s="95"/>
     </row>
     <row r="518" spans="1:35" s="96" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A518" s="91" t="s">
-        <v>1399</v>
+        <v>1398</v>
       </c>
       <c r="B518" s="92">
         <v>75</v>
       </c>
       <c r="C518" s="93" t="s">
-        <v>770</v>
+        <v>684</v>
       </c>
       <c r="D518" s="19">
         <v>100000</v>
       </c>
       <c r="E518" s="91" t="s">
         <v>665</v>
       </c>
       <c r="F518" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G518" s="91" t="s">
         <v>38</v>
       </c>
       <c r="H518" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I518" s="94"/>
       <c r="J518" s="95">
         <v>150</v>
       </c>
       <c r="K518" s="91"/>
       <c r="L518" s="93" t="s">
-        <v>770</v>
+        <v>684</v>
       </c>
       <c r="M518" s="91"/>
       <c r="N518" s="91"/>
       <c r="O518" s="91"/>
       <c r="P518" s="95"/>
       <c r="Q518" s="95"/>
       <c r="R518" s="95">
-        <v>14000</v>
+        <v>33000</v>
       </c>
       <c r="S518" s="91" t="s">
         <v>676</v>
       </c>
       <c r="T518" s="95">
-        <v>1400000000</v>
+        <v>3300000000</v>
       </c>
       <c r="U518" s="91"/>
       <c r="V518" s="91"/>
       <c r="W518" s="93" t="s">
-        <v>770</v>
+        <v>684</v>
       </c>
       <c r="X518" s="95"/>
       <c r="Y518" s="91"/>
       <c r="Z518" s="91"/>
       <c r="AA518" s="95">
         <v>10000</v>
       </c>
       <c r="AB518" s="91"/>
       <c r="AC518" s="93" t="s">
-        <v>770</v>
+        <v>684</v>
       </c>
       <c r="AD518" s="95"/>
       <c r="AE518" s="91"/>
       <c r="AF518" s="91"/>
       <c r="AG518" s="95">
         <v>10000</v>
       </c>
       <c r="AH518" s="95"/>
     </row>
     <row r="519" spans="1:35" s="96" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A519" s="91" t="s">
-        <v>1400</v>
+        <v>1399</v>
       </c>
       <c r="B519" s="92">
         <v>75</v>
       </c>
       <c r="C519" s="93" t="s">
-        <v>1401</v>
+        <v>770</v>
       </c>
       <c r="D519" s="19">
         <v>100000</v>
       </c>
       <c r="E519" s="91" t="s">
         <v>665</v>
       </c>
       <c r="F519" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G519" s="91" t="s">
         <v>38</v>
       </c>
       <c r="H519" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I519" s="94"/>
       <c r="J519" s="95">
         <v>150</v>
       </c>
       <c r="K519" s="91"/>
       <c r="L519" s="93" t="s">
-        <v>1401</v>
+        <v>770</v>
       </c>
       <c r="M519" s="91"/>
       <c r="N519" s="91"/>
       <c r="O519" s="91"/>
       <c r="P519" s="95"/>
       <c r="Q519" s="95"/>
       <c r="R519" s="95">
-        <v>8000</v>
+        <v>14000</v>
       </c>
       <c r="S519" s="91" t="s">
         <v>676</v>
       </c>
       <c r="T519" s="95">
-        <v>800000000</v>
+        <v>1400000000</v>
       </c>
       <c r="U519" s="91"/>
       <c r="V519" s="91"/>
       <c r="W519" s="93" t="s">
-        <v>1401</v>
+        <v>770</v>
       </c>
       <c r="X519" s="95"/>
       <c r="Y519" s="91"/>
       <c r="Z519" s="91"/>
       <c r="AA519" s="95">
         <v>10000</v>
       </c>
       <c r="AB519" s="91"/>
       <c r="AC519" s="93" t="s">
-        <v>1401</v>
+        <v>770</v>
       </c>
       <c r="AD519" s="95"/>
       <c r="AE519" s="91"/>
       <c r="AF519" s="91"/>
       <c r="AG519" s="95">
         <v>10000</v>
       </c>
       <c r="AH519" s="95"/>
     </row>
     <row r="520" spans="1:35" s="96" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A520" s="111" t="s">
+      <c r="A520" s="91" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B520" s="92">
+        <v>75</v>
+      </c>
+      <c r="C520" s="93" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D520" s="19">
+        <v>100000</v>
+      </c>
+      <c r="E520" s="91" t="s">
+        <v>665</v>
+      </c>
+      <c r="F520" s="91" t="s">
+        <v>37</v>
+      </c>
+      <c r="G520" s="91" t="s">
+        <v>38</v>
+      </c>
+      <c r="H520" s="91" t="s">
+        <v>349</v>
+      </c>
+      <c r="I520" s="94"/>
+      <c r="J520" s="95">
+        <v>150</v>
+      </c>
+      <c r="K520" s="91"/>
+      <c r="L520" s="93" t="s">
+        <v>1401</v>
+      </c>
+      <c r="M520" s="91"/>
+      <c r="N520" s="91"/>
+      <c r="O520" s="91"/>
+      <c r="P520" s="95"/>
+      <c r="Q520" s="95"/>
+      <c r="R520" s="95">
+        <v>8000</v>
+      </c>
+      <c r="S520" s="91" t="s">
+        <v>676</v>
+      </c>
+      <c r="T520" s="95">
+        <v>800000000</v>
+      </c>
+      <c r="U520" s="91"/>
+      <c r="V520" s="91"/>
+      <c r="W520" s="93" t="s">
+        <v>1401</v>
+      </c>
+      <c r="X520" s="95"/>
+      <c r="Y520" s="91"/>
+      <c r="Z520" s="91"/>
+      <c r="AA520" s="95">
+        <v>10000</v>
+      </c>
+      <c r="AB520" s="91"/>
+      <c r="AC520" s="93" t="s">
+        <v>1401</v>
+      </c>
+      <c r="AD520" s="95"/>
+      <c r="AE520" s="91"/>
+      <c r="AF520" s="91"/>
+      <c r="AG520" s="95">
+        <v>10000</v>
+      </c>
+      <c r="AH520" s="95"/>
+    </row>
+    <row r="521" spans="1:35" s="96" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A521" s="111" t="s">
         <v>926</v>
       </c>
-      <c r="B520" s="104">
+      <c r="B521" s="104">
         <v>90</v>
       </c>
-      <c r="C520" s="104" t="s">
+      <c r="C521" s="104" t="s">
         <v>927</v>
       </c>
-      <c r="D520" s="109">
+      <c r="D521" s="109">
         <v>30</v>
       </c>
-      <c r="E520" s="103" t="s">
+      <c r="E521" s="103" t="s">
         <v>928</v>
-      </c>
-[...56 lines deleted...]
-        <v>931</v>
       </c>
       <c r="F521" s="104" t="s">
         <v>37</v>
       </c>
       <c r="G521" s="103" t="s">
         <v>56</v>
       </c>
       <c r="H521" s="104" t="s">
         <v>349</v>
       </c>
       <c r="I521" s="107"/>
       <c r="J521" s="104">
         <v>25</v>
       </c>
       <c r="K521" s="104"/>
       <c r="L521" s="104"/>
       <c r="M521" s="104"/>
       <c r="N521" s="104"/>
       <c r="O521" s="104"/>
       <c r="P521" s="104"/>
       <c r="Q521" s="104"/>
-      <c r="R521" s="109"/>
+      <c r="R521" s="104"/>
       <c r="S521" s="103"/>
-      <c r="T521" s="109"/>
+      <c r="T521" s="104"/>
       <c r="U521" s="104"/>
       <c r="V521" s="103"/>
-      <c r="W521" s="109"/>
-      <c r="X521" s="109"/>
+      <c r="W521" s="104"/>
+      <c r="X521" s="104"/>
       <c r="Y521" s="104"/>
       <c r="Z521" s="104"/>
       <c r="AA521" s="109"/>
-      <c r="AB521" s="109"/>
+      <c r="AB521" s="104"/>
       <c r="AC521" s="104" t="s">
-        <v>930</v>
-[...1 lines deleted...]
-      <c r="AD521" s="109"/>
+        <v>927</v>
+      </c>
+      <c r="AD521" s="104"/>
       <c r="AE521" s="104"/>
       <c r="AF521" s="104"/>
       <c r="AG521" s="109"/>
       <c r="AH521" s="109">
-        <v>5000</v>
+        <v>30000</v>
       </c>
     </row>
     <row r="522" spans="1:35" s="96" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A522" s="103" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="B522" s="104">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C522" s="104" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="D522" s="109">
-        <v>500</v>
+        <v>150</v>
       </c>
       <c r="E522" s="103" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="F522" s="104" t="s">
         <v>37</v>
       </c>
       <c r="G522" s="103" t="s">
         <v>56</v>
       </c>
       <c r="H522" s="104" t="s">
         <v>349</v>
       </c>
       <c r="I522" s="107"/>
       <c r="J522" s="104">
         <v>25</v>
       </c>
       <c r="K522" s="104"/>
       <c r="L522" s="104"/>
       <c r="M522" s="104"/>
       <c r="N522" s="104"/>
       <c r="O522" s="104"/>
       <c r="P522" s="104"/>
       <c r="Q522" s="104"/>
       <c r="R522" s="109"/>
       <c r="S522" s="103"/>
       <c r="T522" s="109"/>
       <c r="U522" s="104"/>
       <c r="V522" s="103"/>
       <c r="W522" s="109"/>
       <c r="X522" s="109"/>
       <c r="Y522" s="104"/>
       <c r="Z522" s="104"/>
       <c r="AA522" s="109"/>
       <c r="AB522" s="109"/>
       <c r="AC522" s="104" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="AD522" s="109"/>
       <c r="AE522" s="104"/>
       <c r="AF522" s="104"/>
       <c r="AG522" s="109"/>
       <c r="AH522" s="109">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="523" spans="1:35" s="96" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A523" s="103" t="s">
+        <v>932</v>
+      </c>
+      <c r="B523" s="104">
+        <v>92</v>
+      </c>
+      <c r="C523" s="104" t="s">
+        <v>933</v>
+      </c>
+      <c r="D523" s="109">
+        <v>500</v>
+      </c>
+      <c r="E523" s="103" t="s">
+        <v>934</v>
+      </c>
+      <c r="F523" s="104" t="s">
+        <v>37</v>
+      </c>
+      <c r="G523" s="103" t="s">
+        <v>56</v>
+      </c>
+      <c r="H523" s="104" t="s">
+        <v>349</v>
+      </c>
+      <c r="I523" s="107"/>
+      <c r="J523" s="104">
+        <v>25</v>
+      </c>
+      <c r="K523" s="104"/>
+      <c r="L523" s="104"/>
+      <c r="M523" s="104"/>
+      <c r="N523" s="104"/>
+      <c r="O523" s="104"/>
+      <c r="P523" s="104"/>
+      <c r="Q523" s="104"/>
+      <c r="R523" s="109"/>
+      <c r="S523" s="103"/>
+      <c r="T523" s="109"/>
+      <c r="U523" s="104"/>
+      <c r="V523" s="103"/>
+      <c r="W523" s="109"/>
+      <c r="X523" s="109"/>
+      <c r="Y523" s="104"/>
+      <c r="Z523" s="104"/>
+      <c r="AA523" s="109"/>
+      <c r="AB523" s="109"/>
+      <c r="AC523" s="104" t="s">
+        <v>933</v>
+      </c>
+      <c r="AD523" s="109"/>
+      <c r="AE523" s="104"/>
+      <c r="AF523" s="104"/>
+      <c r="AG523" s="109"/>
+      <c r="AH523" s="109">
         <v>30000</v>
       </c>
     </row>
-    <row r="523" spans="1:35" s="97" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A523" s="91" t="s">
+    <row r="524" spans="1:35" s="97" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A524" s="91" t="s">
         <v>1342</v>
       </c>
-      <c r="B523" s="92">
+      <c r="B524" s="92">
         <v>93</v>
       </c>
-      <c r="C523" s="93" t="s">
+      <c r="C524" s="93" t="s">
         <v>1343</v>
       </c>
-      <c r="D523" s="91">
+      <c r="D524" s="91">
         <v>750</v>
       </c>
-      <c r="E523" s="91" t="s">
+      <c r="E524" s="91" t="s">
         <v>1344</v>
-      </c>
-[...57 lines deleted...]
-        <v>991</v>
       </c>
       <c r="F524" s="91" t="s">
         <v>37</v>
       </c>
       <c r="G524" s="91" t="s">
         <v>56</v>
       </c>
       <c r="H524" s="91" t="s">
         <v>349</v>
       </c>
       <c r="I524" s="94"/>
-      <c r="J524" s="91">
+      <c r="J524" s="99">
         <v>25</v>
       </c>
       <c r="K524" s="91"/>
       <c r="L524" s="91"/>
       <c r="M524" s="91"/>
       <c r="N524" s="91"/>
       <c r="O524" s="91"/>
       <c r="P524" s="91"/>
       <c r="Q524" s="91"/>
-      <c r="R524" s="115"/>
+      <c r="R524" s="91"/>
       <c r="S524" s="91"/>
-      <c r="T524" s="115"/>
-[...4 lines deleted...]
-      </c>
+      <c r="T524" s="91"/>
+      <c r="U524" s="91"/>
+      <c r="V524" s="91"/>
+      <c r="W524" s="91"/>
       <c r="X524" s="91"/>
       <c r="Y524" s="91"/>
       <c r="Z524" s="91"/>
-      <c r="AA524" s="95">
-[...1 lines deleted...]
-      </c>
+      <c r="AA524" s="91"/>
       <c r="AB524" s="91"/>
       <c r="AC524" s="91" t="s">
-        <v>990</v>
+        <v>1343</v>
       </c>
       <c r="AD524" s="91"/>
       <c r="AE524" s="91"/>
       <c r="AF524" s="91"/>
-      <c r="AG524" s="95"/>
+      <c r="AG524" s="91"/>
       <c r="AH524" s="95">
+        <v>30000</v>
+      </c>
+      <c r="AI524" s="91"/>
+    </row>
+    <row r="525" spans="1:35" s="96" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A525" s="91" t="s">
+        <v>989</v>
+      </c>
+      <c r="B525" s="92">
+        <v>76</v>
+      </c>
+      <c r="C525" s="93" t="s">
+        <v>990</v>
+      </c>
+      <c r="D525" s="95">
+        <v>5000</v>
+      </c>
+      <c r="E525" s="91" t="s">
+        <v>991</v>
+      </c>
+      <c r="F525" s="91" t="s">
+        <v>37</v>
+      </c>
+      <c r="G525" s="91" t="s">
+        <v>56</v>
+      </c>
+      <c r="H525" s="91" t="s">
+        <v>349</v>
+      </c>
+      <c r="I525" s="94"/>
+      <c r="J525" s="91">
+        <v>25</v>
+      </c>
+      <c r="K525" s="91"/>
+      <c r="L525" s="91"/>
+      <c r="M525" s="91"/>
+      <c r="N525" s="91"/>
+      <c r="O525" s="91"/>
+      <c r="P525" s="91"/>
+      <c r="Q525" s="91"/>
+      <c r="R525" s="115"/>
+      <c r="S525" s="91"/>
+      <c r="T525" s="115"/>
+      <c r="U525" s="115"/>
+      <c r="V525" s="115"/>
+      <c r="W525" s="91" t="s">
+        <v>990</v>
+      </c>
+      <c r="X525" s="91"/>
+      <c r="Y525" s="91"/>
+      <c r="Z525" s="91"/>
+      <c r="AA525" s="95">
+        <v>10000</v>
+      </c>
+      <c r="AB525" s="91"/>
+      <c r="AC525" s="91" t="s">
+        <v>990</v>
+      </c>
+      <c r="AD525" s="91"/>
+      <c r="AE525" s="91"/>
+      <c r="AF525" s="91"/>
+      <c r="AG525" s="95"/>
+      <c r="AH525" s="95">
         <v>20000</v>
       </c>
     </row>
-    <row r="525" spans="1:35" x14ac:dyDescent="0.2">
-[...34 lines deleted...]
-    </row>
     <row r="526" spans="1:35" x14ac:dyDescent="0.2">
-      <c r="A526" s="22" t="s">
-[...4 lines deleted...]
-      <c r="N526" s="8"/>
+      <c r="A526" s="39"/>
+      <c r="B526" s="16"/>
+      <c r="C526" s="40"/>
+      <c r="D526" s="39"/>
+      <c r="E526" s="39"/>
+      <c r="F526" s="39"/>
+      <c r="G526" s="39"/>
+      <c r="H526" s="39"/>
+      <c r="I526" s="41"/>
+      <c r="J526" s="12"/>
+      <c r="K526" s="39"/>
+      <c r="L526" s="39"/>
+      <c r="M526" s="39"/>
+      <c r="N526" s="39"/>
+      <c r="O526" s="39"/>
+      <c r="P526" s="39"/>
+      <c r="Q526" s="39"/>
+      <c r="R526" s="39"/>
+      <c r="S526" s="39"/>
+      <c r="T526" s="39"/>
+      <c r="U526" s="39"/>
+      <c r="V526" s="39"/>
+      <c r="W526" s="39"/>
+      <c r="X526" s="39"/>
+      <c r="Y526" s="39"/>
+      <c r="Z526" s="39"/>
+      <c r="AA526" s="39"/>
+      <c r="AB526" s="39"/>
+      <c r="AC526" s="39"/>
+      <c r="AD526" s="39"/>
+      <c r="AE526" s="39"/>
+      <c r="AF526" s="39"/>
+      <c r="AG526" s="39"/>
+      <c r="AH526" s="39"/>
+    </row>
+    <row r="527" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="A527" s="22" t="s">
+        <v>1635</v>
+      </c>
+      <c r="K527" s="8"/>
+      <c r="M527" s="8"/>
+      <c r="N527" s="8"/>
     </row>
   </sheetData>
-  <autoFilter ref="A2:AH524" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
-[...2 lines deleted...]
-    <sortCondition ref="B3:B490"/>
+  <autoFilter ref="A2:AH525" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:AH491">
+    <sortCondition ref="H3:H491"/>
+    <sortCondition ref="B3:B491"/>
   </sortState>
   <mergeCells count="4">
     <mergeCell ref="L1:T1"/>
     <mergeCell ref="U1:V1"/>
     <mergeCell ref="W1:AB1"/>
     <mergeCell ref="AC1:AH1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A194:AH279"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="194" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A194" s="91" t="s">
         <v>941</v>